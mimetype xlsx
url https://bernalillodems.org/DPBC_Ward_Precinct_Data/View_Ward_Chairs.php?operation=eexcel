--- v0 (2025-10-31)
+++ v1 (2025-12-15)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>Ward</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Middle Name</t>
   </si>
   <si>
     <t>Suffix</t>
   </si>
   <si>
     <t>Nick Name</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>10A</t>
   </si>
   <si>
@@ -134,240 +134,246 @@
   <si>
     <t>11D</t>
   </si>
   <si>
     <t>SIMPSON</t>
   </si>
   <si>
     <t>OSCAR</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>III</t>
   </si>
   <si>
     <t>12A</t>
   </si>
   <si>
     <t>PINO</t>
   </si>
   <si>
     <t>LORENZO</t>
   </si>
   <si>
+    <t>JOHN</t>
+  </si>
+  <si>
+    <t>12B</t>
+  </si>
+  <si>
+    <t>CONOVER</t>
+  </si>
+  <si>
+    <t>LORALYN</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>12C</t>
+  </si>
+  <si>
+    <t>LESTER YOUNG</t>
+  </si>
+  <si>
+    <t>ANDREA</t>
+  </si>
+  <si>
+    <t>D</t>
+  </si>
+  <si>
+    <t>13A</t>
+  </si>
+  <si>
+    <t>ROMERO</t>
+  </si>
+  <si>
+    <t>KEITH</t>
+  </si>
+  <si>
+    <t>JOE</t>
+  </si>
+  <si>
+    <t>13B</t>
+  </si>
+  <si>
+    <t>HARRISON</t>
+  </si>
+  <si>
+    <t>WANDA</t>
+  </si>
+  <si>
     <t>J</t>
   </si>
   <si>
-    <t>12B</t>
-[...43 lines deleted...]
-  <si>
     <t>14A</t>
   </si>
   <si>
     <t>AUBERT</t>
   </si>
   <si>
     <t>ROBERT</t>
   </si>
   <si>
+    <t>ENRIQUE</t>
+  </si>
+  <si>
+    <t>14B</t>
+  </si>
+  <si>
+    <t>JENCKA</t>
+  </si>
+  <si>
+    <t>LOUIS</t>
+  </si>
+  <si>
+    <t>ANTON</t>
+  </si>
+  <si>
+    <t>14C</t>
+  </si>
+  <si>
+    <t>PADILLA</t>
+  </si>
+  <si>
+    <t>LISA</t>
+  </si>
+  <si>
+    <t>M</t>
+  </si>
+  <si>
+    <t>15A</t>
+  </si>
+  <si>
+    <t>KELLY</t>
+  </si>
+  <si>
+    <t>SUSAN</t>
+  </si>
+  <si>
+    <t>15B</t>
+  </si>
+  <si>
+    <t>ROPER</t>
+  </si>
+  <si>
+    <t>JOSHUA</t>
+  </si>
+  <si>
+    <t>ZENAS</t>
+  </si>
+  <si>
+    <t>15C</t>
+  </si>
+  <si>
+    <t>MEIKLEJOHN</t>
+  </si>
+  <si>
+    <t>LAUREN</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>15D</t>
+  </si>
+  <si>
+    <t>AMES</t>
+  </si>
+  <si>
+    <t>JARED</t>
+  </si>
+  <si>
+    <t>EARL</t>
+  </si>
+  <si>
+    <t>15E</t>
+  </si>
+  <si>
+    <t>POTTER</t>
+  </si>
+  <si>
+    <t>DEBORAH</t>
+  </si>
+  <si>
+    <t>16A</t>
+  </si>
+  <si>
+    <t>LARA</t>
+  </si>
+  <si>
+    <t>DAMIAN</t>
+  </si>
+  <si>
+    <t>R</t>
+  </si>
+  <si>
+    <t>16B</t>
+  </si>
+  <si>
+    <t>ANGELIQUE</t>
+  </si>
+  <si>
+    <t>16C</t>
+  </si>
+  <si>
+    <t>TOTH</t>
+  </si>
+  <si>
+    <t>KENDRA</t>
+  </si>
+  <si>
+    <t>DORA</t>
+  </si>
+  <si>
+    <t>17A</t>
+  </si>
+  <si>
+    <t>17B</t>
+  </si>
+  <si>
+    <t>KUNING</t>
+  </si>
+  <si>
+    <t>ROSS</t>
+  </si>
+  <si>
+    <t>Bob</t>
+  </si>
+  <si>
+    <t>17C</t>
+  </si>
+  <si>
+    <t>COMPTON</t>
+  </si>
+  <si>
+    <t>LAWRENCE</t>
+  </si>
+  <si>
     <t>E</t>
-  </si>
-[...130 lines deleted...]
-    <t>LAWRENCE</t>
   </si>
   <si>
     <t>18A</t>
   </si>
   <si>
     <t>LOPER</t>
   </si>
   <si>
     <t>NANCY</t>
   </si>
   <si>
     <t>18B</t>
   </si>
   <si>
     <t>FELDMAN</t>
   </si>
   <si>
     <t>CORRINA</t>
   </si>
   <si>
     <t>18C</t>
   </si>
   <si>
     <t>TAPIA</t>
   </si>
@@ -1385,1167 +1391,1165 @@
         <v>50</v>
       </c>
       <c r="C12" t="s">
         <v>51</v>
       </c>
       <c r="D12" t="s">
         <v>52</v>
       </c>
       <c r="E12"/>
       <c r="F12"/>
       <c r="G12" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>53</v>
       </c>
       <c r="B13" t="s">
         <v>54</v>
       </c>
       <c r="C13" t="s">
         <v>55</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="E13"/>
       <c r="F13"/>
       <c r="G13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B14" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C14" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D14" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="E14"/>
       <c r="F14"/>
       <c r="G14" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B15" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C15" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D15" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E15"/>
       <c r="F15"/>
       <c r="G15" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="B16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C16" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D16" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E16"/>
       <c r="F16"/>
       <c r="G16" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B17" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C17" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D17" t="s">
         <v>44</v>
       </c>
       <c r="E17"/>
       <c r="F17"/>
       <c r="G17" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B18" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C18" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D18" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E18"/>
       <c r="F18"/>
       <c r="G18" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B19" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C19" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D19" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E19"/>
       <c r="F19"/>
       <c r="G19" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B20" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C20" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D20" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E20"/>
       <c r="F20"/>
       <c r="G20" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="B21" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C21" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D21" t="s">
         <v>35</v>
       </c>
       <c r="E21"/>
       <c r="F21"/>
       <c r="G21" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B22" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C22" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D22" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E22"/>
       <c r="F22"/>
       <c r="G22" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B23" t="s">
         <v>16</v>
       </c>
       <c r="C23" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E23"/>
       <c r="F23"/>
       <c r="G23" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B24" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C24" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D24" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B25"/>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
       <c r="G25"/>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B26" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C26" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D26" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="G26" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B27" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C27" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D27" t="s">
-        <v>59</v>
+        <v>105</v>
       </c>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B28" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C28" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D28" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="B29" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C29" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D29" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E29"/>
       <c r="F29"/>
       <c r="G29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B30" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C30" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D30" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="B31" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C31" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D31" t="s">
-        <v>59</v>
+        <v>105</v>
       </c>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="B33" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C33" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D33" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B34" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="C34" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="D34" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="G34" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="B35" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C35" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D35" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="G35" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="B36" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C36" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D36" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="B37" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C37" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D37" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="G37" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="B38" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="C38" t="s">
         <v>23</v>
       </c>
       <c r="D38" t="s">
-        <v>59</v>
+        <v>105</v>
       </c>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B39" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C39" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D39" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="B40" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C40" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="D40" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="G40" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="B41" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C41" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="D41" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G41" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B42" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C42" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B43" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C43" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D43" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="B44" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C44" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="D44" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B45" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C45" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D45" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="G45" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B46" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C46" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="D46" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="B47" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="C47" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="D47" t="s">
         <v>44</v>
       </c>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="B48" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C48" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="D48" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="B49" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C49" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="G49" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="B50" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C50" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D50" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="G50" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B51" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C51" t="s">
-        <v>113</v>
-[...3 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="D51"/>
       <c r="E51"/>
       <c r="F51"/>
       <c r="G51" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B52"/>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B54" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C54" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D54" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B55" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C55" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D55" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="B56"/>
       <c r="C56"/>
       <c r="D56"/>
       <c r="E56"/>
       <c r="F56"/>
       <c r="G56"/>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B57" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C57" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="D57" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="B58" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C58" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="D58" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="G58" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B59" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C59" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
       <c r="G59" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="B60" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C60" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D60" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="G60" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B61" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="C61" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="D61" t="s">
         <v>14</v>
       </c>
       <c r="E61"/>
       <c r="F61"/>
       <c r="G61" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="B62" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="C62" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="D62" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E62"/>
       <c r="F62"/>
       <c r="G62" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B63" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="C63" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="D63" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="E63"/>
       <c r="F63"/>
       <c r="G63" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B64"/>
       <c r="C64"/>
       <c r="D64"/>
       <c r="E64"/>
       <c r="F64"/>
       <c r="G64"/>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B65" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C65" t="s">
         <v>26</v>
       </c>
       <c r="D65" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="G65" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="B66" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C66" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="D66" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="G66" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="B67" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C67" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="D67" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E67"/>
       <c r="F67"/>
       <c r="G67" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B68" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="C68" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="D68" t="s">
         <v>35</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="G68" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="B69" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C69" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D69" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B70" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C70" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="D70" t="s">
         <v>35</v>
       </c>
       <c r="E70"/>
       <c r="F70"/>
       <c r="G70" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="B71" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C71" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="D71" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B73" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C73" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="D73" t="s">
-        <v>59</v>
+        <v>105</v>
       </c>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>