--- v1 (2025-12-15)
+++ v2 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="263">
   <si>
     <t>Ward</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Middle Name</t>
   </si>
   <si>
     <t>Suffix</t>
   </si>
   <si>
     <t>Nick Name</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
     <t>10A</t>
   </si>
   <si>
@@ -308,50 +308,56 @@
   <si>
     <t>R</t>
   </si>
   <si>
     <t>16B</t>
   </si>
   <si>
     <t>ANGELIQUE</t>
   </si>
   <si>
     <t>16C</t>
   </si>
   <si>
     <t>TOTH</t>
   </si>
   <si>
     <t>KENDRA</t>
   </si>
   <si>
     <t>DORA</t>
   </si>
   <si>
     <t>17A</t>
   </si>
   <si>
+    <t>RAMIREZ</t>
+  </si>
+  <si>
+    <t>PHILLIP</t>
+  </si>
+  <si>
     <t>17B</t>
   </si>
   <si>
     <t>KUNING</t>
   </si>
   <si>
     <t>ROSS</t>
   </si>
   <si>
     <t>Bob</t>
   </si>
   <si>
     <t>17C</t>
   </si>
   <si>
     <t>COMPTON</t>
   </si>
   <si>
     <t>LAWRENCE</t>
   </si>
   <si>
     <t>E</t>
   </si>
   <si>
     <t>18A</t>
@@ -401,51 +407,51 @@
   <si>
     <t>DEAN</t>
   </si>
   <si>
     <t>COLTON</t>
   </si>
   <si>
     <t>19C</t>
   </si>
   <si>
     <t>BELLETTO</t>
   </si>
   <si>
     <t>PETER</t>
   </si>
   <si>
     <t>Pete</t>
   </si>
   <si>
     <t>20A</t>
   </si>
   <si>
     <t>MARGISON</t>
   </si>
   <si>
-    <t>H</t>
+    <t>HAVENS</t>
   </si>
   <si>
     <t>Sue</t>
   </si>
   <si>
     <t>20B</t>
   </si>
   <si>
     <t>GRAFF</t>
   </si>
   <si>
     <t>MAURICE</t>
   </si>
   <si>
     <t>K</t>
   </si>
   <si>
     <t>20C</t>
   </si>
   <si>
     <t>STEWART</t>
   </si>
   <si>
     <t>SANDRA</t>
   </si>
@@ -551,57 +557,57 @@
   <si>
     <t>25A</t>
   </si>
   <si>
     <t>ROGERS</t>
   </si>
   <si>
     <t>JUSTIN</t>
   </si>
   <si>
     <t>CHARLES</t>
   </si>
   <si>
     <t>25B</t>
   </si>
   <si>
     <t>CANALES</t>
   </si>
   <si>
     <t>ANA</t>
   </si>
   <si>
     <t>25C</t>
   </si>
   <si>
-    <t>OREILLY</t>
-[...5 lines deleted...]
-    <t>PATRICK</t>
+    <t>CROWLEY</t>
+  </si>
+  <si>
+    <t>ELI</t>
+  </si>
+  <si>
+    <t>HARVEY IRWIN</t>
   </si>
   <si>
     <t>25D</t>
   </si>
   <si>
     <t>PANAIOTIS</t>
   </si>
   <si>
     <t>Panos</t>
   </si>
   <si>
     <t>26A</t>
   </si>
   <si>
     <t>SEDILLO</t>
   </si>
   <si>
     <t>CHRISTOPHER</t>
   </si>
   <si>
     <t>RUDOLPH</t>
   </si>
   <si>
     <t>26B</t>
   </si>
@@ -620,50 +626,56 @@
   <si>
     <t>FOSTER</t>
   </si>
   <si>
     <t>ABBY</t>
   </si>
   <si>
     <t>CHRISTINE</t>
   </si>
   <si>
     <t>27C</t>
   </si>
   <si>
     <t>ECONOMY</t>
   </si>
   <si>
     <t>KATHLEEN</t>
   </si>
   <si>
     <t>MAY</t>
   </si>
   <si>
     <t>27D</t>
   </si>
   <si>
+    <t>JETTY</t>
+  </si>
+  <si>
+    <t>Chaz</t>
+  </si>
+  <si>
     <t>28A</t>
   </si>
   <si>
     <t>COX</t>
   </si>
   <si>
     <t>DIANE</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>28B</t>
   </si>
   <si>
     <t>LANGE</t>
   </si>
   <si>
     <t>CORNELIA</t>
   </si>
   <si>
     <t>Nili</t>
   </si>
   <si>
     <t>28C</t>
@@ -693,50 +705,56 @@
     <t>GARRATT</t>
   </si>
   <si>
     <t>JOY</t>
   </si>
   <si>
     <t>29B</t>
   </si>
   <si>
     <t>BOAZ</t>
   </si>
   <si>
     <t>CARL</t>
   </si>
   <si>
     <t>29C</t>
   </si>
   <si>
     <t>NORMAN</t>
   </si>
   <si>
     <t>HOWELL</t>
   </si>
   <si>
     <t>30A</t>
+  </si>
+  <si>
+    <t>MACK</t>
+  </si>
+  <si>
+    <t>CAROLYN</t>
   </si>
   <si>
     <t>30B</t>
   </si>
   <si>
     <t>ORR</t>
   </si>
   <si>
     <t>F</t>
   </si>
   <si>
     <t>Willie</t>
   </si>
   <si>
     <t>30C</t>
   </si>
   <si>
     <t>WARNE</t>
   </si>
   <si>
     <t>BARBARA</t>
   </si>
   <si>
     <t>ELAINE</t>
   </si>
@@ -1140,51 +1158,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G74"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="13" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="13" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="8" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="13" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1612,944 +1630,968 @@
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>93</v>
       </c>
       <c r="B24" t="s">
         <v>94</v>
       </c>
       <c r="C24" t="s">
         <v>95</v>
       </c>
       <c r="D24" t="s">
         <v>96</v>
       </c>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>97</v>
       </c>
-      <c r="B25"/>
-      <c r="C25"/>
+      <c r="B25" t="s">
+        <v>98</v>
+      </c>
+      <c r="C25" t="s">
+        <v>99</v>
+      </c>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
-      <c r="G25"/>
+      <c r="G25" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B26" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="G26" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B27" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C27" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D27" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E27"/>
       <c r="F27"/>
       <c r="G27" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="B28" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C28" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D28" t="s">
         <v>56</v>
       </c>
       <c r="E28"/>
       <c r="F28"/>
       <c r="G28" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B29" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C29" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="D29" t="s">
         <v>79</v>
       </c>
       <c r="E29"/>
       <c r="F29"/>
       <c r="G29" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="B30" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C30" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D30" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="E30"/>
       <c r="F30"/>
       <c r="G30" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="B31" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C31" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D31" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="B32"/>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
       <c r="F32"/>
       <c r="G32"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="B33" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C33" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D33" t="s">
         <v>90</v>
       </c>
       <c r="E33"/>
       <c r="F33"/>
       <c r="G33" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="B34" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C34" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D34" t="s">
         <v>68</v>
       </c>
       <c r="E34"/>
       <c r="F34" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="G34" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="B35" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C35" t="s">
         <v>71</v>
       </c>
       <c r="D35" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="E35"/>
       <c r="F35" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="G35" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="B36" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C36" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D36" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="E36"/>
       <c r="F36"/>
       <c r="G36" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B37" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C37" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D37" t="s">
         <v>56</v>
       </c>
       <c r="E37"/>
       <c r="F37" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="G37" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="B38" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
       <c r="C38" t="s">
         <v>23</v>
       </c>
       <c r="D38" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E38"/>
       <c r="F38"/>
       <c r="G38" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B39" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C39" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="D39" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="E39"/>
       <c r="F39"/>
       <c r="G39" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="B40" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C40" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="D40" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E40"/>
       <c r="F40" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="G40" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="B41" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C41" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D41" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E41"/>
       <c r="F41" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="G41" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B42" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C42" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="D42"/>
       <c r="E42"/>
       <c r="F42"/>
       <c r="G42" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="B43" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C43" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="D43" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="E43"/>
       <c r="F43"/>
       <c r="G43" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B44" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C44" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="D44" t="s">
         <v>79</v>
       </c>
       <c r="E44"/>
       <c r="F44"/>
       <c r="G44" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B45" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C45" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D45" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="E45"/>
       <c r="F45" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="G45" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B46" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C46" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="D46" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="E46"/>
       <c r="F46"/>
       <c r="G46" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B47" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C47" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D47" t="s">
         <v>44</v>
       </c>
       <c r="E47"/>
       <c r="F47"/>
       <c r="G47" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B48" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C48" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D48" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="E48"/>
       <c r="F48"/>
       <c r="G48" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="B49" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C49" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="D49"/>
       <c r="E49"/>
       <c r="F49" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="G49" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B50" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="C50" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="D50" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="E50"/>
       <c r="F50" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="G50" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="B51" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C51" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D51"/>
       <c r="E51"/>
       <c r="F51"/>
       <c r="G51" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B52"/>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
       <c r="F52"/>
       <c r="G52"/>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="B53"/>
       <c r="C53"/>
       <c r="D53"/>
       <c r="E53"/>
       <c r="F53"/>
       <c r="G53"/>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B54" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C54" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D54" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="E54"/>
       <c r="F54"/>
       <c r="G54" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="B55" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C55" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D55" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="E55"/>
       <c r="F55"/>
       <c r="G55" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>201</v>
-[...3 lines deleted...]
-      <c r="D56"/>
+        <v>203</v>
+      </c>
+      <c r="B56" t="s">
+        <v>204</v>
+      </c>
+      <c r="C56" t="s">
+        <v>176</v>
+      </c>
+      <c r="D56" t="s">
+        <v>107</v>
+      </c>
       <c r="E56"/>
-      <c r="F56"/>
-      <c r="G56"/>
+      <c r="F56" t="s">
+        <v>205</v>
+      </c>
+      <c r="G56" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="B57" t="s">
-        <v>203</v>
+        <v>207</v>
       </c>
       <c r="C57" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="D57" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="E57"/>
       <c r="F57"/>
       <c r="G57" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="B58" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="C58" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="D58" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="E58"/>
       <c r="F58" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="G58" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B59" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="C59" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
       <c r="G59" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B60" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="C60" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="D60" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E60"/>
       <c r="F60" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="G60" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
       <c r="B61" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C61" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="D61" t="s">
         <v>14</v>
       </c>
       <c r="E61"/>
       <c r="F61"/>
       <c r="G61" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="B62" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="C62" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="D62" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="E62"/>
       <c r="F62"/>
       <c r="G62" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="B63" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="C63" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="D63" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="E63"/>
       <c r="F63"/>
       <c r="G63" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>226</v>
-[...3 lines deleted...]
-      <c r="D64"/>
+        <v>230</v>
+      </c>
+      <c r="B64" t="s">
+        <v>231</v>
+      </c>
+      <c r="C64" t="s">
+        <v>232</v>
+      </c>
+      <c r="D64" t="s">
+        <v>56</v>
+      </c>
       <c r="E64"/>
       <c r="F64"/>
-      <c r="G64"/>
+      <c r="G64" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="B65" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="C65" t="s">
         <v>26</v>
       </c>
       <c r="D65" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="E65"/>
       <c r="F65" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="G65" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="B66" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="C66" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="D66" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="E66"/>
       <c r="F66" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="G66" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="B67" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="C67" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="D67" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="E67"/>
       <c r="F67"/>
       <c r="G67" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="B68" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="C68" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D68" t="s">
         <v>35</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="G68" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="B69" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C69" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="D69" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="B70" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="C70" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="D70" t="s">
         <v>35</v>
       </c>
       <c r="E70"/>
       <c r="F70"/>
       <c r="G70" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="B71" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="C71" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="D71" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="B72"/>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="B73" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="C73" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="D73" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="E73"/>
       <c r="F73"/>
       <c r="G73" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="B74"/>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>