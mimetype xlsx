--- v0 (2026-01-18)
+++ v1 (2026-03-04)
@@ -12,1278 +12,3737 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="409">
-[...17 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1229">
   <si>
     <t>First Name</t>
   </si>
   <si>
-    <t>Middle Name</t>
-[...1 lines deleted...]
-  <si>
     <t>Last Name</t>
   </si>
   <si>
-    <t>Suffix</t>
-[...16 lines deleted...]
-  <si>
     <t>Ward</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Plan To Run</t>
   </si>
   <si>
     <t>Ward Chair</t>
   </si>
   <si>
-    <t>Ward Vice Chair</t>
-[...22 lines deleted...]
-  <si>
     <t>SCC</t>
   </si>
   <si>
     <t>Candidate Statement</t>
   </si>
   <si>
-    <t>Password</t>
-[...11 lines deleted...]
-    <t>M</t>
+    <t>CYNTHIA</t>
+  </si>
+  <si>
+    <t>GEFVERT</t>
+  </si>
+  <si>
+    <t>No</t>
+  </si>
+  <si>
+    <t>Yes</t>
+  </si>
+  <si>
+    <t>KATHERINE</t>
+  </si>
+  <si>
+    <t>PORTER</t>
+  </si>
+  <si>
+    <t>TRACY</t>
+  </si>
+  <si>
+    <t>WINSLOW</t>
+  </si>
+  <si>
+    <t>10A</t>
+  </si>
+  <si>
+    <t>In 2017-yes, I’m one of those-I realized I had to take my political advocacy to the next level, so I showed up to my first Ward election.Like many new faces, I learned how this system works. The learning curve was steep, then COVID reshaped everything. But our deeper failure goes back further — we never dismantled the systems built to uphold inequality. That failure still shapes our democracy today. This moment calls for people who are not afraid to rebuild, not just repair. I want to help elect bold leaders who will create a government that truly serves all people.</t>
+  </si>
+  <si>
+    <t>GARY</t>
+  </si>
+  <si>
+    <t>LASKY</t>
   </si>
   <si>
     <t>LEWIS</t>
   </si>
   <si>
+    <t>HAMILTON</t>
+  </si>
+  <si>
+    <t>I am seeking to be a pre-primary delegate to support grassroots democracy and inclusive representation. After moving to New Mexico from Florida, where I served on Democratic boards and worked on local campaigns, my husband and I have hosted Democratic events at our home in Mesa Del Sol. I am committed to advancing candidates who represent all voices and prioritize their constituents. I am very excited to be a part of this process and would love to represent my community.</t>
+  </si>
+  <si>
+    <t>JEFFREY</t>
+  </si>
+  <si>
+    <t>MCANINCH</t>
+  </si>
+  <si>
+    <t>I have been Precinct 213 (Mesa Del Sol) Chair for about a year, and was very active supporting one of the candidates in the 2025 ABQ Mayoral election.</t>
+  </si>
+  <si>
+    <t>SELINDA</t>
+  </si>
+  <si>
+    <t>GUERRERO</t>
+  </si>
+  <si>
+    <t>MONEKA</t>
+  </si>
+  <si>
+    <t>STEVENS</t>
+  </si>
+  <si>
+    <t>FRANK</t>
+  </si>
+  <si>
+    <t>BACA</t>
+  </si>
+  <si>
+    <t>10B</t>
+  </si>
+  <si>
+    <t>Participation is crucial!</t>
+  </si>
+  <si>
+    <t>DAVID</t>
+  </si>
+  <si>
+    <t>SANCHEZ</t>
+  </si>
+  <si>
+    <t>Strong advocate for the future of our South Valley community and overall State. State Government Employee as well as a Small Business Owner who understands both sides of public and private sectors of the workforce.</t>
+  </si>
+  <si>
+    <t>RICHARD</t>
+  </si>
+  <si>
+    <t>RODRIGUEZ</t>
+  </si>
+  <si>
+    <t>To support the vision and changes for our future</t>
+  </si>
+  <si>
+    <t>REINA</t>
+  </si>
+  <si>
+    <t>PATRICIA</t>
+  </si>
+  <si>
+    <t>HALAMA</t>
+  </si>
+  <si>
+    <t>I am a proud retiree of the public schools and an active retiree of the American Federation of Teachers. I support Deb Haaland and am prochoice for candidates to fight for our liberties and free speech. We must defeat the Republicans who want to take our freedoms, incarcerate immigrants and citizens and steal our retirements that we worked so hard for.</t>
+  </si>
+  <si>
+    <t>DISERT</t>
+  </si>
+  <si>
+    <t>EUGENE</t>
+  </si>
+  <si>
+    <t>MOYA</t>
+  </si>
+  <si>
+    <t>I’m running to be a delegate because I care deeply about my community and want to use my time and energy to stand up for the issues that matter most.</t>
+  </si>
+  <si>
+    <t>YAMILEX</t>
+  </si>
+  <si>
+    <t>VEGA VARGAS</t>
+  </si>
+  <si>
+    <t>10C</t>
+  </si>
+  <si>
+    <t>Becoming a delegate gives me the chance to advocate for shared values, encourage cooperation, and support decisions that benefit everyday people.</t>
+  </si>
+  <si>
+    <t>ROBERT</t>
+  </si>
+  <si>
+    <t>TRUJILLO</t>
+  </si>
+  <si>
+    <t>MARY</t>
+  </si>
+  <si>
+    <t>JARAMILLO</t>
+  </si>
+  <si>
+    <t>I am running to represent my precinct and participate in the selection of candidates for the primary ballot.</t>
+  </si>
+  <si>
+    <t>RAYELLEN</t>
+  </si>
+  <si>
+    <t>SMITH</t>
+  </si>
+  <si>
+    <t>11A</t>
+  </si>
+  <si>
+    <t>As the former Treasurer for DPNM, I feel an obligation to ensure great candidates get on the NM primary ballot.</t>
+  </si>
+  <si>
+    <t>BENJAMIN</t>
+  </si>
+  <si>
+    <t>BEAN</t>
+  </si>
+  <si>
+    <t>I’m ready to bring sustainable, yes-and, YIMBY governance to Bernalillo County! It’s past time for us to stand for something, as well as being against the reckless hatred and gutting of our traditional democratic systems. We can make this world a better place to be with real courage and leadership. Let’s move beyond the status quo for the people.</t>
+  </si>
+  <si>
+    <t>REBECCA</t>
+  </si>
+  <si>
+    <t>LUCERO</t>
+  </si>
+  <si>
+    <t>Represent my. Community and have a voice for the vulnerable. Democratic elections are of the utmost importance right now in defending democracy. I am a life long democrat, I stand for the working class and I am ready represent my district.</t>
+  </si>
+  <si>
+    <t>LEE</t>
+  </si>
+  <si>
+    <t>GAMELSKY</t>
+  </si>
+  <si>
+    <t>I wish to be a Delegate at the State Pre-Primary Convention. As a lifelong Democrat, and a Licensed NM Architect who has  resided in  Albuquerque  for 50 years, I understand  the politics, structural organizations, infrastructure, and the built environment. In years past I served on the Bernalillo County Resolutions Committee where 3 of the 5 Resolutions that I authored were adopted  at the County Level. My current Interests are focused on creating a Publicly Owned  Public Electric  Utility ( to purchase PNM ),  and  in addressing  climate change and water conservation.</t>
+  </si>
+  <si>
+    <t>LOURDES</t>
+  </si>
+  <si>
+    <t>REMILLARD</t>
+  </si>
+  <si>
+    <t>LOU</t>
+  </si>
+  <si>
+    <t>REYNOLDS</t>
+  </si>
+  <si>
+    <t>LORA</t>
+  </si>
+  <si>
+    <t>ROBERTA</t>
+  </si>
+  <si>
+    <t>LUCERO-ORTEGA</t>
+  </si>
+  <si>
+    <t>I want to serve as a delegate to elevate local voices, promote unity, and work toward thoughtful outcomes that benefit our community as a whole.</t>
+  </si>
+  <si>
+    <t>CLOAK</t>
+  </si>
+  <si>
+    <t>KMAK</t>
+  </si>
+  <si>
+    <t>DEBRA</t>
+  </si>
+  <si>
+    <t>KAREN</t>
+  </si>
+  <si>
+    <t>UMLAND</t>
+  </si>
+  <si>
+    <t>I should learn more about procedures and begin to participate in governance at whatever level I can.</t>
+  </si>
+  <si>
+    <t>KARL</t>
+  </si>
+  <si>
+    <t>HORAK</t>
+  </si>
+  <si>
+    <t>11B</t>
+  </si>
+  <si>
+    <t>RANDI</t>
+  </si>
+  <si>
+    <t>MCGINN</t>
+  </si>
+  <si>
+    <t>Active participation in the Democratic Party is the most effective resistance to the tyranny of the current administration.  I will uphold our values in the platform &amp; candidates I support.</t>
+  </si>
+  <si>
+    <t>OCONNOR</t>
+  </si>
+  <si>
+    <t>SCHWINDT</t>
+  </si>
+  <si>
+    <t>JOSEPH</t>
+  </si>
+  <si>
+    <t>SAMORA</t>
+  </si>
+  <si>
+    <t>I’m the new Precinct 183 Chair and running to be a Pre-Primary Delegate supporting Deb Haaland, a fierce leader with deep New Mexico roots. I’m an Albuquerque native, an attorney, and graduate of (the original Broadway &amp; Central) Albuquerque High, UNM, and UNM School of Law. I strongly believe Deb will continue New Mexico’s leadership of standing up to Trump, protecting our natural environment, and defending all human rights, including LGBTQ rights. I’m stepping up now to help turn out every voter we can. Win or lose in June, I’m committed to supporting our full Democratic slate in November.</t>
+  </si>
+  <si>
+    <t>WILLIAM</t>
+  </si>
+  <si>
+    <t>THIEBAUT</t>
+  </si>
+  <si>
+    <t>SHARON</t>
+  </si>
+  <si>
+    <t>AHERN</t>
+  </si>
+  <si>
+    <t>FLORA</t>
+  </si>
+  <si>
+    <t>JACK</t>
+  </si>
+  <si>
+    <t>CARGILL</t>
+  </si>
+  <si>
+    <t>GARCIA</t>
+  </si>
+  <si>
+    <t>I am a 26 year resident of the City of Albuquerque's Near North Valley (Ward 11B) and I have seen improvements and deteriorations in the area.  I am also a lifelong citizen of New Mexico (Born in Las Vegas, lived in Las Vegas, Santa Fe, Villanueva, Socorro, Grants and Albuquerque).  I'm currently a consulting engineer (Graduated from New Mexico Tech in 1981) partially retired. I hope to help my fellow Democrats address the issues of Homelessness, Crime and retaining Doctors in our great state. I will appreciate the votes and support of electors.</t>
+  </si>
+  <si>
+    <t>TERESA</t>
+  </si>
+  <si>
+    <t>STORCH</t>
+  </si>
+  <si>
+    <t>JEFFRY</t>
+  </si>
+  <si>
+    <t>MCCONAUGHY</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate to ensure that my ward is well represented in the important process of selecting primary candidates.</t>
+  </si>
+  <si>
+    <t>STEVEN</t>
+  </si>
+  <si>
+    <t>FITZER</t>
+  </si>
+  <si>
+    <t>11C</t>
+  </si>
+  <si>
+    <t>Having worked in Democratic politics for years I have always found it valuable to attend and participate in the convention and would be honored to be a delegate this year.</t>
+  </si>
+  <si>
+    <t>GAIL</t>
+  </si>
+  <si>
+    <t>STOCKMAN</t>
+  </si>
+  <si>
+    <t>JOSEPHINE</t>
+  </si>
+  <si>
+    <t>OMEGA</t>
+  </si>
+  <si>
+    <t>DELGADO</t>
+  </si>
+  <si>
+    <t>GABRIEL</t>
+  </si>
+  <si>
+    <t>ACOSTA</t>
+  </si>
+  <si>
+    <t>ANN</t>
+  </si>
+  <si>
+    <t>RODGERS</t>
+  </si>
+  <si>
+    <t>ANGEL</t>
+  </si>
+  <si>
+    <t>VARGAS</t>
+  </si>
+  <si>
+    <t>AUDREY</t>
+  </si>
+  <si>
+    <t>DE GARMO</t>
+  </si>
+  <si>
+    <t>FELICE</t>
+  </si>
+  <si>
+    <t>ISAAC</t>
+  </si>
+  <si>
+    <t>CASAS</t>
+  </si>
+  <si>
+    <t>I want to be a delegate to actively support my community, bring forward local concerns, and help shape solutions that are realistic and effective.</t>
+  </si>
+  <si>
+    <t>ADAMS</t>
+  </si>
+  <si>
+    <t>Life long Democrat committed to progress, unity, and representation for all New Mexicans.</t>
+  </si>
+  <si>
+    <t>AARON</t>
+  </si>
+  <si>
+    <t>NIETO</t>
+  </si>
+  <si>
+    <t>I am a lifelong Democrat and feel that being involved in the process, on levels is immensely important.</t>
+  </si>
+  <si>
     <t>ANDREW</t>
   </si>
   <si>
-    <t>HAMILTON</t>
-[...33 lines deleted...]
-    <t>LORA</t>
+    <t>DEGARMO</t>
+  </si>
+  <si>
+    <t>SHAWN</t>
+  </si>
+  <si>
+    <t>BREWER</t>
+  </si>
+  <si>
+    <t>ANTONIO</t>
+  </si>
+  <si>
+    <t>CATHERINE</t>
+  </si>
+  <si>
+    <t>MEXAL</t>
+  </si>
+  <si>
+    <t>JODY</t>
+  </si>
+  <si>
+    <t>LATIMER</t>
+  </si>
+  <si>
+    <t>SARA</t>
+  </si>
+  <si>
+    <t>PADILLA</t>
+  </si>
+  <si>
+    <t>ELIZABETH</t>
+  </si>
+  <si>
+    <t>BLACK</t>
+  </si>
+  <si>
+    <t>THOMAS</t>
+  </si>
+  <si>
+    <t>LINNAN</t>
+  </si>
+  <si>
+    <t>JULIA</t>
+  </si>
+  <si>
+    <t>HENSS</t>
+  </si>
+  <si>
+    <t>JENNIFER</t>
+  </si>
+  <si>
+    <t>I am running for Pre-Primary Delegate because I am on the County Central Committee &amp; am involved in our ward as a volunteer. I have worked for environmental non-profits for a decade which trained me on environmental policy. Climate change to me is an urgent issue. Most recently I have worked for two academic publishers, Left Coast Press &amp; UNM Press, &amp; worked at Bookworks bookstore. I am concerned about health care (my dad is a disabled Vietnam Vet), economic &amp; racial justice. I worry about electability. I am very open minded &amp; I look forward to getting to know the candidates running for office.</t>
+  </si>
+  <si>
+    <t>DOREEN</t>
+  </si>
+  <si>
+    <t>MCKNIGHT</t>
+  </si>
+  <si>
+    <t>Lifelong Democrat.  I have been involved at various levels of the Democratic Party at the local level.  Currently Vice Ward Chair of 11C.  I will support the most progressive candidates and policies.</t>
+  </si>
+  <si>
+    <t>MARA</t>
+  </si>
+  <si>
+    <t>SALCIDO</t>
+  </si>
+  <si>
+    <t>Hey there! I'm Mara, a pansexual millennial, hija de inmigrantes, first-gen college grad, and I’m here to serve. My abuela taught me that we siempre dejamos el lugar mejor de lo que estaba. We must continue the fight, I thought they had won. Saying it loud and proud, "F-ICE, Protect Our Children, Defend Public Ed, Healthcare is a Right, que nada WATER IS LIFE, diversity is our strength." The call to action is here. Let’s open gateways, not close them, and serve our people, not kill them. I ask for your vote to stand together for democracy for all.</t>
+  </si>
+  <si>
+    <t>CASSIE</t>
+  </si>
+  <si>
+    <t>FLEMING</t>
+  </si>
+  <si>
+    <t>ALMAALICIA</t>
+  </si>
+  <si>
+    <t>SANNICOLAS</t>
+  </si>
+  <si>
+    <t>TAMARA</t>
+  </si>
+  <si>
+    <t>RIGHETTINI</t>
+  </si>
+  <si>
+    <t>LUCAS</t>
+  </si>
+  <si>
+    <t>PEDRAZA</t>
+  </si>
+  <si>
+    <t>JAMESON</t>
+  </si>
+  <si>
+    <t>FELICIA</t>
+  </si>
+  <si>
+    <t>SALAZAR</t>
+  </si>
+  <si>
+    <t>I am excited to be involved in the Democratic process, and defend our electoral process.</t>
+  </si>
+  <si>
+    <t>FOX</t>
+  </si>
+  <si>
+    <t>MELANIE</t>
+  </si>
+  <si>
+    <t>My name is Melanie Lewis, and while I have been an active Democrat in my community for many years, I have not been a delegate.  I work in primary education, and am very familiar with the many challenges facing our community members today: the extreme threat of ICE, the lack of affordable and available housing, food, healthcare, and behavioral health, among other issues.  Additionally, I am interested in adequate educational funding and the urgent need to protect our environment.  I will support candidates who are committed to environmental protections and putting people before profit.</t>
+  </si>
+  <si>
+    <t>MEYERS</t>
+  </si>
+  <si>
+    <t>GORDON</t>
+  </si>
+  <si>
+    <t>MONAGHAN</t>
+  </si>
+  <si>
+    <t>MARI</t>
+  </si>
+  <si>
+    <t>KEMPTON</t>
+  </si>
+  <si>
+    <t>FRANCES</t>
+  </si>
+  <si>
+    <t>ORTEGA</t>
+  </si>
+  <si>
+    <t>JOHN</t>
+  </si>
+  <si>
+    <t>ODONNELL</t>
+  </si>
+  <si>
+    <t>I want to serve democracy.</t>
+  </si>
+  <si>
+    <t>MATTHEW</t>
+  </si>
+  <si>
+    <t>MARTINEZ</t>
+  </si>
+  <si>
+    <t>I am a life long Democrat and am willing to stand up against Fascism!</t>
+  </si>
+  <si>
+    <t>RIVERA</t>
+  </si>
+  <si>
+    <t>ELKINS</t>
+  </si>
+  <si>
+    <t>11D</t>
+  </si>
+  <si>
+    <t>Tracy says I should sign up to run as a delegate.  An interesting start to a friendship.</t>
+  </si>
+  <si>
+    <t>JORDAN</t>
+  </si>
+  <si>
+    <t>JONES</t>
+  </si>
+  <si>
+    <t>C</t>
+  </si>
+  <si>
+    <t>OSCAR</t>
+  </si>
+  <si>
+    <t>SIMPSON</t>
+  </si>
+  <si>
+    <t>JACOB</t>
+  </si>
+  <si>
+    <t>TRACEY</t>
+  </si>
+  <si>
+    <t>Encouraged by my chairperson</t>
+  </si>
+  <si>
+    <t>NANCE</t>
+  </si>
+  <si>
+    <t>CEDAR</t>
+  </si>
+  <si>
+    <t>I have been asked to by Deb Haaland's campaign.</t>
+  </si>
+  <si>
+    <t>CAROL</t>
+  </si>
+  <si>
+    <t>TORRES</t>
+  </si>
+  <si>
+    <t>This year is important. We can’t sit aside and do nothing. I’ve been involved for 50+ years as a democrat and will always keep up the good fight. Please, elect me to serve as a delegate for my ward. We must fill our delegate slots to ensure a fair delegation. I’m ready to hear from all candidates about why they deserve our wards support. Thank you</t>
+  </si>
+  <si>
+    <t>ASTRID</t>
+  </si>
+  <si>
+    <t>JULIENNE</t>
+  </si>
+  <si>
+    <t>12A</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate because I want my ward to have a voice in the decision process.</t>
+  </si>
+  <si>
+    <t>WALTER</t>
+  </si>
+  <si>
+    <t>GERSTLE</t>
+  </si>
+  <si>
+    <t>12B</t>
+  </si>
+  <si>
+    <t>I am a precinct chair (Pct 65, Ward 12B), and want to help elect democrats with environmental and social savvy.</t>
+  </si>
+  <si>
+    <t>LESLIE</t>
+  </si>
+  <si>
+    <t>CONOVER</t>
+  </si>
+  <si>
+    <t>I am interested in becoming a delegate to help our state.</t>
+  </si>
+  <si>
+    <t>ZOEY</t>
+  </si>
+  <si>
+    <t>FINK</t>
+  </si>
+  <si>
+    <t>To be more involved in my local Democratic Party and have my voice heard during these trying times</t>
+  </si>
+  <si>
+    <t>LORALYN</t>
+  </si>
+  <si>
+    <t>NEIL</t>
+  </si>
+  <si>
+    <t>SHERER</t>
+  </si>
+  <si>
+    <t>12C</t>
+  </si>
+  <si>
+    <t>The current anemic democratic national leadership needs to offer a path forward for voters. Simply being not-Trump won’t cut it. Candidates need to be to be asked hard questions now, before the general election, so they will be ready for the incoming backlash. Democratic leaders mistake hatred for Trump with support for their cause, while ignoring the disillusionment their actions have imparted on the electorate. I aim to make sure this sentiment is heard and, hopefully, passed up the ranks, for the sake of our democracy. I’m running to get this message out now, because 2028 will be too late.</t>
+  </si>
+  <si>
+    <t>DRE</t>
+  </si>
+  <si>
+    <t>ABEITA</t>
+  </si>
+  <si>
+    <t>RICARDO</t>
+  </si>
+  <si>
+    <t>CABALLERO</t>
+  </si>
+  <si>
+    <t>13A</t>
+  </si>
+  <si>
+    <t>I have been a dedicated Ward Chair, SCC member and have spent my entire life as a Democratic volunteer, registering voters, conducting voter education &amp; participation trainings. I wish to ensure our Democracy remains participatory &amp; representative of our grassroots communities. I pledge my continued commitment to our Democratic Party to expand our grassroots work particularly in our Hispanic communities, &amp; to build a strong platform by the People &amp; for the People. Thank you.</t>
+  </si>
+  <si>
+    <t>ROYBAL CABALLERO</t>
+  </si>
+  <si>
+    <t>Every voice matters and I would like the opportunity to represent the voices of my neighbors and community.</t>
+  </si>
+  <si>
+    <t>AMY</t>
+  </si>
+  <si>
+    <t>HENLEY</t>
+  </si>
+  <si>
+    <t>13B</t>
+  </si>
+  <si>
+    <t>Support Democrats</t>
+  </si>
+  <si>
+    <t>MURPHY</t>
+  </si>
+  <si>
+    <t>NATIVIDAD</t>
+  </si>
+  <si>
+    <t>POSADA</t>
+  </si>
+  <si>
+    <t>I want to be involved, help out, and stand up for the people in my community. Serving as a delegate would give me the opportunity to make sure their voices are heard, their concerns are addressed, and their perspectives are represented in our Democratic Party</t>
+  </si>
+  <si>
+    <t>MARK</t>
+  </si>
+  <si>
+    <t>FINLEY</t>
+  </si>
+  <si>
+    <t>14A</t>
+  </si>
+  <si>
+    <t>I want to be more involved in the democratic party.</t>
+  </si>
+  <si>
+    <t>LASHABA</t>
+  </si>
+  <si>
+    <t>BOWENS</t>
+  </si>
+  <si>
+    <t>AUBERT</t>
+  </si>
+  <si>
+    <t>ZOE</t>
+  </si>
+  <si>
+    <t>ECONOMOU</t>
+  </si>
+  <si>
+    <t>14B</t>
+  </si>
+  <si>
+    <t>I’ve been active here for 40 years. I intend to be active as long as I am able.</t>
+  </si>
+  <si>
+    <t>KATHRYN</t>
+  </si>
+  <si>
+    <t>STATELY</t>
+  </si>
+  <si>
+    <t>My name is kathryn stately and I’d like to support Deb in the run for governor 2026</t>
+  </si>
+  <si>
+    <t>FERNANDO</t>
+  </si>
+  <si>
+    <t>VASQUEZ</t>
+  </si>
+  <si>
+    <t>MONTOYA</t>
+  </si>
+  <si>
+    <t>DYLAN</t>
+  </si>
+  <si>
+    <t>PELL</t>
+  </si>
+  <si>
+    <t>I'm running in hopes of using my voice to support candidates ready to tackle the unique challenges of this moment. I currently serve as a union vice president with CWA 7076 representing about 1,000 workers at the New Mexico Department of Health where I work as a health scientist. I know how important it is to support bold leadership and hope to have your support to represent our community in this important role.</t>
+  </si>
+  <si>
+    <t>CLARENCE</t>
+  </si>
+  <si>
+    <t>CORDOVA</t>
+  </si>
+  <si>
+    <t>Democracy matters, and Democrats are here to defend democracy. I’m a lifelong democrat and have been involved in various low levels in party activism and candidate support. I look forward to representing my district. I’m progressive, pro union and a special education teacher.</t>
+  </si>
+  <si>
+    <t>LARA</t>
+  </si>
+  <si>
+    <t>BRYSON</t>
+  </si>
+  <si>
+    <t>14C</t>
+  </si>
+  <si>
+    <t>MARIO</t>
+  </si>
+  <si>
+    <t>SEMIGLIA</t>
+  </si>
+  <si>
+    <t>I want to support candidates who help move New Mexico forward.</t>
+  </si>
+  <si>
+    <t>IAN</t>
+  </si>
+  <si>
+    <t>MONTANO</t>
+  </si>
+  <si>
+    <t>CRISTINA</t>
+  </si>
+  <si>
+    <t>ROGERS</t>
+  </si>
+  <si>
+    <t>ABEL</t>
+  </si>
+  <si>
+    <t>ROMERO</t>
+  </si>
+  <si>
+    <t>I'm a precinct chair in Ward 14C. Our Party needs to learn how to represent working people again. In whatever capacity I can, I will work to make our party more inclusive, less bureaucratic and procedure-obsessed, and more focused on delivering affordable housing, affordable medical care, education, and make every day life easier for the average person.</t>
+  </si>
+  <si>
+    <t>NAOMI</t>
+  </si>
+  <si>
+    <t>Since retirement I have been active in all elections as a volunteer in campaigns. I would be honored to represent my ward in the selection of candidates.</t>
+  </si>
+  <si>
+    <t>LISA</t>
+  </si>
+  <si>
+    <t>KEENAN</t>
+  </si>
+  <si>
+    <t>MARQUEZ</t>
+  </si>
+  <si>
+    <t>As a born and raised Albuquerque resident, I believe representing the needs and wants of our city is important. I would like to represent the downtown community of Albuquerque as a Pre-Primary Delegate. I believe my background in engineering, community involvement and objective based organizing would enhance my ability to represent the democratic party.</t>
+  </si>
+  <si>
+    <t>BARBARA</t>
+  </si>
+  <si>
+    <t>GROTHUS</t>
+  </si>
+  <si>
+    <t>SANDRA</t>
+  </si>
+  <si>
+    <t>COX</t>
+  </si>
+  <si>
+    <t>15A</t>
+  </si>
+  <si>
+    <t>THOMPSON</t>
+  </si>
+  <si>
+    <t>Appreciate the opportunity</t>
+  </si>
+  <si>
+    <t>MARCIA</t>
+  </si>
+  <si>
+    <t>STEVENSON</t>
+  </si>
+  <si>
+    <t>CHERYL</t>
+  </si>
+  <si>
+    <t>PASSALAQUA</t>
+  </si>
+  <si>
+    <t>EASTIN</t>
+  </si>
+  <si>
+    <t>I am running to protect democracy in New Mexico and the United States</t>
+  </si>
+  <si>
+    <t>SHEILA</t>
+  </si>
+  <si>
+    <t>LITSINGER</t>
+  </si>
+  <si>
+    <t>KELLY</t>
+  </si>
+  <si>
+    <t>MCMAHAN</t>
+  </si>
+  <si>
+    <t>It would be an honor to help choose the best candidates to put on the primary ballot.</t>
+  </si>
+  <si>
+    <t>JANISLEE</t>
+  </si>
+  <si>
+    <t>WIESE</t>
+  </si>
+  <si>
+    <t>RAY</t>
+  </si>
+  <si>
+    <t>POWELL</t>
+  </si>
+  <si>
+    <t>CARL</t>
+  </si>
+  <si>
+    <t>As secretary of ward 15A and chair of precinct 5, I am running to represent my ward in the best way possible. I have been very active in ward affairs for almost 8 years and have served actively in many ward activities. I believe that I know many in my precinct and ward and feel that I can represent all our best interests.</t>
+  </si>
+  <si>
+    <t>SARAH</t>
+  </si>
+  <si>
+    <t>COBB</t>
+  </si>
+  <si>
+    <t>JENS</t>
+  </si>
+  <si>
+    <t>DEICHMANN</t>
+  </si>
+  <si>
+    <t>SUSAN</t>
   </si>
   <si>
     <t>ANNE</t>
   </si>
   <si>
-    <t>LUCERO</t>
-[...41 lines deleted...]
-    <t>RAYELLEN</t>
+    <t>SAPON</t>
+  </si>
+  <si>
+    <t>Being a delegate gives me the chance to be a bridge between the community and decision-makers, making sure our priorities are heard and acted on.</t>
+  </si>
+  <si>
+    <t>SAM</t>
+  </si>
+  <si>
+    <t>ADAMO</t>
+  </si>
+  <si>
+    <t>15B</t>
+  </si>
+  <si>
+    <t>There has been a tremendous erosion of democracy in this country and I do not want to sit by passively as this country creeps into autocracy.  It is important that every voter take a stand.</t>
+  </si>
+  <si>
+    <t>ELSIE</t>
+  </si>
+  <si>
+    <t>STOTT</t>
+  </si>
+  <si>
+    <t>JAMES</t>
+  </si>
+  <si>
+    <t>MATHEWS</t>
+  </si>
+  <si>
+    <t>I have previously been a delegate. I would like to continue to vote for better Democrats who aren't beholden to big corporations or their donations, who believe in peace and who will fight to make systems work for people who aren't billionaires. We need fighters now more than ever,not centrist strongly-worded letters. Republicans will lose big in the next election when we choose bold leaders.</t>
+  </si>
+  <si>
+    <t>HARRIS</t>
+  </si>
+  <si>
+    <t>KLEIN</t>
+  </si>
+  <si>
+    <t>SHIRLEY</t>
+  </si>
+  <si>
+    <t>GALLEGOS</t>
+  </si>
+  <si>
+    <t>I have been an active Democrat since 2010. I am a "boots on the ground" volunteer for GOTV, candidate door-knocking, voter registrar, as well as providing input on key committees for DPBC and the Fuerzas Unidas Hispanic caucus. I am a strategic planner, PR and marketing pro and believe we need to elect courageous candidates. That's why I want to be a delegate and to help elect them. We need to step it up!</t>
+  </si>
+  <si>
+    <t>I did it last time and as a 100% disabled veteran I still want to serve the democratic process I continue to pay for each and every day.</t>
+  </si>
+  <si>
+    <t>LAUREN</t>
+  </si>
+  <si>
+    <t>MEIKLEJOHN</t>
+  </si>
+  <si>
+    <t>15C</t>
+  </si>
+  <si>
+    <t>PHILLIP</t>
+  </si>
+  <si>
+    <t>MEDRANO</t>
+  </si>
+  <si>
+    <t>I want to get more active In democrat politics again after not having done so for years. I want to work hard to defeat republicans.</t>
+  </si>
+  <si>
+    <t>GRATHWOL</t>
+  </si>
+  <si>
+    <t>I am running as a delegate to support my friend, mentor and future governor, Deb Haaland, because I believe in her power to make change happen and her connections to DC will benefit her leadership as our next governor.  As a fierce Democrat, I know Deb will fight for every person in New Mexico.</t>
+  </si>
+  <si>
+    <t>BETSEY</t>
+  </si>
+  <si>
+    <t>SWAN</t>
+  </si>
+  <si>
+    <t>CONSTANCE</t>
+  </si>
+  <si>
+    <t>YOUNGMAN</t>
+  </si>
+  <si>
+    <t>I am running to be a pre-primary delegate in order to participate within a critical aspect of our democracy in a time where democracy is more threatened than ever. Furthermore, as a young person I am disheartened to see a reduced level of political participation amongst young people due to mounting frustration with our political system. I wish to demonstrate the importance of participation within our democracy and encourage young people to see that our participation matters.</t>
+  </si>
+  <si>
+    <t>DERADKE</t>
+  </si>
+  <si>
+    <t>I’m running to be a Pre-Primary Delegate because I believe our party works best when parents and community members are involved early in the democratic process. As a mom and local community member, I see how policy decisions directly affect families, children, and vulnerable communities. I want to help ensure the candidates who move forward reflect our shared values of equity, transparency, and accountability. Serving as a Pre-Primary Delegate is one way I can show up to help elevate community values in our Democratic primary.</t>
+  </si>
+  <si>
+    <t>CHRISTINE</t>
+  </si>
+  <si>
+    <t>SIERRA</t>
+  </si>
+  <si>
+    <t>RAMIREZ</t>
+  </si>
+  <si>
+    <t>My name is Catherine Ramirez, and I am running to be a Pre-Primary Delegate because I believe in empowering our community through inclusive representation and progressive values. I am committed to ensuring that every voice is heard and that our collective needs are prioritized. As a delegate, I will advocate for policies that promote education, healthcare, and social justice. Together, we can build a brighter future for Bernalillo County. I am excited to represent our diverse community and work towards meaningful change.</t>
+  </si>
+  <si>
+    <t>PAMELA</t>
+  </si>
+  <si>
+    <t>MCBRIDE</t>
+  </si>
+  <si>
+    <t>WOOD</t>
+  </si>
+  <si>
+    <t>15D</t>
+  </si>
+  <si>
+    <t>I’m stepping forward to ensure local voices shape our future and that our party remains strong, inclusive, and responsive to the people we serve.</t>
+  </si>
+  <si>
+    <t>ALEX</t>
+  </si>
+  <si>
+    <t>APPLEGATE</t>
+  </si>
+  <si>
+    <t>BRIAN</t>
+  </si>
+  <si>
+    <t>MORRIS</t>
+  </si>
+  <si>
+    <t>I would like to be a Pre-Primary Delegate to continue to be involved in the Democratic Party of New Mexico, support our many wonderful candidates, and ensure that we have a winning ticket for the 2026 election. Over the last 30 years, I have been a ward chair, precinct chair, CCC member, SCC member, Pre-Primary delegate, and active member of the Democratic Party of NM.</t>
+  </si>
+  <si>
+    <t>JANE</t>
+  </si>
+  <si>
+    <t>YEE</t>
+  </si>
+  <si>
+    <t>TOVA</t>
+  </si>
+  <si>
+    <t>INDRITZ</t>
+  </si>
+  <si>
+    <t>JARED</t>
+  </si>
+  <si>
+    <t>AMES</t>
+  </si>
+  <si>
+    <t>JANET</t>
+  </si>
+  <si>
+    <t>RESNICK-WANDEL</t>
+  </si>
+  <si>
+    <t>Public debate among candidates who share our Democratic values is an opportunity to show democracy at work. That is my commitment.</t>
+  </si>
+  <si>
+    <t>MCNEW</t>
+  </si>
+  <si>
+    <t>MURIEL</t>
+  </si>
+  <si>
+    <t>CARPENTER</t>
+  </si>
+  <si>
+    <t>RIFFENBURGH</t>
+  </si>
+  <si>
+    <t>LAURA</t>
+  </si>
+  <si>
+    <t>GERALD</t>
+  </si>
+  <si>
+    <t>AXFORD</t>
+  </si>
+  <si>
+    <t>15E</t>
+  </si>
+  <si>
+    <t>CARLSON</t>
+  </si>
+  <si>
+    <t>MINEAR</t>
+  </si>
+  <si>
+    <t>With democracy imperiled it is critical that we make thoughtful choices in the 2026 election. I will do my best to listen to the candidates, consult with others in our ward, and vote in the best interests of the Democratic Party at the state level to promote democratic ideals and good governance.</t>
+  </si>
+  <si>
+    <t>MICHELE</t>
+  </si>
+  <si>
+    <t>OLESON</t>
+  </si>
+  <si>
+    <t>DEBORAH</t>
+  </si>
+  <si>
+    <t>POTTER</t>
+  </si>
+  <si>
+    <t>ROSIN</t>
+  </si>
+  <si>
+    <t>DEVER</t>
+  </si>
+  <si>
+    <t>These are precarious times for democracy in the USA. Participation at the grassroots level is more important than ever. I wish to do what I can to be aware of and to facilitate good choices among the candidates running for office in our state. And from that vantage point, I will be able to inform others in my precinct.</t>
+  </si>
+  <si>
+    <t>ELIA</t>
+  </si>
+  <si>
+    <t>16A</t>
+  </si>
+  <si>
+    <t>AUGE</t>
+  </si>
+  <si>
+    <t>I want to serve as a delegate to ensure voices from all backgrounds are included and to help turn community input into meaningful progress.</t>
+  </si>
+  <si>
+    <t>TERRY</t>
+  </si>
+  <si>
+    <t>IHNAT</t>
+  </si>
+  <si>
+    <t>I am running to be a Delegate because I believe strongly in our threatened Democratic values of equality, freedom from authoritarian fear and freedom of speech.</t>
+  </si>
+  <si>
+    <t>LAURIE</t>
+  </si>
+  <si>
+    <t>GOULD</t>
+  </si>
+  <si>
+    <t>I would like to be a pre-primary delegate because it's important that Democrats have the best candidate possible for every office. I want to hear from each candidate and make my decision based on who shares our Democratic values and who will be the candidate who will appeal to the most voters. This is a perilous time for Democracy and we need to have candidates who will can connect to voters through our shared aspirations and who will do what's right for New Mexico.</t>
+  </si>
+  <si>
+    <t>WENDELL</t>
+  </si>
+  <si>
+    <t>HARRISON</t>
+  </si>
+  <si>
+    <t>ISABELLE</t>
+  </si>
+  <si>
+    <t>ZAMORA</t>
+  </si>
+  <si>
+    <t>I am running because I believe in Democracy!</t>
+  </si>
+  <si>
+    <t>DAMIAN</t>
+  </si>
+  <si>
+    <t>PETER</t>
+  </si>
+  <si>
+    <t>ZOLLINGER</t>
+  </si>
+  <si>
+    <t>16B</t>
+  </si>
+  <si>
+    <t>To make sure that someone is present from my ward.  I might give my assignation.</t>
+  </si>
+  <si>
+    <t>ALFRED</t>
+  </si>
+  <si>
+    <t>PENA</t>
+  </si>
+  <si>
+    <t>I want to be a delegate to turn community voices into action, making sure every concern matters and every decision moves us toward real, meaningful progress.</t>
+  </si>
+  <si>
+    <t>PAUL</t>
+  </si>
+  <si>
+    <t>I want to support Deb Haaland for Governor.</t>
+  </si>
+  <si>
+    <t>TANYA</t>
+  </si>
+  <si>
+    <t>GIDDINGS</t>
+  </si>
+  <si>
+    <t>I am running to serve a pre-primary delegate to help elevate the voices of our communities and support leaders who reflect our shared democratic values.</t>
+  </si>
+  <si>
+    <t>YVETTE</t>
+  </si>
+  <si>
+    <t>CHAVEZ PENA</t>
+  </si>
+  <si>
+    <t>I’m running to be a delegate to be a bridge between the community and leadership, ensuring decisions are guided by the voices and values of local residents.</t>
+  </si>
+  <si>
+    <t>MAESTAS</t>
+  </si>
+  <si>
+    <t>I am running for delegate to help build a stronger and bigger Democratic Party. I am a life long Democrat who has a strong history of forging coalitions, empower others and building unity. Now, more than ever we need principled centered leadership. Together we can create a stronger economy and more opportunity for the next generation. We owe it our kids to create a brighter future for all New Mexicans.</t>
+  </si>
+  <si>
+    <t>HOMER</t>
+  </si>
+  <si>
+    <t>SAN NICOLAS</t>
+  </si>
+  <si>
+    <t>ROMAINE</t>
+  </si>
+  <si>
+    <t>SERNA</t>
+  </si>
+  <si>
+    <t>I am seeking to be a delegate because I believe in the democratic process and have been active in local and statewide elections for many years. I have served on the SCC for several terms and am committed to inclusivity and maintaining an open, welcoming party. My goal is to help create opportunities for all New Mexicans and ensure their voices are represented.</t>
+  </si>
+  <si>
+    <t>ANGELIQUE</t>
+  </si>
+  <si>
+    <t>MARSELLA</t>
+  </si>
+  <si>
+    <t>DUARTE SERNA</t>
+  </si>
+  <si>
+    <t>My name is Marsella Duarte Serna, I am a proud multigenerational New Mexican Democrat. I have lived in the same neighborhood my entire life. I previously served as Precinct Chair and Vice-Chair. I am committed to our democratic values and humbly ask for your vote.</t>
+  </si>
+  <si>
+    <t>DANIEL</t>
+  </si>
+  <si>
+    <t>My name is Daniel Alfredo Garcia, and I am running to be a Pre-Primary Delegate because democracy demands participation, not sidelines. I believe in doing the work early, where voices matter and choices take shape. Serving as a delegate is about fairness, transparency, and making sure our candidates truly reflect our communities. This process strengthens our party and protects its future. When we show up, we honor those who came before us and build something stronger for those who come next.</t>
+  </si>
+  <si>
+    <t>CONRAD</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate because I believe grassroots voices should shape our party’s future. I want to represent my community with integrity, fairness, and a commitment to listening. Serving as a delegate allows me to advocate for inclusive policies, transparent leadership, and candidates who reflect our shared values. I’m ready to engage, collaborate, and ensure our collective priorities are heard at the earliest and most important stage of the process.</t>
+  </si>
+  <si>
+    <t>KENDRA</t>
+  </si>
+  <si>
+    <t>TOTH</t>
+  </si>
+  <si>
+    <t>16C</t>
+  </si>
+  <si>
+    <t>FELECIA</t>
+  </si>
+  <si>
+    <t>POHL</t>
+  </si>
+  <si>
+    <t>Because every voice matters in elections—not just those with influence or power.</t>
+  </si>
+  <si>
+    <t>ELLEN</t>
+  </si>
+  <si>
+    <t>ESQUIBEL BELLAMY</t>
+  </si>
+  <si>
+    <t>MICHAEL</t>
+  </si>
+  <si>
+    <t>BARENTINE</t>
+  </si>
+  <si>
+    <t>"The only thing necessary for the triumph of evil is for good men &amp; women to do nothing" - Anonymous - WE must do something!  WE must get involved!</t>
+  </si>
+  <si>
+    <t>17A</t>
+  </si>
+  <si>
+    <t>To help strengthen the Democratic party as well as inspiring future improvements to our our city-state country world</t>
+  </si>
+  <si>
+    <t>WELCH</t>
+  </si>
+  <si>
+    <t>ALICE</t>
+  </si>
+  <si>
+    <t>BURNS PHILLIPS</t>
+  </si>
+  <si>
+    <t>REED-KAMEDA</t>
+  </si>
+  <si>
+    <t>DOROTHY</t>
+  </si>
+  <si>
+    <t>WILKINSON</t>
+  </si>
+  <si>
+    <t>I am running to be a pre-primary delegate because it's important to me to represent Westside Democrats of Bernalillo County and to help build community and unity</t>
+  </si>
+  <si>
+    <t>RAMIRO</t>
+  </si>
+  <si>
+    <t>PEREYRA</t>
+  </si>
+  <si>
+    <t>17B</t>
+  </si>
+  <si>
+    <t>I want to serve as a pre-primary delegate for the Democratic Party in Bernalillo County because I believe in representing the voices of my community, supporting Democratic values, and the commitment to civic engagement. I want to see our party to continue to support the values of American families, the working class, and the underprivileged in our state.</t>
+  </si>
+  <si>
+    <t>STEWART</t>
+  </si>
+  <si>
+    <t>JAYLAN</t>
+  </si>
+  <si>
+    <t>TERRANCE</t>
+  </si>
+  <si>
+    <t>MC CARTY</t>
+  </si>
+  <si>
+    <t>Becoming a delegate allows me to support unity, ensure people are heard, and contribute to solutions that are grounded, effective, and community-driven.</t>
+  </si>
+  <si>
+    <t>CAROLE</t>
+  </si>
+  <si>
+    <t>EBERHARDT</t>
+  </si>
+  <si>
+    <t>I’ve been a democrat for many years. I’m a habitual voter and I like to have something to do with who I vote for. Plus, a lot of other people asked me who I’m gonna vote for because I know I’m involved OK</t>
+  </si>
+  <si>
+    <t>KUNING</t>
+  </si>
+  <si>
+    <t>MARIA</t>
+  </si>
+  <si>
+    <t>FREEMAN</t>
+  </si>
+  <si>
+    <t>CLAUDE</t>
+  </si>
+  <si>
+    <t>ANTOINETTE</t>
+  </si>
+  <si>
+    <t>STEPHENS</t>
+  </si>
+  <si>
+    <t>Hello, my name is John T. Romero.  I'm running to be a delegate to the State Democrat Pre-Primary convention.  I have been a life long Democrat and I have always been involved with the party and I have always voted Democrat/Blue.  I have been a pre-primary delegate several times in the past and I have not issue traveling to Ruidoso, NM for the convention.  I think now with what is occurring in America with this Administration we need to be involved and stay connected with our fellow democrats to find solutions to win the mid terms and elect Democrats statewide.</t>
+  </si>
+  <si>
+    <t>ANITA</t>
+  </si>
+  <si>
+    <t>STEVE</t>
+  </si>
+  <si>
+    <t>ARBUCKLE</t>
+  </si>
+  <si>
+    <t>LINDA</t>
+  </si>
+  <si>
+    <t>HOLCOMB</t>
+  </si>
+  <si>
+    <t>GINGER</t>
+  </si>
+  <si>
+    <t>HINDMAN</t>
+  </si>
+  <si>
+    <t>JOE</t>
+  </si>
+  <si>
+    <t>BORREGO</t>
+  </si>
+  <si>
+    <t>17C</t>
+  </si>
+  <si>
+    <t>Elect Democrats</t>
+  </si>
+  <si>
+    <t>DURAN</t>
+  </si>
+  <si>
+    <t>I have been in public service in the State for the last 40 years and I want to help restore democracy in our country. I want to help protect what the Democratic Party stands for and help build our party to be the strongest it has ever been. We have proven to be strong in the recent election and I want it to be even stronger at the State and national levels.</t>
+  </si>
+  <si>
+    <t>FRANCISCO</t>
+  </si>
+  <si>
+    <t>ADAM</t>
+  </si>
+  <si>
+    <t>MAGANA</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate because I feel that fresh blood is needed in our party processes. I am an example of that fresh blood. Part of why I am driven to get involved in the Pre-Primary process is the fecklessness of democratic leadership on a national level. If we don't have national leaders that means that local leadership is even more important than it already is. I am running so that I can make sure we get the right candidates.</t>
+  </si>
+  <si>
+    <t>PAULA</t>
+  </si>
+  <si>
+    <t>GONZALEZ</t>
+  </si>
+  <si>
+    <t>GERALYN</t>
+  </si>
+  <si>
+    <t>WARNER</t>
+  </si>
+  <si>
+    <t>CAROLINA</t>
+  </si>
+  <si>
+    <t>EILEEN</t>
+  </si>
+  <si>
+    <t>I’m running to be a delegate to actively engage in my community, amplify local voices, and make sure our party reflects the needs and values of everyday New Mexicans.</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate to ensure my community’s voice is heard early in the decision-making process and to help strengthen participation, transparency, and fair representation in our democracy.</t>
+  </si>
+  <si>
+    <t>AUSTIN</t>
+  </si>
+  <si>
+    <t>LYLE</t>
+  </si>
+  <si>
+    <t>LAWRENCE</t>
+  </si>
+  <si>
+    <t>COMPTON</t>
+  </si>
+  <si>
+    <t>MARTHA</t>
+  </si>
+  <si>
+    <t>FAULKNER</t>
+  </si>
+  <si>
+    <t>18A</t>
+  </si>
+  <si>
+    <t>I want to be a delicate so I can be more involved politically to support the party. I am a nurse practitioner and very involved in the mental health community in the state.</t>
+  </si>
+  <si>
+    <t>SPENCER</t>
+  </si>
+  <si>
+    <t>GERWIN</t>
+  </si>
+  <si>
+    <t>This primary is much too important to ignore. I will work with the Ward to ensure the most qualified candidates are put forward for party voter consideration. We need to restore integrity to all areas of state government.</t>
+  </si>
+  <si>
+    <t>TAYLOR</t>
+  </si>
+  <si>
+    <t>BUI</t>
+  </si>
+  <si>
+    <t>STEPHANIE</t>
+  </si>
+  <si>
+    <t>I am honored to be considered to be a delegate. I want to be a delegate for Deb Haaland because I believe she is the best candidate to lead our state because she has grit. Anyone who has fought the addiction battle understands the fight is daily no matter how long one stays sober. She has experience in working across the aisle and getting legislation passed. I appreciate she doesn’t forget who she is and embraces her life experience. When my sons were young I too had to make ends meet on food stamps and the Church share boxes.</t>
+  </si>
+  <si>
+    <t>DERRIG</t>
+  </si>
+  <si>
+    <t>WERTHEIM</t>
+  </si>
+  <si>
+    <t>DIAMOND</t>
+  </si>
+  <si>
+    <t>I’ve lived in Albuquerque, New Mexico for the last 13 years. I live in a wonderful neighborhood and have great friends and neighbors. I’ve benefited from all that New Mexico has to offer and I want to help select individuals for office who will continue to maintain and enhance the community  and State that I love.</t>
+  </si>
+  <si>
+    <t>KOPLIK</t>
+  </si>
+  <si>
+    <t>BRITTON</t>
+  </si>
+  <si>
+    <t>HANSEN</t>
+  </si>
+  <si>
+    <t>I want to play whatever part I can in ensuring New Mexico moves forward with the best leadership possible.</t>
+  </si>
+  <si>
+    <t>NANCY</t>
+  </si>
+  <si>
+    <t>LOPER</t>
+  </si>
+  <si>
+    <t>I’m running to be a Pre-Primary Delegate because I want to help strengthen our party and ensure our candidates reflect the values and priorities of New Mexicans. I believe in transparent, community-driven decision-making, and I want to bring the voices of our neighborhood and county into the statewide conversation. By participating in the Pre-Primary Convention, I hope to support candidates who are committed to equity, opportunity, and a stronger future for all of us.</t>
+  </si>
+  <si>
+    <t>ROBIN</t>
+  </si>
+  <si>
+    <t>GIBSON</t>
+  </si>
+  <si>
+    <t>BIANCA</t>
+  </si>
+  <si>
+    <t>ORTIZ-WERTHEIM</t>
+  </si>
+  <si>
+    <t>My roots in New Mexico run deep, and my heart is with all of our gente. As a lifelong Democrat and a proud Latina, I believe participating is critical--there is so much at stake this year! I proudly support Deb Haaland for Governor. I've known Deb for years. She is a highly qualified, intelligent problem solver, who leads with strength and heart. In these challenging times, we need a leader who has our back, and will fight for us. I ask for your vote. I would be honored to serve as a delegate.</t>
+  </si>
+  <si>
+    <t>NILOUFER</t>
+  </si>
+  <si>
+    <t>MODY</t>
+  </si>
+  <si>
+    <t>ASHLEY</t>
+  </si>
+  <si>
+    <t>HART</t>
+  </si>
+  <si>
+    <t>I am running for the pre-primary delegate because our country is facing a crisis of identity. Therefore we need strong Democrat candidates for New Mexico in this election. I look forward to volunteering and representing Bernalillo County.</t>
+  </si>
+  <si>
+    <t>JACOBO</t>
+  </si>
+  <si>
+    <t>MALDONADO</t>
+  </si>
+  <si>
+    <t>DIANE</t>
+  </si>
+  <si>
+    <t>DENISH</t>
+  </si>
+  <si>
+    <t>JACKSON</t>
+  </si>
+  <si>
+    <t>RAUL</t>
+  </si>
+  <si>
+    <t>CANDELARIA</t>
+  </si>
+  <si>
+    <t>I believe in New Mexico, New Mexicans, and the Democratic Party of New Mexico. My purpose focuses on advancing the the party's platform and supporting the candidates of the party. I will fight for the Democratic Party against President Trump, MAGA, and Stephen Miller. I will protect all New Mexicans' liberty and free-will to stop tyranny from destroying the democratic republic of the USA. I have 32 years experience in public policy and strategic communications. I served the people of New Mexico for 35 years, and I earned degrees of Ph.D., M.P.P., M.A., &amp; B.A.</t>
+  </si>
+  <si>
+    <t>WASSERMAN</t>
+  </si>
+  <si>
+    <t>I want to make sure we have the best Democrat candidates to fight for our state in these difficult times. I have prior experience as a delegate and I'm eager to volunteer once more.</t>
+  </si>
+  <si>
+    <t>AKINS</t>
+  </si>
+  <si>
+    <t>EMILY</t>
+  </si>
+  <si>
+    <t>AGNES</t>
+  </si>
+  <si>
+    <t>I am seeking to be a delegate to represent my neighbors, encourage civic engagement, and strengthen our community’s voice in local and state decisions.</t>
+  </si>
+  <si>
+    <t>SALLY</t>
+  </si>
+  <si>
+    <t>HEBERT</t>
+  </si>
+  <si>
+    <t>18B</t>
+  </si>
+  <si>
+    <t>As precinct chair I want to do my part to get great Dem candidates on the primary ballot. I’ve canvassed a lot in my ward and volunteer for activities like writing postcards to get out the vote. I think that getting new voters registered and involved is so important.</t>
+  </si>
+  <si>
+    <t>CRISTOBAL</t>
+  </si>
+  <si>
+    <t>ROCHA</t>
+  </si>
+  <si>
+    <t>A son of an immigrant and educator and a life long New Mexican, I have held true to my democratic values that have been passed down from generations before. The crisis our country and state are facing for the next four years needs strong leadership, which Deb Haaland can provide.</t>
+  </si>
+  <si>
+    <t>BEERS</t>
+  </si>
+  <si>
+    <t>STARR</t>
+  </si>
+  <si>
+    <t>DAVIS</t>
+  </si>
+  <si>
+    <t>DONALD</t>
+  </si>
+  <si>
+    <t>JOHNSON</t>
+  </si>
+  <si>
+    <t>VASHTI</t>
+  </si>
+  <si>
+    <t>MCCULLEY</t>
+  </si>
+  <si>
+    <t>MELVILLE</t>
+  </si>
+  <si>
+    <t>I want to participate more in local government as I am concerned about democracy withstanding current events.</t>
+  </si>
+  <si>
+    <t>LEAH</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate because I am concerned by what is going on in our country and want to make a difference.</t>
+  </si>
+  <si>
+    <t>It is so important in the current political climate to be involved locally and I want to be part of the process in New Mexico.</t>
+  </si>
+  <si>
+    <t>MARTIN</t>
+  </si>
+  <si>
+    <t>STUPICH</t>
+  </si>
+  <si>
+    <t>SHARRET</t>
+  </si>
+  <si>
+    <t>ROSE</t>
+  </si>
+  <si>
+    <t>MELORA</t>
+  </si>
+  <si>
+    <t>PALMER</t>
+  </si>
+  <si>
+    <t>I want to support the democratic process and have an impact for Democrats in New Mexico</t>
+  </si>
+  <si>
+    <t>BELL</t>
+  </si>
+  <si>
+    <t>GUBBELS</t>
+  </si>
+  <si>
+    <t>COLLEEN</t>
+  </si>
+  <si>
+    <t>WOLF</t>
+  </si>
+  <si>
+    <t>CORRINA</t>
+  </si>
+  <si>
+    <t>FELDMAN</t>
+  </si>
+  <si>
+    <t>BRIGID</t>
+  </si>
+  <si>
+    <t>HARMON</t>
+  </si>
+  <si>
+    <t>I am interested in becoming more involved in the Democratic process.</t>
+  </si>
+  <si>
+    <t>MILTON</t>
+  </si>
+  <si>
+    <t>OSPINA</t>
+  </si>
+  <si>
+    <t>ELIAS</t>
+  </si>
+  <si>
+    <t>GLICKMAN</t>
+  </si>
+  <si>
+    <t>I’m concerned now more than ever about the future of our state and this party. I’m hoping I can help ensure a better future for New Mexico and its people in some small way.</t>
+  </si>
+  <si>
+    <t>SAMANTHA</t>
+  </si>
+  <si>
+    <t>BICKNELL</t>
+  </si>
+  <si>
+    <t>MONTALBANO</t>
+  </si>
+  <si>
+    <t>VAUGHAN</t>
+  </si>
+  <si>
+    <t>NICHOLAS</t>
+  </si>
+  <si>
+    <t>NIFOROS</t>
+  </si>
+  <si>
+    <t>18C</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate because I believe in active participation, transparency, and strengthening our democratic process at the local level. I want to ensure that our community’s voices are heard early, fairly, and with integrity. As someone deeply invested in civic engagement and accountability, I am committed to representing the values, concerns, and priorities of our neighbors while helping build a stronger, more unified Democratic Party in Bernalillo County.</t>
+  </si>
+  <si>
+    <t>BARRY</t>
+  </si>
+  <si>
+    <t>HERRERO</t>
+  </si>
+  <si>
+    <t>I am deeply concerned about the state of nation.</t>
+  </si>
+  <si>
+    <t>KLAUSCHIE</t>
+  </si>
+  <si>
+    <t>I’m seeking to be a delegate because I believe in showing up for my community, standing by Democratic values, and helping shape decisions that reflect the people we serv</t>
+  </si>
+  <si>
+    <t>ATTLESON</t>
+  </si>
+  <si>
+    <t>TAPIA</t>
+  </si>
+  <si>
+    <t>DENKER</t>
+  </si>
+  <si>
+    <t>MANTOS</t>
+  </si>
+  <si>
+    <t>I want to be a delegate to give people a stronger voice, support my community, and help create meaningful change.</t>
+  </si>
+  <si>
+    <t>ZARIA</t>
+  </si>
+  <si>
+    <t>KATESIGWA</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary delegate because I think its a good way to get involved and’s I don’t know much about politics but I think its good way we educate ourselves and experience what we can while we can.</t>
+  </si>
+  <si>
+    <t>DES JARDINS</t>
+  </si>
+  <si>
+    <t>I am interested in helping the Democrat Pary elect progressive cadiates that are committed to a just and orderly transition to renewable energy.</t>
+  </si>
+  <si>
+    <t>ANJALI</t>
+  </si>
+  <si>
+    <t>TANEJA</t>
+  </si>
+  <si>
+    <t>GUILLAUME</t>
+  </si>
+  <si>
+    <t>LOISEL</t>
+  </si>
+  <si>
+    <t>18D</t>
+  </si>
+  <si>
+    <t>I am a member of the LGBTQIA+ Caucus, and I want to make sure that candidates will support my community's values. I will be working with the caucus and voting to further progressive values.</t>
+  </si>
+  <si>
+    <t>JOSHUA</t>
+  </si>
+  <si>
+    <t>CRAFT</t>
+  </si>
+  <si>
+    <t>As the Precinct Chair for Precinct 256 and a member of the Bernalillo County Democratic Committee (CCC), I am also a member of the Democratic LGBTQ Caucus and actively volunteer in our community. I am eager to contribute to the Democratic Party by seeking the position of Pre Primary Delegate.</t>
+  </si>
+  <si>
+    <t>HALLI</t>
+  </si>
+  <si>
+    <t>BOURNE</t>
+  </si>
+  <si>
+    <t>FAY</t>
+  </si>
+  <si>
+    <t>CHAZIN-SEIDELMAN</t>
+  </si>
+  <si>
+    <t>GUTTERUD</t>
+  </si>
+  <si>
+    <t>JACOBSON</t>
+  </si>
+  <si>
+    <t>MEADERS</t>
+  </si>
+  <si>
+    <t>VERA</t>
+  </si>
+  <si>
+    <t>WATSON</t>
+  </si>
+  <si>
+    <t>HEATHER</t>
+  </si>
+  <si>
+    <t>BENAVIDEZ</t>
+  </si>
+  <si>
+    <t>LAGATTUTA</t>
+  </si>
+  <si>
+    <t>MAGGIE</t>
+  </si>
+  <si>
+    <t>MILLER</t>
+  </si>
+  <si>
+    <t>Democracy is incredible. Go Deb Haaland.</t>
+  </si>
+  <si>
+    <t>MERNA</t>
+  </si>
+  <si>
+    <t>BROSTOFF</t>
+  </si>
+  <si>
+    <t>HOWELL</t>
+  </si>
+  <si>
+    <t>Every action we take at this critical moment in history is important. I want to represent my community by stepping up to get involved.</t>
+  </si>
+  <si>
+    <t>FREDERICK</t>
+  </si>
+  <si>
+    <t>ROBINSON</t>
+  </si>
+  <si>
+    <t>MICHELLE</t>
+  </si>
+  <si>
+    <t>CALLAGHAN</t>
+  </si>
+  <si>
+    <t>KIM</t>
+  </si>
+  <si>
+    <t>ARMANO</t>
+  </si>
+  <si>
+    <t>BROWN</t>
+  </si>
+  <si>
+    <t>CALDERONE</t>
+  </si>
+  <si>
+    <t>I am running as a Pr-Primary Delegate because I want a strong Democratic Party with involved, committed community members participating.</t>
+  </si>
+  <si>
+    <t>MARAVETZ</t>
+  </si>
+  <si>
+    <t>19A</t>
+  </si>
+  <si>
+    <t>I want my area to have a voice.</t>
+  </si>
+  <si>
+    <t>THERESA</t>
+  </si>
+  <si>
+    <t>KLIESEN-MARAVETZ</t>
+  </si>
+  <si>
+    <t>I want my district to have a voice.</t>
+  </si>
+  <si>
+    <t>MCARTHUR</t>
+  </si>
+  <si>
+    <t>19B</t>
+  </si>
+  <si>
+    <t>RICK</t>
+  </si>
+  <si>
+    <t>YOUNG</t>
+  </si>
+  <si>
+    <t>I believe Deb Haaland wil be an excellent governor  as she  wasSecretary of the interior;</t>
+  </si>
+  <si>
+    <t>NATALIE</t>
+  </si>
+  <si>
+    <t>AVITIA</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate because I am a strong, active community leader who has delivered real, tangible outcomes for our students, families, and community members by listening to their voices and feedback and using that insight to build partnerships, alliances, and meaningful connections that address our community’s needs and dreams. I have worked deeply within Bernalillo County and am committed to faithfully representing our district within the Democratic Party. As a delegate, I will represent our values with care, trust, and collaboration.</t>
+  </si>
+  <si>
+    <t>BILLY</t>
+  </si>
+  <si>
+    <t>DEASON</t>
+  </si>
+  <si>
+    <t>HOSSLEY</t>
+  </si>
+  <si>
+    <t>I am a precinct chair &amp; wish to be a delegate to the State Pre-Primary Convention.</t>
+  </si>
+  <si>
+    <t>STEPHEN</t>
+  </si>
+  <si>
+    <t>19C</t>
+  </si>
+  <si>
+    <t>I have served my local community as a poll official for the past 5 years and have enjoyed the challenges in helping our diverse community vote, but now I'd like to take a more active role in the party itself. I've been a lifelong registered Democrat and volunteered with the party when I was in high school in Texas, before leaving to pursue education. I'm fully committed to learning more about the politics in New Mexico and continuing to push our great state forward!</t>
+  </si>
+  <si>
+    <t>SIMON</t>
+  </si>
+  <si>
+    <t>ROLAND</t>
+  </si>
+  <si>
+    <t>PENTTILA</t>
+  </si>
+  <si>
+    <t>I’ve been a democrat all my 77 years and have voted in every campaign since I was 18 years old. I support Deb Holland for Governor</t>
+  </si>
+  <si>
+    <t>COMSTOCK</t>
+  </si>
+  <si>
+    <t>BELLETTO</t>
+  </si>
+  <si>
+    <t>MARGISON</t>
+  </si>
+  <si>
+    <t>20A</t>
+  </si>
+  <si>
+    <t>ANDREA</t>
+  </si>
+  <si>
+    <t>BRIGGS</t>
+  </si>
+  <si>
+    <t>Serving as a delegate will allow me to help organize at the grassroots level, strengthen voter engagement, and bring people together around shared values</t>
+  </si>
+  <si>
+    <t>MELISSA</t>
+  </si>
+  <si>
+    <t>ALEXANDER</t>
+  </si>
+  <si>
+    <t>JONATHAN</t>
+  </si>
+  <si>
+    <t>LIPSHUTZ</t>
+  </si>
+  <si>
+    <t>As a lifelong Democrat, I have always been interested in supporting our Party. Now, more than ever, we need to stand up and do everything we can to push back against the MAGA/Project 2025 agenda. I have had the privilege of working with numerous non-profits and campaigns throughout my life and I would be honored to represent our ward as a delegate to our State Party Convention. Thank you!</t>
+  </si>
+  <si>
+    <t>TISHA</t>
+  </si>
+  <si>
+    <t>LE ROSE</t>
+  </si>
+  <si>
+    <t>I am precinct chair for 302 and would like to continue in that position.</t>
+  </si>
+  <si>
+    <t>BRANDON</t>
+  </si>
+  <si>
+    <t>20B</t>
+  </si>
+  <si>
+    <t>This election is important. We must defeat MAGA, and we must elect a governor who will fight for New Mexicans. I'm running to be a delegate to elect Deb Haaland as Governor.</t>
+  </si>
+  <si>
+    <t>LOCKE</t>
+  </si>
+  <si>
+    <t>I am running to be a pre primary delegate because I believe New Mexico is strongest when community voices help shape the future of our Democratic Party. The pre primary process is a critical opportunity to evaluate candidates and center the issues that matter most to everyday New Mexicans, including affordable housing, quality education, economic opportunity, healthcare access, and public safety rooted in dignity and fairness. I am committed to supporting candidates who are accountable, prepared to lead, and grounded in equity and transparency. I take this responsibility seriously and will represent our community with integrity, thoughtfulness, and respect.</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate because of my desire to support the process and help ensure that it remains fair, legal, transparent, and represents of the voices of our communities. I believe active involvement of citizens is essential to our democratic system, and I would be honored to serve in this role. I am qualified for these duties because my education, work experience and drive to support the citizens of our State.</t>
+  </si>
+  <si>
+    <t>HEMBACH</t>
+  </si>
+  <si>
+    <t>I am running to better serve my community and ensure all voices are heard. Having lived all over the world (Air Force) I have had opportunities to see how much difference local politics makes in people’s lives and want to make a positive difference here in Bernalillo County.</t>
+  </si>
+  <si>
+    <t>LEILANI</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate as I value the future of New Mexico. I want to push strong democrats forward.</t>
+  </si>
+  <si>
+    <t>TIMPANE</t>
+  </si>
+  <si>
+    <t>BRUCE</t>
+  </si>
+  <si>
+    <t>OCTAVIA</t>
+  </si>
+  <si>
+    <t>My desire to support the process of fairness.  I bring enthusiasm, commitment and the compassion to help ensure the State of New Mexico has representation from various demographics.</t>
+  </si>
+  <si>
+    <t>LARRY</t>
+  </si>
+  <si>
+    <t>REECER</t>
+  </si>
+  <si>
+    <t>I’m seeking to be a delegate to build connection, listen to community needs, and advocate for solutions that create meaningful, positive change for families and working people.</t>
+  </si>
+  <si>
+    <t>MACHIN</t>
+  </si>
+  <si>
+    <t>I’m seeking to serve as a delegate because I care deeply about New Mexico and believe in building a strong, supportive community. My goal is to represent my ward with integrity and help foster a positive future for everyone.</t>
+  </si>
+  <si>
+    <t>CHANDLER</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate in an attempt to support and promote Progressive Democratic candidates and issues.</t>
+  </si>
+  <si>
+    <t>I am running to become more involved in the state Democratic party and the democratic process in New Mexico.</t>
+  </si>
+  <si>
+    <t>PAPAS</t>
+  </si>
+  <si>
+    <t>20C</t>
+  </si>
+  <si>
+    <t>’m excited to be a delegate because I believe in active participation and community leadership. I want to stand up for the issues that matter, engage more young people, and help our community shape the future of our party.</t>
+  </si>
+  <si>
+    <t>WALD</t>
+  </si>
+  <si>
+    <t>SEDLACEK</t>
+  </si>
+  <si>
+    <t>CAROLYN</t>
+  </si>
+  <si>
+    <t>HUGHES</t>
+  </si>
+  <si>
+    <t>EFFRON</t>
+  </si>
+  <si>
+    <t>Our Democracy depends on civic and political participation. Our Constitution demands it in its opening statement “We the People”.  To those to whom we entrust our sovereign power, we expect in return honesty and integrity, dedication and courage and a clarity of purpose and obligation. These are traits we cultivate and value among our family, friends and associates. We should demand the same and expect no less of our elected representatives.</t>
+  </si>
+  <si>
+    <t>VIRGINIA</t>
+  </si>
+  <si>
+    <t>CHAPMAN</t>
+  </si>
+  <si>
+    <t>JEAN</t>
+  </si>
+  <si>
+    <t>HANNAH</t>
+  </si>
+  <si>
+    <t>I am running to serve as a Pre-Primary Delegate because I believe deeply in the power of civic participation and informed engagement. Politics is not just about elections—it is about education, dialogue, and building community. I am passionate about helping others understand our democratic processes, encouraging meaningful involvement, and ensuring that everyday voices are represented. As a delegate, I will approach this role with integrity, curiosity, and a commitment to strengthening participatory democracy.</t>
+  </si>
+  <si>
+    <t>CORRINNE</t>
+  </si>
+  <si>
+    <t>CRAWFORD</t>
+  </si>
+  <si>
+    <t>WELBY</t>
+  </si>
+  <si>
+    <t>I worked for former Governor Bill Richardson as his senior policy advisor on health care. I am well versed in the duties of a Governor’s office, staff requirements and its obligations to the general public regardless of party affiliation. I have worked this past year on health policy for Sam Bregman. I believe that I am qualified to be a delegate and have served as one in the past. Thank you.</t>
+  </si>
+  <si>
+    <t>CARROLL</t>
+  </si>
+  <si>
+    <t>JOEL</t>
+  </si>
+  <si>
+    <t>HARDGRAVE</t>
+  </si>
+  <si>
+    <t>I want to have a say in who appears on the primary ballot</t>
+  </si>
+  <si>
+    <t>DIANNE</t>
+  </si>
+  <si>
+    <t>LAYDEN</t>
+  </si>
+  <si>
+    <t>VANESSA</t>
+  </si>
+  <si>
+    <t>D'EUSTACHIO</t>
+  </si>
+  <si>
+    <t>PIERCE-JONES</t>
+  </si>
+  <si>
+    <t>21A</t>
+  </si>
+  <si>
+    <t>COLLIN</t>
+  </si>
+  <si>
+    <t>HIGHTOWER</t>
+  </si>
+  <si>
+    <t>I have a burning desire to continue to support my local community and ensure their voices aren't lost or ignored.</t>
+  </si>
+  <si>
+    <t>FRENCH</t>
+  </si>
+  <si>
+    <t>LA NAEH</t>
+  </si>
+  <si>
+    <t>As a young voter i want to stay active and engaged.</t>
+  </si>
+  <si>
+    <t>LATOMIA</t>
+  </si>
+  <si>
+    <t>We must win the midterms if democrats are going to survive this administration.</t>
+  </si>
+  <si>
+    <t>21B</t>
+  </si>
+  <si>
+    <t>I want to be a delegate to help bring people together, ensure community concerns are heard, and work toward practical solutions that improve everyday lives.</t>
+  </si>
+  <si>
+    <t>DORAN</t>
+  </si>
+  <si>
+    <t>CARLOS</t>
+  </si>
+  <si>
+    <t>LOVATO</t>
+  </si>
+  <si>
+    <t>I want to become a delegate to help give my community a true voice and work toward healing and strengthening it. Given where our country is right now, it’s more important than ever that we come together to address wrongdoing, stand up for what’s right, and protect one another. I want to help fill the void left by corruption and lack of empathy, and fight for fairness, integrity, and the values our community deserves.</t>
+  </si>
+  <si>
+    <t>DIANA</t>
+  </si>
+  <si>
+    <t>Running to be a delegate is my way of turning anger into action. I am angry at the surge of GOP attempts to limit democracy. I believe it is incumbent (pun intended) on all of us to live up to our civic responsibility to be part of the democratic process. I want to be part of electing the best candidates and developing the best platform for our great state.</t>
+  </si>
+  <si>
+    <t>JUNE</t>
+  </si>
+  <si>
+    <t>GANDERT</t>
+  </si>
+  <si>
+    <t>I am interested in participating in the democratic pre-primary.</t>
+  </si>
+  <si>
+    <t>WALDRIP</t>
+  </si>
+  <si>
+    <t>22A</t>
+  </si>
+  <si>
+    <t>GIBB</t>
+  </si>
+  <si>
+    <t>I want to become more involved in the Democratic Party</t>
+  </si>
+  <si>
+    <t>GWENDOLYN</t>
+  </si>
+  <si>
+    <t>BARNHART</t>
+  </si>
+  <si>
+    <t>I am an active Precinct chair and weekly volunteer at the Democratic Office in Cedar Crest.   I have strong ties to our Democratic ideals.   I am dedicated to protecting our state and our country from an authoritarian government.</t>
+  </si>
+  <si>
+    <t>RALPH</t>
+  </si>
+  <si>
+    <t>JACOBY</t>
+  </si>
+  <si>
+    <t>The more Democrats who participate the better - that goes especially for this year where our democracy is clearly under attack.  If anyone doubts that New Mexico Democrats will be working hard to stay Blue, they will know that we are energized.  I think it is important for organizational meetings to have as many delegates as are allocated.</t>
+  </si>
+  <si>
+    <t>HAROLD</t>
+  </si>
+  <si>
+    <t>MURPHREE</t>
+  </si>
+  <si>
+    <t>EVERETT</t>
+  </si>
+  <si>
+    <t>I believe in supporting a fair voting process and ensuring we have the strongest candidates possible to support our communities. There are so many reasons to be proud to be a New Mexican and I want to ensure our Democratic candidates reflect the values and great attributes of our communities across the state. I would greatly appreciate the honor to be a delegate in this process. Thank you.</t>
+  </si>
+  <si>
+    <t>RODNEY</t>
+  </si>
+  <si>
+    <t>It’s important that we all participate and do our part to help organize the Democratic Party in our state.</t>
+  </si>
+  <si>
+    <t>SMITH-JACOBY</t>
+  </si>
+  <si>
+    <t>Given one of the President's most recent lies about New Mexico's voting system being corrupt and favoring Democratic candidates, I think it is important for as many Democrats to be involved in the organizational process and then to work to continue to elect Democrats to office.  Our elections are consistently noted in non-partisan studies and articles to be among the most well run in the country. We are 100% Blue at the National Level and have excellent representation in the House and the Senate.  Let's make sure this continues.  Let's keep working for Democrats at the State and Local levels.</t>
+  </si>
+  <si>
+    <t>GILPIN</t>
+  </si>
+  <si>
+    <t>EAGAN</t>
+  </si>
+  <si>
+    <t>ANNA</t>
+  </si>
+  <si>
+    <t>KING</t>
+  </si>
+  <si>
+    <t>I am running as a Pre-Primary delegate in hopes that I can vote in the best candidate to win the general election for Governor of NM. I have been following the careers of those running and would like to participate in helping with their election.</t>
+  </si>
+  <si>
+    <t>CLAUDIA</t>
+  </si>
+  <si>
+    <t>RISNER</t>
+  </si>
+  <si>
+    <t>22B</t>
+  </si>
+  <si>
+    <t>WAYNE</t>
+  </si>
+  <si>
+    <t>EVELO</t>
+  </si>
+  <si>
+    <t>I understand the responsibilities of being a delegate because I was previously a Ward Chair and SCC member.  I have been involved with NM politics for many years and take the  responsibilities of a delegate very seriously.  I also live in the east mountains an area often under represented by Democratic party delegates.  Please support my run.</t>
+  </si>
+  <si>
+    <t>CHARLEE</t>
+  </si>
+  <si>
+    <t>GALBREATH</t>
+  </si>
+  <si>
+    <t>I would like to represent Ward 22B and Bernalillo County as a pre-primary delegate.</t>
+  </si>
+  <si>
+    <t>LIZZA</t>
+  </si>
+  <si>
+    <t>It is critical we have the best candidates on our ballots to represent our communities. I'm running to have a say in the candidates we have on our ballot.</t>
+  </si>
+  <si>
+    <t>CHRIS</t>
+  </si>
+  <si>
+    <t>CROUCH</t>
+  </si>
+  <si>
+    <t>MOODY</t>
+  </si>
+  <si>
+    <t>24A</t>
+  </si>
+  <si>
+    <t>As a Democrat who has been involved in New Mexico Democratic Party activates since 1968, I wish to continue to have a voice in selecting candidates for the Democratic Party Primary election.</t>
+  </si>
+  <si>
+    <t>WILLIAMS</t>
+  </si>
+  <si>
+    <t>I am a lifelong Democratic Party supporter.  I’ve lived in New Mexico for 40+ years and have been active in the Democratic Party for about 10 years including currently serving at the Precinct level and on the Resolutions Committee.I strive to be a well informed voter and have actively participated in the campaigns of current legislators who have fulfilled their promise to lift up the lives of our citizens who struggle to meet everyday needs for their families.I have learned that, despite its difficulties and disappointments, working with others to elect good people moves us forward.</t>
+  </si>
+  <si>
+    <t>NICK</t>
+  </si>
+  <si>
+    <t>WOFFARD</t>
+  </si>
+  <si>
+    <t>My goal as a delegate will be nominating progressive candidates who have proven track records of social justice and community involvement, and will fight for New Mexico against the current administration. I have a background in science education and medicine and now work within the nm justice system.</t>
+  </si>
+  <si>
+    <t>KATELYN</t>
+  </si>
+  <si>
+    <t>ROCK</t>
+  </si>
+  <si>
+    <t>ZLATA</t>
+  </si>
+  <si>
+    <t>NOURIE</t>
+  </si>
+  <si>
+    <t>MARGARITA</t>
+  </si>
+  <si>
+    <t>24B</t>
+  </si>
+  <si>
+    <t>I want to be a pre-primary delegate for Ward 24B, Precinct 472 to ensure our community’s voices are heard. As a first-generation Mexican-American and Licensed Clinical Social Worker specializing in substance abuse therapy, I’ve seen firsthand how policy decisions affect real lives. I am committed to being an advocate for all people, regardless of race, culture, religion, or background. I’m not seeking a political career, but I recognize the importance of this moment and am motivated to participate, stay informed, and help shape candidates and policies that reflect our neighbors’ priorities at the State Pre-Primary Convention.</t>
+  </si>
+  <si>
+    <t>I view voting as a privilege and see that as part of my role in being a responsible citizen.</t>
+  </si>
+  <si>
+    <t>AMBER</t>
+  </si>
+  <si>
+    <t>SKORKA</t>
+  </si>
+  <si>
+    <t>As a lifelong Democrat, I hope to serve as a delegate to continue fostering community engagement and providing meaningful, impactful representation.</t>
+  </si>
+  <si>
+    <t>JEFFERY</t>
+  </si>
+  <si>
+    <t>WAUSON</t>
+  </si>
+  <si>
+    <t>I want to be a delegate to be more pro-active in our party and community.</t>
+  </si>
+  <si>
+    <t>WHITNEY</t>
+  </si>
+  <si>
+    <t>MUZIANI-HOLLAND</t>
+  </si>
+  <si>
+    <t>HERNANDEZ</t>
+  </si>
+  <si>
+    <t>WRONS</t>
+  </si>
+  <si>
+    <t>I am a longtime proponent and practitioner of being informed on the candidates running for political office, including in the primaries for County and State elected positions.  I want to do that again for 2026.</t>
+  </si>
+  <si>
+    <t>24C</t>
+  </si>
+  <si>
+    <t>I am a life- long Democrat who is dedicated to supporting true liberty and constitutionality, which our current president is trying to destroy.</t>
+  </si>
+  <si>
+    <t>BRODEUR</t>
+  </si>
+  <si>
+    <t>I received an email stating that my Ward has no registered delegates, seeing this I decided I should step up.  More than ever our country needs a strong Democratic party to oppose right wing corporate interests and their autocratic politicians. I worked for the State of NM for 24 years and was a shop steward for most of my career and remain active in state politics as a member of Retired Public Employees of New Mexico. I believe New Mexico can be an important leader for working people and a strong part of the coming blue wave.</t>
+  </si>
+  <si>
+    <t>IVAN</t>
+  </si>
+  <si>
+    <t>HERNANDEZ-TORRES</t>
+  </si>
+  <si>
+    <t>As a life long Albuquerque resident I want to have a say on who gets to represent this great city and state I call home.</t>
+  </si>
+  <si>
+    <t>DOUGLAS DE BACA</t>
+  </si>
+  <si>
+    <t>MARGARET</t>
+  </si>
+  <si>
+    <t>HORAN</t>
+  </si>
+  <si>
+    <t>24D</t>
+  </si>
+  <si>
+    <t>BERNARDO</t>
+  </si>
+  <si>
+    <t>VEGA</t>
+  </si>
+  <si>
+    <t>RACHEL</t>
+  </si>
+  <si>
+    <t>KAEDI</t>
+  </si>
+  <si>
+    <t>I am currently the precinct chair for 506 as of last year. I want the opportunity to continue to represent my neighborhood and keep them informed. I love being a part of the democratic process that shapes our party and our future.</t>
+  </si>
+  <si>
+    <t>KELLIE</t>
+  </si>
+  <si>
+    <t>CUSTER</t>
+  </si>
+  <si>
+    <t>I'm a life long Democrate and want  to participate in proserving democracy.</t>
+  </si>
+  <si>
+    <t>GARRETT</t>
+  </si>
+  <si>
+    <t>It is critical that we present strong candidates to maintain the momentum in the state and retake national prominence.</t>
+  </si>
+  <si>
+    <t>25A</t>
+  </si>
+  <si>
+    <t>I’m running as a delegate because I believe in New Mexico, its people, and the strength of our community. I want to help support a positive future by listening, representing my ward, and contributing to a strong, united community.</t>
+  </si>
+  <si>
+    <t>C DE BACA</t>
+  </si>
+  <si>
+    <t>SAMANI</t>
+  </si>
+  <si>
+    <t>My name is Sara Samani. I have been a special education teacher for ten years. I am running because I want a democratic party that can fight and win. I want a party that has a vision for a functioning society that creates a safe and healthy environment and raises its kids with care. I was born here. My parents were immigrants who could not return to their country because of poverty and dictatorship. Protecting people and children will require thoughtful and sincere organization. Abolish ICE.</t>
+  </si>
+  <si>
+    <t>GOOD</t>
+  </si>
+  <si>
+    <t>I am back and ready to help. I almost died twice this last year. Former Secretary of the Bernalillo County Democratic Party. Former pct chair 432. Former Westside Democrat and SCC member.</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate because I have lived in New Mexico my entire life and care deeply about our communities. I retired after more than 30 years with the Metro Courts, including serving as CEO, where I learned the value of fairness, integrity, and public service. I want to continue serving by supporting Democratic values and helping ensure a strong, representative nominating process.</t>
+  </si>
+  <si>
+    <t>JUSTIN</t>
+  </si>
+  <si>
+    <t>ANA</t>
+  </si>
+  <si>
+    <t>CANALES</t>
+  </si>
+  <si>
+    <t>25B</t>
+  </si>
+  <si>
+    <t>MICHEL</t>
+  </si>
+  <si>
+    <t>I’m running because I think it’s important that young progressive voices are represented in the pre-primary process.</t>
+  </si>
+  <si>
+    <t>ANASTASIA</t>
+  </si>
+  <si>
+    <t>ANDERSEN</t>
+  </si>
+  <si>
+    <t>ABBY</t>
+  </si>
+  <si>
+    <t>25C</t>
+  </si>
+  <si>
+    <t>ANGELA</t>
+  </si>
+  <si>
+    <t>POSS</t>
+  </si>
+  <si>
+    <t>I am a proud queer woman and lifelong Democrat, former DPNM staffer and SCC member, and now the owner of a small business based in Albuquerque. I'm running for the Pre-Primary to give a voice to LGBTQ New Mexicans as well as to progressive owned small businesses in our democratic processes.</t>
+  </si>
+  <si>
+    <t>CHRISTINA</t>
+  </si>
+  <si>
+    <t>VALENTINE</t>
+  </si>
+  <si>
+    <t>I am uneducated, the 385 precinct chair in Ward 25C and have been very involved in the Pueblo Alto Neighborhood Association as a board member (8 years) and a community member since 2001. My biggest focus in Pueblo Alto has been in building community and I feel that I would be a good representative to ensure that our community's voices are heard.</t>
+  </si>
+  <si>
+    <t>SEDREL</t>
+  </si>
+  <si>
+    <t>JESUS</t>
+  </si>
+  <si>
+    <t>COLLIE</t>
+  </si>
+  <si>
+    <t>BRITTANY</t>
+  </si>
+  <si>
+    <t>ARTHUR</t>
+  </si>
+  <si>
+    <t>FLICKER</t>
+  </si>
+  <si>
+    <t>I want to become a delegate to give my community a true voice and stand up for what’s right. In a time of division and corruption, I believe it’s critical to lead with integrity, empathy, and accountability while working to protect and uplift our community.</t>
+  </si>
+  <si>
+    <t>PETE</t>
+  </si>
+  <si>
+    <t>DINELLI</t>
+  </si>
+  <si>
+    <t>I am  lifelong Democrat and have served in the past as a Precinct Chair, Ward Chain and as a member of the State Central Committee. Now more than ever, Democrats need to stand up for our Democracy and be strong advocates for Democratic Core Values and oppose the authoritarian destruction of our Country and our Democracy that Trump and MAGA Republicans represent.</t>
+  </si>
+  <si>
+    <t>KIMBERLY</t>
+  </si>
+  <si>
+    <t>GAUDERMAN</t>
+  </si>
+  <si>
+    <t>KELEHER</t>
+  </si>
+  <si>
+    <t>I’m running as a pre-primary delegate because I believe deeply in New Mexico and in the Democratic Party’s ability to deliver positive change for New Mexicans.</t>
+  </si>
+  <si>
+    <t>FOSTER</t>
+  </si>
+  <si>
+    <t>COLEMAN</t>
+  </si>
+  <si>
+    <t>KLESERT</t>
+  </si>
+  <si>
+    <t>CHRISTY</t>
+  </si>
+  <si>
+    <t>JEWELL-ROTH</t>
+  </si>
+  <si>
+    <t>Our state is an island in a country that has lost its way.  The Democratic Party is the only hope for the United States to preserve any of the freedoms the American people have discarded by voting  for Republicans.  New Mexico Democrats can not afford to undercut one another.</t>
+  </si>
+  <si>
+    <t>ELI</t>
+  </si>
+  <si>
+    <t>CROWLEY</t>
+  </si>
+  <si>
+    <t>BENTON</t>
+  </si>
+  <si>
+    <t>MANUEL</t>
+  </si>
+  <si>
+    <t>CRESPIN</t>
+  </si>
+  <si>
+    <t>JOESHUA</t>
+  </si>
+  <si>
+    <t>BONILLA RAMOS</t>
+  </si>
+  <si>
+    <t>I’m running to be a delegate to listen, represent, and help build a stronger, more connected community through thoughtful action.</t>
+  </si>
+  <si>
+    <t>ISABEL</t>
+  </si>
+  <si>
+    <t>CARLISLE</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate because I want to help ensure our community’s voices are heard in the Democratic nominating process. I believe in participation, equity, and building a stronger Democratic Party from the ground up.-Isabel Carlisle</t>
+  </si>
+  <si>
+    <t>JANICE</t>
+  </si>
+  <si>
+    <t>CUNNINGHAM</t>
+  </si>
+  <si>
+    <t>JOSE</t>
+  </si>
+  <si>
+    <t>NORIEGA</t>
+  </si>
+  <si>
+    <t>DYRCZ</t>
+  </si>
+  <si>
+    <t>I am a lifelong Albuquerque resident, and I am committed to this community and to a political process that brings people together to make decisions regarding issues that affect their lives. I think it is important to participate in the political life of one's community, and to work with others to build vibrant and effective political institutions.</t>
+  </si>
+  <si>
+    <t>LOUTH</t>
+  </si>
+  <si>
+    <t>25D</t>
+  </si>
+  <si>
+    <t>As a younger voice, I hope to encourage more people my age to participate, engage in the political process, and make a real impact in our part</t>
+  </si>
+  <si>
+    <t>BETTY</t>
+  </si>
+  <si>
+    <t>BEGEAL</t>
+  </si>
+  <si>
+    <t>I am a precinct chair who feels like it is my duty to get more involved with the fight against the Republican party downward spiral.</t>
+  </si>
+  <si>
+    <t>FLORES</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>PANAIOTIS</t>
+  </si>
+  <si>
+    <t>JOAN</t>
+  </si>
+  <si>
+    <t>BRADLEY</t>
+  </si>
+  <si>
+    <t>I want to become a more active participant in the democratic process.  Voting rights and fair and impartial elections are under attack in our country.  I am aware of these threats and I believe that it is my duty to fight them.  I believe that my participation in the Democratic party is the most important method that I have at my disposal for doing this important work.</t>
+  </si>
+  <si>
+    <t>TRAUB</t>
+  </si>
+  <si>
+    <t>I am a life long Democrat &amp; a native Albuquerquean with strong ties to our community. I abhor what is going on in this country today and want to make a difference. I strongly support the current medical malpractice reform legislation, universal childcare, public education, job creation, sanctuary city declarations, and ridding ourselves of the DOJ, ICE, DHS influences in our state &amp; country. I am old to remember what went on in the late 60’s &amp; early 70’s right here in New Mexico while I attended UNM. We cannot allow ourselves to be lulled into complacency. Viva New Mexico. Each vote matters.</t>
+  </si>
+  <si>
+    <t>ANTHONY</t>
+  </si>
+  <si>
+    <t>I’m a lifelong democrat who’s interested in being more involved in the process of electing our officials.</t>
+  </si>
+  <si>
+    <t>MILLARD</t>
+  </si>
+  <si>
+    <t>KISER</t>
+  </si>
+  <si>
+    <t>This is my tenth election cycle.  During these past years I was a precinct chair, ward chair, SCC member and on the rules and resolutions committees of the county party.  I wish to continue my work to elect good Democratic Party candidates.</t>
+  </si>
+  <si>
+    <t>GERARD</t>
+  </si>
+  <si>
+    <t>I have been active in support of Democratic candidates and issues since the 1970s. 1663166</t>
+  </si>
+  <si>
+    <t>SHANNON</t>
+  </si>
+  <si>
+    <t>BUZARD</t>
+  </si>
+  <si>
+    <t>As a Vice Chair of the LGBTQIA+ Caucus, I am interested in making sure that candidates will protect my community's rights. I will be connecting with other delegates to the convention to build engagement with the Caucus and the Party.</t>
+  </si>
+  <si>
+    <t>SPIRO</t>
+  </si>
+  <si>
+    <t>LOWRY</t>
+  </si>
+  <si>
+    <t>SOFIA</t>
+  </si>
+  <si>
+    <t>My name is Sofia. I am born and raised in New Mexico and in HD 25. I’m running because I want to ensure our state stays on the track of protection and serving all people, not just a selected few. I’m dedicated to making sure our communities have the resources and elected  to continue to put New Mexicans in the right track.</t>
+  </si>
+  <si>
+    <t>GEIB-ECKENROTH</t>
+  </si>
+  <si>
+    <t>CESAR</t>
+  </si>
+  <si>
+    <t>DIAZ</t>
+  </si>
+  <si>
+    <t>CHRISTOPHER</t>
+  </si>
+  <si>
+    <t>SEDILLO</t>
+  </si>
+  <si>
+    <t>26A</t>
+  </si>
+  <si>
+    <t>ESPANA-HERNANDEZ</t>
+  </si>
+  <si>
+    <t>RICE</t>
+  </si>
+  <si>
+    <t>ADRIAN</t>
+  </si>
+  <si>
+    <t>PATTERSON-COMFORT</t>
+  </si>
+  <si>
+    <t>I'm a millennial and I would like to participate in the process by placing our next Democrat Governor on the ballot and all our other candidates.</t>
+  </si>
+  <si>
+    <t>CHAD</t>
+  </si>
+  <si>
+    <t>ABEYTA</t>
+  </si>
+  <si>
+    <t>I want to help preserve democracy. I am ready to help and be involved.</t>
+  </si>
+  <si>
+    <t>JOILE</t>
+  </si>
+  <si>
+    <t>DUARTE</t>
+  </si>
+  <si>
+    <t>26B</t>
+  </si>
+  <si>
+    <t>I want to be a delegate because I care deeply about my community and want to make sure everyday people are heard and represented. I believe in showing up, listening, and advocating for values like equity, respect, and opportunity, and I’m committed to representing Bernalillo County with integrity and accountability.</t>
+  </si>
+  <si>
+    <t>ERIC</t>
+  </si>
+  <si>
+    <t>PERALES</t>
+  </si>
+  <si>
+    <t>I'm a longtime Democrat and strongly believe in Democracy and want to be part of the process</t>
+  </si>
+  <si>
+    <t>BENNIE</t>
+  </si>
+  <si>
+    <t>SANDOVAL</t>
+  </si>
+  <si>
+    <t>COMFORT</t>
+  </si>
+  <si>
+    <t>PATTERSON</t>
+  </si>
+  <si>
+    <t>JERRY</t>
+  </si>
+  <si>
+    <t>THORN</t>
+  </si>
+  <si>
+    <t>26C</t>
+  </si>
+  <si>
+    <t>DANIELLE</t>
+  </si>
+  <si>
+    <t>SILVA</t>
+  </si>
+  <si>
+    <t>I am new to the process of the pre-primary convention and would be interested in being involved in all levels of the Democratic Process.</t>
+  </si>
+  <si>
+    <t>JULIE</t>
+  </si>
+  <si>
+    <t>RADOSLOVICH</t>
+  </si>
+  <si>
+    <t>I seek to support the party at the grassroots level.</t>
+  </si>
+  <si>
+    <t>CHAVEZ</t>
+  </si>
+  <si>
+    <t>PHILIP</t>
+  </si>
+  <si>
+    <t>SNEDEKER</t>
+  </si>
+  <si>
+    <t>27A</t>
+  </si>
+  <si>
+    <t>I wish to participate in this process.</t>
+  </si>
+  <si>
+    <t>ROSIE</t>
+  </si>
+  <si>
+    <t>ARRAZOLO</t>
+  </si>
+  <si>
+    <t>27B</t>
+  </si>
+  <si>
+    <t>STREET</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre?Primary Delegate because my long?standing work with the cemetery and our veterans has shaped my commitment to service, remembrance, and community. Those relationships taught me the importance of honoring sacrifice with action, not just words. I want to bring that same sense of responsibility to our party’s process—ensuring that the voices of those who served, and the families who support them, are represented with dignity and respect.</t>
+  </si>
+  <si>
+    <t>DENISE</t>
+  </si>
+  <si>
+    <t>SUTTLE</t>
+  </si>
+  <si>
+    <t>Our precinct and ward are in predominantly Republican-skewed neighborhoods, and I want to get our voters more involved. When we vote, we win. Grassroots activism can lead to great changes at the county, state and national levels.</t>
+  </si>
+  <si>
+    <t>DORAIFAY</t>
+  </si>
+  <si>
+    <t>ESTRADA</t>
+  </si>
+  <si>
+    <t>I am a long time union member of the Teamsters.  I became a Teamster 18 years ago.  I know working under a union contract is the key element in getting out of generational poverty. I want to be a delegate to bring more of a union presence to the Democrat party.  Workers over billionaires. I also want to make sure our state is never right to work and educates our party on the value of being a contracted employee.</t>
+  </si>
+  <si>
+    <t>MARISOL</t>
+  </si>
+  <si>
+    <t>ENRIQUEZ</t>
+  </si>
+  <si>
+    <t>KATHLEEN</t>
+  </si>
+  <si>
+    <t>ECONOMY</t>
+  </si>
+  <si>
+    <t>27C</t>
+  </si>
+  <si>
+    <t>TRUJILLO-FAY</t>
+  </si>
+  <si>
+    <t>My name is Carol Trujillo-Fay and I am running as a delegate for the pre-primary. I am currently the  CD1 Representative for the Adelante Progressive Caucus and I want to make sure progressive voices are listened to while we come together to make decisions for our future in New Mexico.</t>
+  </si>
+  <si>
+    <t>BUCHHOLTZ</t>
+  </si>
+  <si>
+    <t>I am a lifelong Democrat and a former member of the Central Committee. I want to serve as a delegate to continue advocating for our community and ensuring every voice is represented.</t>
+  </si>
+  <si>
+    <t>SCHOTT</t>
+  </si>
+  <si>
+    <t>GUNN MILES</t>
+  </si>
+  <si>
+    <t>Providing New Mexican voters with excellent candidates who will best represent our democratic and inclusive values,  addressing our unique population, strengths and challenges while championing to preserve our glorious and evolving democracy in this vital process of self governance is a role of responsibility I would be honored to serve with enthusiasm and integrity.</t>
+  </si>
+  <si>
+    <t>SHARP</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>ROMBERG</t>
+  </si>
+  <si>
+    <t>COLLIER</t>
+  </si>
+  <si>
+    <t>SHURIE</t>
+  </si>
+  <si>
+    <t>GONZALES</t>
+  </si>
+  <si>
+    <t>27D</t>
+  </si>
+  <si>
+    <t>I am interested in helping to support the NM Democratic Party and helping Elect Democrats in 2026.</t>
+  </si>
+  <si>
+    <t>CHARLES</t>
+  </si>
+  <si>
+    <t>JETTY</t>
+  </si>
+  <si>
+    <t>GREG</t>
+  </si>
+  <si>
+    <t>SEELEY</t>
+  </si>
+  <si>
+    <t>I am a lifelong New Mexico Democrat and a committed volunteer. After retiring from active duty in the United States Air Force, Ive been honored to continue to serve my community by helping elect string Democrats across our state. I’ve served as a Precinct and Ward Chair, and I’ve helped organize, recruit volunteers, and turn out voters. I’m running to be a delegate to represent my ward, support our shared values, and help Democrats keep control of the Roundhouse this year and many years to come!</t>
+  </si>
+  <si>
+    <t>ORBACH</t>
+  </si>
+  <si>
+    <t>28A</t>
+  </si>
+  <si>
+    <t>KENDALL</t>
+  </si>
+  <si>
+    <t>DODD</t>
+  </si>
+  <si>
+    <t>I want to ensure my immediate area is represented and look forward to learning more.</t>
+  </si>
+  <si>
+    <t>KARILYN</t>
+  </si>
+  <si>
+    <t>LUJAN HAOZOUS</t>
+  </si>
+  <si>
+    <t>28B</t>
+  </si>
+  <si>
+    <t>Drawing on my experience promoting voter participation and working with community partners through the Native American Democratic Caucus, I've seen how much strength comes from communities supporting one another.That work has shown me the importance of bringing people together and making sure every voice is valued. I'm running as a Delegate to help ensure our precinct is represented with respect and a commitment to collective progress.</t>
+  </si>
+  <si>
+    <t>PAMELYA</t>
+  </si>
+  <si>
+    <t>HERNDON</t>
+  </si>
+  <si>
+    <t>COLTON</t>
+  </si>
+  <si>
+    <t>NEWMAN</t>
+  </si>
+  <si>
+    <t>I’m Colton A. Newman, a proud Albuquerque resident and former City Council candidate in District 9. I care deeply about our community and have spent my career working on issues like public health, fair workplaces, sustainability and community well-being. I believe local voices matter, and that our party should reflect the everyday concerns of New Mexicans. If elected as a Pre-Primary Delegate, I’ll take the role seriously, stay engaged, and vote thoughtfully to help put forward strong, representative candidates for our state. These are challenging political times, and we need the best candidates to lead us forward.</t>
+  </si>
+  <si>
+    <t>STACY</t>
+  </si>
+  <si>
+    <t>TOMPKINS</t>
+  </si>
+  <si>
+    <t>This seems like a good way to connect with more Dems, learn more about what our communities need and want, and to be involved in helping shape our future!</t>
+  </si>
+  <si>
+    <t>GONZALES-CARVER</t>
+  </si>
+  <si>
+    <t>We need to have new ideas and faces advocating for all</t>
+  </si>
+  <si>
+    <t>CORNELIA</t>
+  </si>
+  <si>
+    <t>LANGE</t>
+  </si>
+  <si>
+    <t>JURKOWSKI</t>
+  </si>
+  <si>
+    <t>28C</t>
+  </si>
+  <si>
+    <t>50+ year Party member, former Teamster Union member, steelworker. Donor and volunteer. Bernie Bro and ANTI-TRUMP.</t>
+  </si>
+  <si>
+    <t>VICKI</t>
+  </si>
+  <si>
+    <t>FARRAR</t>
+  </si>
+  <si>
+    <t>JOSEFINA</t>
+  </si>
+  <si>
+    <t>DOMINGUEZ</t>
+  </si>
+  <si>
+    <t>Here’s a tightened, clear, and balanced revision that keeps your intent while smoothing the tone and flow: I am running to serve as a pre-primary delegate to help ensure a broad and diverse field of primary candidates. I believe it is essential to bring new voices into our primaries and to foster an equally diverse and robust conversation for each office. To strengthen our party, we must challenge ourselves to be more inclusive and welcoming—embracing new communities and perspectives and thoughtfully weaving them into our established norms.</t>
+  </si>
+  <si>
+    <t>DYER</t>
+  </si>
+  <si>
+    <t>“ I would like to be a delegate to keep pragmatic and progressive leadership for my beloved New Mexico”</t>
+  </si>
+  <si>
+    <t>IDALIA</t>
+  </si>
+  <si>
+    <t>LECHUGA-TENA</t>
+  </si>
+  <si>
+    <t>OGRADY</t>
+  </si>
+  <si>
+    <t>I was 28C Ward Chair and have been 526 Precinct Chair for years. I'm running to be a Pre-Primary Delegate to support the democratic process, currently under serious attack by the current administration. I'm very concerned about the confiscation of the Fulton County 2020 election ballots and what this means for this year's midterm elections.  Let's all join together and fight for our First Amendment rights and to keep elections free and fair. Thanks so much for your vote! Shannon</t>
+  </si>
+  <si>
+    <t>WILDER</t>
+  </si>
+  <si>
+    <t>28D</t>
+  </si>
+  <si>
+    <t>STEINKAMP</t>
+  </si>
+  <si>
+    <t>EDWINA</t>
+  </si>
+  <si>
+    <t>BEARD</t>
+  </si>
+  <si>
+    <t>To provide a wide representation of Democrats in New Mexico.</t>
+  </si>
+  <si>
+    <t>HASYNIEC</t>
+  </si>
+  <si>
+    <t>I’m seeking to be a delegate because I believe a great future for New Mexico starts with strong communities. I want to represent my ward by listening, supporting others, and helping move our community forward.</t>
+  </si>
+  <si>
+    <t>KENNETH</t>
+  </si>
+  <si>
+    <t>DIX</t>
+  </si>
+  <si>
+    <t>JUDITH</t>
+  </si>
+  <si>
+    <t>MINKS</t>
+  </si>
+  <si>
+    <t>I planning to run to be a Pre-Primary Delegate to support and increase the work we are doing to strengthen our vital democracy--- that is all inclusive.</t>
+  </si>
+  <si>
+    <t>RHOADS</t>
+  </si>
+  <si>
+    <t>I will uphold the values of the Democratic Party in my role as a PrePrimary delegate.</t>
+  </si>
+  <si>
+    <t>LONG</t>
+  </si>
+  <si>
+    <t>29A</t>
+  </si>
+  <si>
+    <t>I am running to be a pre-primary convention delegate to ensure working families, public servants, and union members have a strong, unapologetic voice in candidate selection and party priorities. I believe delegates must reflect the real struggles of workers and push for leaders committed to fair wages, safe workplaces, and economic justice. My experience organizing and advocating for members has prepared me to ensure accountability — When it comes to protecting New Mexico’s greater Labor Movement and working to level the playing field for Union members and families, with stakes *this* high, our choices are more than critical.</t>
+  </si>
+  <si>
+    <t>HALL</t>
+  </si>
+  <si>
+    <t>Becoming a delegate gives me the opportunity to advocate for shared values, uplift local voices, and help create lasting, positive change at the community level.</t>
+  </si>
+  <si>
+    <t>LUCCA</t>
+  </si>
+  <si>
+    <t>OGUSHI</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate because I want to be an example for the youth that they too can get involved in politics, and be the change that they want to see in the world.</t>
+  </si>
+  <si>
+    <t>DALE</t>
+  </si>
+  <si>
+    <t>GARRATT</t>
+  </si>
+  <si>
+    <t>I want to support the Democratic Party against the would-be king and his cronies. Also, I want to join my wife, Joy Garratt, in heart, who is working like crazy during and between sessions. Let's help bring a nationwide BLUE TSUNAMI IN NOVEMBER!</t>
+  </si>
+  <si>
+    <t>GINA</t>
+  </si>
+  <si>
+    <t>I believe our Democratic candidates need our full support</t>
+  </si>
+  <si>
+    <t>SACHEEN</t>
+  </si>
+  <si>
+    <t>I'm running to be a Pre-Primary Delegate for Deb Haaland because representation is not symbolic-it's survival. I'm a Diné Blind lesbian, marginalized at every intersection of who i am, and I know what it means to be unheard. New Mexico deserves a Governor who understands our communities because she comes from them. Deb Haaland has always centered Indigenous individuals, women, individuals with disabilities, and the LGBT+ communities-not as talking points, but as lived responsibility. I'm running to help elect a Governor who leads with accountability, empathy, and justice and who will govern so no one is left behind. -Sacheen Smith</t>
+  </si>
+  <si>
+    <t>ISAIAH</t>
+  </si>
+  <si>
+    <t>ZEMKE</t>
+  </si>
+  <si>
+    <t>I am running to be a pre-primary convention delegate to support my wife to ensure working families, public servants, and union members have a strong, unapologetic voice in candidate selection and party priorities. I believe delegates must reflect the real struggles of workers and push for leaders committed to fair wages, safe workplaces, and economic justice. My experience organizing and advocating for members has prepared me to ensure accountability — When it comes to protecting New Mexico’s greater Labor Movement and working to level the playing field for Union members and families, there is no room for error.</t>
+  </si>
+  <si>
+    <t>VICTOR</t>
+  </si>
+  <si>
+    <t>I would be a strong delegate for Bernalillo County because I am deeply connected to our community and committed to representing everyday voices. I have worked with families, educators, and working New Mexicans and understand our county’s challenges—from education to public safety and economic opportunity. I am organized, accountable, and committed to showing up, listening, and following through to ensure Bernalillo County is fairly represented and our values of equity, respect, and opportunity are reflected in party decisions.</t>
+  </si>
+  <si>
+    <t>JOY</t>
+  </si>
+  <si>
+    <t>JEANNETTE</t>
+  </si>
+  <si>
+    <t>29B</t>
+  </si>
+  <si>
+    <t>GOODWIN</t>
+  </si>
+  <si>
+    <t>I want to be a delegate to give my community a stronger voice, connect neighbors to the decision-making process, and help shape policies that matter in daily life.</t>
+  </si>
+  <si>
+    <t>ALICIA</t>
+  </si>
+  <si>
+    <t>VIGIL-RYAN</t>
+  </si>
+  <si>
+    <t>My name is Alicia Vigil-Ryan I am a native Northern New Mexican who cares about her state and the people of New Mexico. New Mexican’s are authentic people who care about each other and deserve to have a safe and healthy environment to thrive. I hope by becoming more involved in my government I can influence and promote safe, affordable and healthy lifestyles for the families and children of New Mexico. I came home to New Mexico to try to make a difference in my home state which I deeply love.</t>
+  </si>
+  <si>
+    <t>NARANJO</t>
+  </si>
+  <si>
+    <t>I’m interested in being a delegate because I’m passionate about health care laws and policies that directly impact families and working people. I want to advocate for accessible, affordable care and help ensure my community has the support it needs to be healthy, stable, and able to thrive. I believe strong representation can make a real difference in shaping policies that reflect the needs of everyday people.</t>
+  </si>
+  <si>
+    <t>SAUNDERS</t>
+  </si>
+  <si>
+    <t>I care about American democracy and I want to be a active participant.</t>
+  </si>
+  <si>
+    <t>BOAZ</t>
+  </si>
+  <si>
+    <t>SMITH-CHAVEZ</t>
+  </si>
+  <si>
+    <t>29C</t>
+  </si>
+  <si>
+    <t>In these uncertain times, it is critical that we elect as many Democrats as possible, to restrain the damage being done by the Trump Administration.</t>
+  </si>
+  <si>
+    <t>REINHARD</t>
+  </si>
+  <si>
+    <t>LAFLIN</t>
+  </si>
+  <si>
+    <t>30A</t>
+  </si>
+  <si>
+    <t>I want to be a pre-primary delegate because I enjoy helping others sharing ideas and taking responsibility.  I want to represent my community and have strong leadership and communication skills.</t>
+  </si>
+  <si>
+    <t>WHITE</t>
+  </si>
+  <si>
+    <t>A strong voter turnout is a strong country</t>
+  </si>
+  <si>
+    <t>PRIBBLE</t>
+  </si>
+  <si>
+    <t>I want to be a delegate because I believe meaningful change starts with listening, collaborating, and turning community voices into action.</t>
+  </si>
+  <si>
+    <t>KOONTZ</t>
+  </si>
+  <si>
+    <t>I care about what happens to this beautiful state and country.  The attack on the constitution and our freedoms requires us to stand up and do our part.  I am going part time at work and have the time to do what the democratic party and our democracy needs me to do.  I want to help.    Please note I just moved and am in the process of changing my address on my voter registration.</t>
+  </si>
+  <si>
+    <t>PAOLA</t>
+  </si>
+  <si>
+    <t>MACK</t>
+  </si>
+  <si>
+    <t>ORR</t>
+  </si>
+  <si>
+    <t>30B</t>
+  </si>
+  <si>
+    <t>BERNADETTE</t>
+  </si>
+  <si>
+    <t>I have been involved for 30 plus years with the party, served as precinct chair, SCC, and a State Senator for 12 years.   I am running for Pre-Primary Delegate to be elect as a State delegate.  This is a important stage in our political process for the 2026 statewide elections.</t>
+  </si>
+  <si>
+    <t>KATIE</t>
+  </si>
+  <si>
+    <t>GREEN</t>
+  </si>
+  <si>
+    <t>30C</t>
+  </si>
+  <si>
+    <t>BOB</t>
+  </si>
+  <si>
+    <t>WARNE</t>
+  </si>
+  <si>
+    <t>THORNE-LEHMAN</t>
+  </si>
+  <si>
+    <t>MAYO</t>
+  </si>
+  <si>
+    <t>I want to serve as a delegate to help my community have a stronger voice in the Democratic Party. I’m passionate about connecting with people, listening to their concerns, and turning those voices into action that creates real change</t>
+  </si>
+  <si>
+    <t>KRISTIN</t>
+  </si>
+  <si>
+    <t>MASTERS</t>
+  </si>
+  <si>
+    <t>GRACE</t>
+  </si>
+  <si>
+    <t>DUKES</t>
+  </si>
+  <si>
+    <t>I am a young progressive committed to electing bold Democrats and ensuring our party maintains control of the Roundhouse this year. I care deeply about making New Mexico a more equitable place for everyone. By serving as a delegate, I hope to represent my ward's voice, champion our shared values, and help build a stronger future for all New Mexicans.</t>
+  </si>
+  <si>
+    <t>ESDALE</t>
+  </si>
+  <si>
+    <t>I feel a deep responsibility to nurture and grow out democratic system of self-government.  By actively participating I am encouraging others to join us,</t>
+  </si>
+  <si>
+    <t>WESTERLUND</t>
+  </si>
+  <si>
+    <t>I care about making sure everyone’s experiences and concerns are acknowledged, and I’m eager to encourage more people—especially younger voices—to engage and make an impact within the Democratic Party</t>
+  </si>
+  <si>
+    <t>ELKE</t>
+  </si>
+  <si>
+    <t>MARGARET S</t>
+  </si>
+  <si>
+    <t>BOWMAN</t>
+  </si>
+  <si>
+    <t>30D</t>
+  </si>
+  <si>
+    <t>BRENDA</t>
+  </si>
+  <si>
+    <t>STEELE</t>
+  </si>
+  <si>
+    <t>BEATRICE</t>
+  </si>
+  <si>
+    <t>I am seeking election as a Pre-Primary Convention delegate to help ensure our party reflects the voices of our communities and stands firm for democracy, equity, and economic justice. I am committed to supporting Democratic candidates who will fight for New Mexico families and our shared future.</t>
+  </si>
+  <si>
+    <t>ATHENA</t>
+  </si>
+  <si>
+    <t>CHRISTODOULOU</t>
+  </si>
+  <si>
+    <t>31A</t>
+  </si>
+  <si>
+    <t>I am a strong advocate for democratic values. As a former union steward, I am a big supporter of unions and working people. I try to help democratic candidates get elected to move the state and country forward.</t>
+  </si>
+  <si>
+    <t>MOSELEY</t>
+  </si>
+  <si>
+    <t>RANDALL</t>
+  </si>
+  <si>
+    <t>I am a lifelong Democrat which began as a precinct delegate for George McGovern to the state party convention. I want to help get as many Democrats elected as possible and have worked on several local campaigns.</t>
+  </si>
+  <si>
+    <t>SOPHIA</t>
+  </si>
+  <si>
+    <t>NOBREGA</t>
+  </si>
+  <si>
+    <t>I’m running to be a delegate so I can help translate local needs into meaningful action and policies that make a real difference.</t>
+  </si>
+  <si>
+    <t>AMANDA</t>
+  </si>
+  <si>
+    <t>DARA</t>
+  </si>
+  <si>
+    <t>JEANNIE</t>
+  </si>
+  <si>
+    <t>I am running for delegate because I believe strongly in our party’s values and the power of people working together. I want to be a dedicated, committed voice for our members, help advance our priorities, and ensure our decisions reflect integrity, transparency, and action. I have experience as a delegate and passionate about being a Democrat and want to be involved to strengthen our party and our future.</t>
+  </si>
+  <si>
+    <t>APPLEWHITE</t>
+  </si>
+  <si>
+    <t>BARUDIN</t>
+  </si>
+  <si>
+    <t>CAMPBELL</t>
+  </si>
+  <si>
+    <t>PETERSON</t>
+  </si>
+  <si>
+    <t>HAASE</t>
+  </si>
+  <si>
+    <t>WINKLER</t>
+  </si>
+  <si>
+    <t>LANE</t>
+  </si>
+  <si>
+    <t>FINDLEY</t>
+  </si>
+  <si>
+    <t>GOLDSTEIN</t>
+  </si>
+  <si>
+    <t>31B</t>
+  </si>
+  <si>
+    <t>RAPHAEL</t>
+  </si>
+  <si>
+    <t>WARREN</t>
+  </si>
+  <si>
+    <t>I want to be a delegate to strengthen community connections, make sure people feel heard, and help advance solutions that make a real difference in everyday life.</t>
+  </si>
+  <si>
+    <t>SHELDON</t>
+  </si>
+  <si>
+    <t>Becoming a delegate gives me the opportunity to stand up for fairness, promote transparency, and support initiatives that strengthen our community.</t>
+  </si>
+  <si>
+    <t>ROSENBERG</t>
+  </si>
+  <si>
+    <t>SOLOMON</t>
+  </si>
+  <si>
+    <t>ROBERTSON</t>
+  </si>
+  <si>
+    <t>Rich Reynolds: I am frankly frustrated and frighten as many of my fellow New Mexicans with Trump's first year in office - I am tired on the constant assault on our institutions and constitution - I can't watch any news after the PBS News Hour or I will be awake all night of ways to fire bomb Tesla's or... - I realize that I am but a small cog in this big organization but I do have leadership and management experience that I believe can be useful in some manner,MT quote: support your country always but your government only when it deserves it!</t>
+  </si>
+  <si>
+    <t>SUNDBERG</t>
+  </si>
+  <si>
+    <t>DURZO</t>
+  </si>
+  <si>
+    <t>HARPER</t>
+  </si>
+  <si>
+    <t>I have worked yearly in ward politics, also serving as SCC member and delegate to the State convention in the past.</t>
+  </si>
+  <si>
+    <t>NANCIE</t>
+  </si>
+  <si>
+    <t>FURGANG</t>
+  </si>
+  <si>
+    <t>BAKAS</t>
+  </si>
+  <si>
+    <t>Becoming a delegate gives me the opportunity to connect with neighbors, advocate for fairness, and help build a stronger, more inclusive New Mexico.</t>
+  </si>
+  <si>
+    <t>ANNETTE</t>
+  </si>
+  <si>
+    <t>KALANDROS</t>
+  </si>
+  <si>
+    <t>LEEONDRA</t>
+  </si>
+  <si>
+    <t>SCHULER</t>
+  </si>
+  <si>
+    <t>ROCHMAN</t>
+  </si>
+  <si>
+    <t>HEGMON</t>
+  </si>
+  <si>
+    <t>HILL</t>
+  </si>
+  <si>
+    <t>WISHNER</t>
+  </si>
+  <si>
+    <t>DELILAH</t>
+  </si>
+  <si>
+    <t>31C</t>
+  </si>
+  <si>
+    <t>I want to run for delegate in my ward because I’m ready to be more active within the Democratic Party and more intentional about using my voice. I believe representation matters, and I want to help ensure that the concerns, values, and lived experiences of people in my community are heard and respected. Serving as a delegate would allow me to engage in grassroots organizing and help strengthen voter participation. I care about building an inclusive, informed, and accountable party that truly reflects the people it serves, and I’m excited to contribute my time, energy, and perspective to that work.</t>
+  </si>
+  <si>
+    <t>EDWIN</t>
+  </si>
+  <si>
+    <t>HERRING</t>
+  </si>
+  <si>
+    <t>RYAN</t>
+  </si>
+  <si>
+    <t>BRAID</t>
+  </si>
+  <si>
+    <t>ANAYA</t>
+  </si>
+  <si>
+    <t>I would like to run for delegate because it will allow me to be more engaged in my community and help where I can by being an active voice and advocate.</t>
+  </si>
+  <si>
+    <t>CAMILLE</t>
+  </si>
+  <si>
+    <t>SINGARAJU</t>
+  </si>
+  <si>
+    <t>31D</t>
+  </si>
+  <si>
+    <t>I would like to help choose the best candidates to win in the November 2026 election. I am the Precinct chair 585 in Albuquerque, and want to help coordinate voters in my district to feel like their ideas are being herd as I pass on information.</t>
+  </si>
+  <si>
+    <t>DALLAS</t>
+  </si>
+  <si>
+    <t>MEYER-SAVIGNON</t>
+  </si>
+  <si>
+    <t>KRIMSKY</t>
+  </si>
+  <si>
+    <t>I wish to become more active in the democratic process in order to make more informed decisions and share information with neighbors, friends and family.</t>
+  </si>
+  <si>
+    <t>KAYLA</t>
+  </si>
+  <si>
+    <t>ABERNETHY</t>
+  </si>
+  <si>
+    <t>DEL CAMPO</t>
+  </si>
+  <si>
+    <t>I want to represent my community to the larger masses</t>
+  </si>
+  <si>
+    <t>ALEXA</t>
+  </si>
+  <si>
+    <t>TYSSELING</t>
+  </si>
+  <si>
+    <t>I’m running as a delegate because I support New Mexico and believe in a future built on community, respect, and collaboration. I want to represent my ward by listening and helping strengthen the place we all call home.</t>
+  </si>
+  <si>
+    <t>VICKY</t>
+  </si>
+  <si>
+    <t>ESTRADA-BUSTILLO</t>
+  </si>
+  <si>
+    <t>GREENBAUM</t>
+  </si>
+  <si>
+    <t>SHERWOOD</t>
+  </si>
+  <si>
+    <t>MARJORIE</t>
+  </si>
+  <si>
+    <t>GERMAIN</t>
+  </si>
+  <si>
+    <t>68A</t>
+  </si>
+  <si>
+    <t>I am wanting to be much more involved in our Democratic party!</t>
+  </si>
+  <si>
+    <t>VICTORIA</t>
+  </si>
+  <si>
+    <t>LEBLANC-VIALPANDO</t>
+  </si>
+  <si>
+    <t>68B</t>
+  </si>
+  <si>
+    <t>I am running to be a Pre-Primary Delegate because I believe in candidates who will stand up for the best interests of New Mexicans, especially during challenging times. Being a delegate is an opportunity to help ensure that our party’s values of fairness, opportunity, and care for our communities are reflected in the candidates we put forward. I am committed to active participation in our democratic process and to representing the voices and concerns of my community.</t>
+  </si>
+  <si>
+    <t>DELMER</t>
+  </si>
+  <si>
+    <t>LEBLANC</t>
+  </si>
+  <si>
+    <t>I would like to be a Pre-Primary Delegate in support of Sam Bregman.</t>
+  </si>
+  <si>
+    <t>FRANKIE</t>
+  </si>
+  <si>
+    <t>VIALPANDO</t>
+  </si>
+  <si>
+    <t>ASTORGA</t>
+  </si>
+  <si>
+    <t>DEANNA</t>
+  </si>
+  <si>
+    <t>FRESQUEZ</t>
+  </si>
+  <si>
+    <t>ESCHEN</t>
+  </si>
+  <si>
+    <t>68C</t>
+  </si>
+  <si>
+    <t>With everything going on, it’s time to get involved. A life long Union member Democrat who was raised by Father that I followed in his foot steps, I think it’s time I step up. Chad Eschen</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
-    <t>SMITH</t>
-[...1028 lines deleted...]
-    <t>68B</t>
+    <t>SKOWRAN</t>
+  </si>
+  <si>
+    <t>TOYA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -1586,3947 +4045,15465 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:AE53"/>
+  <dimension ref="A1:H631"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="11" bestFit="true" customWidth="true" style="0"/>
-[...29 lines deleted...]
-    <col min="31" max="31" width="16" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="13" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="21" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="5" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="3" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="13" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="12" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="4" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="785" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:31">
+    <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
+    </row>
+    <row r="2" spans="1:8">
+      <c r="A2" t="s">
         <v>8</v>
       </c>
-      <c r="J1" t="s">
+      <c r="B2" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...5 lines deleted...]
-      <c r="M1" t="s">
+      <c r="C2"/>
+      <c r="D2"/>
+      <c r="E2"/>
+      <c r="F2" t="s">
+        <v>10</v>
+      </c>
+      <c r="G2" t="s">
+        <v>11</v>
+      </c>
+      <c r="H2"/>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3" t="s">
         <v>12</v>
       </c>
-      <c r="N1" t="s">
+      <c r="B3" t="s">
         <v>13</v>
       </c>
-      <c r="O1" t="s">
+      <c r="C3"/>
+      <c r="D3"/>
+      <c r="E3"/>
+      <c r="F3" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" t="s">
+        <v>11</v>
+      </c>
+      <c r="H3"/>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" t="s">
         <v>14</v>
       </c>
-      <c r="P1" t="s">
+      <c r="B4" t="s">
         <v>15</v>
       </c>
-      <c r="Q1" t="s">
+      <c r="C4" t="s">
         <v>16</v>
       </c>
-      <c r="R1" t="s">
+      <c r="D4">
+        <v>1</v>
+      </c>
+      <c r="E4" t="s">
+        <v>11</v>
+      </c>
+      <c r="F4" t="s">
+        <v>10</v>
+      </c>
+      <c r="G4" t="s">
+        <v>10</v>
+      </c>
+      <c r="H4" t="s">
         <v>17</v>
       </c>
-      <c r="S1" t="s">
+    </row>
+    <row r="5" spans="1:8">
+      <c r="A5" t="s">
         <v>18</v>
       </c>
-      <c r="T1" t="s">
+      <c r="B5" t="s">
         <v>19</v>
       </c>
-      <c r="U1" t="s">
+      <c r="C5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D5">
+        <v>1</v>
+      </c>
+      <c r="E5"/>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>11</v>
+      </c>
+      <c r="H5"/>
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
         <v>20</v>
       </c>
-      <c r="V1" t="s">
+      <c r="B6" t="s">
         <v>21</v>
       </c>
-      <c r="W1" t="s">
+      <c r="C6" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6">
+        <v>1</v>
+      </c>
+      <c r="E6" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" t="s">
+        <v>10</v>
+      </c>
+      <c r="G6" t="s">
+        <v>10</v>
+      </c>
+      <c r="H6" t="s">
         <v>22</v>
       </c>
-      <c r="X1" t="s">
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
         <v>23</v>
       </c>
-      <c r="Y1" t="s">
+      <c r="B7" t="s">
         <v>24</v>
       </c>
-      <c r="Z1" t="s">
+      <c r="C7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D7">
+        <v>1</v>
+      </c>
+      <c r="E7" t="s">
+        <v>11</v>
+      </c>
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
+        <v>10</v>
+      </c>
+      <c r="H7" t="s">
         <v>25</v>
       </c>
-      <c r="AA1" t="s">
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
         <v>26</v>
       </c>
-      <c r="AB1" t="s">
+      <c r="B8" t="s">
         <v>27</v>
       </c>
-      <c r="AC1" t="s">
+      <c r="C8" t="s">
+        <v>16</v>
+      </c>
+      <c r="D8">
+        <v>2</v>
+      </c>
+      <c r="E8"/>
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
+        <v>11</v>
+      </c>
+      <c r="H8"/>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
         <v>28</v>
       </c>
-      <c r="AD1" t="s">
+      <c r="B9" t="s">
         <v>29</v>
       </c>
-      <c r="AE1" t="s">
+      <c r="C9" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9">
+        <v>2</v>
+      </c>
+      <c r="E9" t="s">
+        <v>10</v>
+      </c>
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
+        <v>10</v>
+      </c>
+      <c r="H9"/>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
         <v>30</v>
-      </c>
-[...585 lines deleted...]
-        <v>25</v>
       </c>
       <c r="B10" t="s">
         <v>31</v>
       </c>
       <c r="C10" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10">
+        <v>2</v>
+      </c>
+      <c r="E10" t="s">
+        <v>11</v>
+      </c>
+      <c r="F10" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" t="s">
+        <v>10</v>
+      </c>
+      <c r="H10" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" t="s">
+        <v>35</v>
+      </c>
+      <c r="C11" t="s">
+        <v>32</v>
+      </c>
+      <c r="D11">
+        <v>2</v>
+      </c>
+      <c r="E11" t="s">
+        <v>11</v>
+      </c>
+      <c r="F11" t="s">
+        <v>10</v>
+      </c>
+      <c r="G11" t="s">
+        <v>10</v>
+      </c>
+      <c r="H11" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>37</v>
+      </c>
+      <c r="B12" t="s">
+        <v>38</v>
+      </c>
+      <c r="C12" t="s">
+        <v>32</v>
+      </c>
+      <c r="D12">
+        <v>2</v>
+      </c>
+      <c r="E12" t="s">
+        <v>11</v>
+      </c>
+      <c r="F12" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" t="s">
+        <v>10</v>
+      </c>
+      <c r="H12" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" t="s">
+        <v>38</v>
+      </c>
+      <c r="C13" t="s">
+        <v>32</v>
+      </c>
+      <c r="D13">
+        <v>2</v>
+      </c>
+      <c r="E13"/>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>10</v>
+      </c>
+      <c r="H13"/>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" t="s">
+        <v>42</v>
+      </c>
+      <c r="C14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D14">
+        <v>2</v>
+      </c>
+      <c r="E14" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
+        <v>10</v>
+      </c>
+      <c r="H14" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" t="s">
+        <v>44</v>
+      </c>
+      <c r="C15" t="s">
+        <v>32</v>
+      </c>
+      <c r="D15">
+        <v>2</v>
+      </c>
+      <c r="E15" t="s">
+        <v>10</v>
+      </c>
+      <c r="F15" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" t="s">
+        <v>10</v>
+      </c>
+      <c r="H15"/>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" t="s">
+        <v>46</v>
+      </c>
+      <c r="C16" t="s">
+        <v>32</v>
+      </c>
+      <c r="D16">
+        <v>2</v>
+      </c>
+      <c r="E16" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>10</v>
+      </c>
+      <c r="H16" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>48</v>
+      </c>
+      <c r="B17" t="s">
+        <v>49</v>
+      </c>
+      <c r="C17" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17">
+        <v>2</v>
+      </c>
+      <c r="E17" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>10</v>
+      </c>
+      <c r="H17" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>52</v>
+      </c>
+      <c r="B18" t="s">
+        <v>53</v>
+      </c>
+      <c r="C18" t="s">
+        <v>50</v>
+      </c>
+      <c r="D18">
+        <v>2</v>
+      </c>
+      <c r="E18"/>
+      <c r="F18" t="s">
+        <v>10</v>
+      </c>
+      <c r="G18" t="s">
+        <v>11</v>
+      </c>
+      <c r="H18"/>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>54</v>
+      </c>
+      <c r="B19" t="s">
         <v>55</v>
       </c>
-      <c r="D10">
-[...8 lines deleted...]
-      <c r="G10" t="s">
+      <c r="C19" t="s">
+        <v>50</v>
+      </c>
+      <c r="D19">
+        <v>2</v>
+      </c>
+      <c r="E19" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" t="s">
+        <v>10</v>
+      </c>
+      <c r="G19" t="s">
+        <v>10</v>
+      </c>
+      <c r="H19" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>57</v>
+      </c>
+      <c r="B20" t="s">
+        <v>58</v>
+      </c>
+      <c r="C20" t="s">
+        <v>59</v>
+      </c>
+      <c r="D20">
+        <v>1</v>
+      </c>
+      <c r="E20" t="s">
+        <v>11</v>
+      </c>
+      <c r="F20" t="s">
+        <v>10</v>
+      </c>
+      <c r="G20" t="s">
+        <v>10</v>
+      </c>
+      <c r="H20" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" t="s">
+        <v>62</v>
+      </c>
+      <c r="C21" t="s">
+        <v>59</v>
+      </c>
+      <c r="D21">
+        <v>1</v>
+      </c>
+      <c r="E21" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" t="s">
+        <v>10</v>
+      </c>
+      <c r="G21" t="s">
+        <v>10</v>
+      </c>
+      <c r="H21" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B22" t="s">
+        <v>65</v>
+      </c>
+      <c r="C22" t="s">
+        <v>59</v>
+      </c>
+      <c r="D22">
+        <v>1</v>
+      </c>
+      <c r="E22" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" t="s">
+        <v>10</v>
+      </c>
+      <c r="G22" t="s">
+        <v>10</v>
+      </c>
+      <c r="H22" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>67</v>
+      </c>
+      <c r="B23" t="s">
+        <v>68</v>
+      </c>
+      <c r="C23" t="s">
+        <v>59</v>
+      </c>
+      <c r="D23">
+        <v>1</v>
+      </c>
+      <c r="E23" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" t="s">
+        <v>10</v>
+      </c>
+      <c r="G23" t="s">
+        <v>10</v>
+      </c>
+      <c r="H23" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>70</v>
+      </c>
+      <c r="B24" t="s">
+        <v>71</v>
+      </c>
+      <c r="C24" t="s">
+        <v>59</v>
+      </c>
+      <c r="D24">
+        <v>1</v>
+      </c>
+      <c r="E24"/>
+      <c r="F24" t="s">
+        <v>10</v>
+      </c>
+      <c r="G24" t="s">
+        <v>11</v>
+      </c>
+      <c r="H24"/>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>72</v>
+      </c>
+      <c r="B25" t="s">
+        <v>73</v>
+      </c>
+      <c r="C25" t="s">
+        <v>59</v>
+      </c>
+      <c r="D25">
+        <v>1</v>
+      </c>
+      <c r="E25" t="s">
+        <v>10</v>
+      </c>
+      <c r="F25" t="s">
+        <v>10</v>
+      </c>
+      <c r="G25" t="s">
+        <v>10</v>
+      </c>
+      <c r="H25"/>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" t="s">
+        <v>65</v>
+      </c>
+      <c r="C26" t="s">
+        <v>59</v>
+      </c>
+      <c r="D26">
+        <v>1</v>
+      </c>
+      <c r="E26"/>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>10</v>
+      </c>
+      <c r="H26"/>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>75</v>
+      </c>
+      <c r="B27" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" t="s">
+        <v>59</v>
+      </c>
+      <c r="D27">
+        <v>1</v>
+      </c>
+      <c r="E27" t="s">
+        <v>11</v>
+      </c>
+      <c r="F27" t="s">
+        <v>10</v>
+      </c>
+      <c r="G27" t="s">
+        <v>10</v>
+      </c>
+      <c r="H27" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>30</v>
+      </c>
+      <c r="B28" t="s">
+        <v>78</v>
+      </c>
+      <c r="C28" t="s">
+        <v>59</v>
+      </c>
+      <c r="D28">
+        <v>1</v>
+      </c>
+      <c r="E28" t="s">
+        <v>10</v>
+      </c>
+      <c r="F28" t="s">
+        <v>10</v>
+      </c>
+      <c r="G28" t="s">
+        <v>10</v>
+      </c>
+      <c r="H28"/>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>52</v>
+      </c>
+      <c r="B29" t="s">
+        <v>79</v>
+      </c>
+      <c r="C29" t="s">
+        <v>59</v>
+      </c>
+      <c r="D29">
+        <v>1</v>
+      </c>
+      <c r="E29" t="s">
+        <v>10</v>
+      </c>
+      <c r="F29" t="s">
+        <v>10</v>
+      </c>
+      <c r="G29" t="s">
+        <v>10</v>
+      </c>
+      <c r="H29"/>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>80</v>
+      </c>
+      <c r="B30" t="s">
+        <v>79</v>
+      </c>
+      <c r="C30" t="s">
+        <v>59</v>
+      </c>
+      <c r="D30">
+        <v>1</v>
+      </c>
+      <c r="E30" t="s">
+        <v>10</v>
+      </c>
+      <c r="F30" t="s">
+        <v>10</v>
+      </c>
+      <c r="G30" t="s">
+        <v>10</v>
+      </c>
+      <c r="H30"/>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>81</v>
+      </c>
+      <c r="B31" t="s">
+        <v>82</v>
+      </c>
+      <c r="C31" t="s">
+        <v>59</v>
+      </c>
+      <c r="D31">
+        <v>1</v>
+      </c>
+      <c r="E31" t="s">
+        <v>11</v>
+      </c>
+      <c r="F31" t="s">
+        <v>10</v>
+      </c>
+      <c r="G31" t="s">
+        <v>10</v>
+      </c>
+      <c r="H31" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>84</v>
+      </c>
+      <c r="B32" t="s">
+        <v>85</v>
+      </c>
+      <c r="C32" t="s">
+        <v>86</v>
+      </c>
+      <c r="D32">
+        <v>1</v>
+      </c>
+      <c r="E32" t="s">
+        <v>10</v>
+      </c>
+      <c r="F32" t="s">
+        <v>10</v>
+      </c>
+      <c r="G32" t="s">
+        <v>10</v>
+      </c>
+      <c r="H32"/>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>87</v>
+      </c>
+      <c r="B33" t="s">
+        <v>88</v>
+      </c>
+      <c r="C33" t="s">
+        <v>86</v>
+      </c>
+      <c r="D33">
+        <v>1</v>
+      </c>
+      <c r="E33" t="s">
+        <v>11</v>
+      </c>
+      <c r="F33" t="s">
+        <v>10</v>
+      </c>
+      <c r="G33" t="s">
+        <v>10</v>
+      </c>
+      <c r="H33" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>41</v>
+      </c>
+      <c r="B34" t="s">
+        <v>90</v>
+      </c>
+      <c r="C34" t="s">
+        <v>86</v>
+      </c>
+      <c r="D34">
+        <v>1</v>
+      </c>
+      <c r="E34" t="s">
+        <v>10</v>
+      </c>
+      <c r="F34" t="s">
+        <v>10</v>
+      </c>
+      <c r="G34" t="s">
+        <v>10</v>
+      </c>
+      <c r="H34"/>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>54</v>
+      </c>
+      <c r="B35" t="s">
+        <v>91</v>
+      </c>
+      <c r="C35" t="s">
+        <v>86</v>
+      </c>
+      <c r="D35">
+        <v>1</v>
+      </c>
+      <c r="E35" t="s">
+        <v>10</v>
+      </c>
+      <c r="F35" t="s">
+        <v>10</v>
+      </c>
+      <c r="G35" t="s">
+        <v>10</v>
+      </c>
+      <c r="H35"/>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>92</v>
+      </c>
+      <c r="B36" t="s">
+        <v>93</v>
+      </c>
+      <c r="C36" t="s">
+        <v>86</v>
+      </c>
+      <c r="D36">
+        <v>1</v>
+      </c>
+      <c r="E36" t="s">
+        <v>11</v>
+      </c>
+      <c r="F36" t="s">
+        <v>10</v>
+      </c>
+      <c r="G36" t="s">
+        <v>10</v>
+      </c>
+      <c r="H36" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>95</v>
+      </c>
+      <c r="B37" t="s">
+        <v>96</v>
+      </c>
+      <c r="C37" t="s">
+        <v>86</v>
+      </c>
+      <c r="D37">
+        <v>1</v>
+      </c>
+      <c r="E37"/>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>10</v>
+      </c>
+      <c r="H37"/>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>97</v>
+      </c>
+      <c r="B38" t="s">
+        <v>98</v>
+      </c>
+      <c r="C38" t="s">
+        <v>86</v>
+      </c>
+      <c r="D38">
+        <v>1</v>
+      </c>
+      <c r="E38" t="s">
+        <v>10</v>
+      </c>
+      <c r="F38" t="s">
+        <v>10</v>
+      </c>
+      <c r="G38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H38"/>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>99</v>
+      </c>
+      <c r="B39" t="s">
+        <v>65</v>
+      </c>
+      <c r="C39" t="s">
+        <v>86</v>
+      </c>
+      <c r="D39">
+        <v>1</v>
+      </c>
+      <c r="E39"/>
+      <c r="F39" t="s">
+        <v>10</v>
+      </c>
+      <c r="G39" t="s">
+        <v>11</v>
+      </c>
+      <c r="H39"/>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>100</v>
+      </c>
+      <c r="B40" t="s">
         <v>101</v>
       </c>
-      <c r="H10" t="s">
+      <c r="C40" t="s">
+        <v>86</v>
+      </c>
+      <c r="D40">
+        <v>1</v>
+      </c>
+      <c r="E40" t="s">
+        <v>10</v>
+      </c>
+      <c r="F40" t="s">
+        <v>10</v>
+      </c>
+      <c r="G40" t="s">
+        <v>10</v>
+      </c>
+      <c r="H40"/>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>34</v>
+      </c>
+      <c r="B41" t="s">
+        <v>91</v>
+      </c>
+      <c r="C41" t="s">
+        <v>86</v>
+      </c>
+      <c r="D41">
+        <v>1</v>
+      </c>
+      <c r="E41" t="s">
+        <v>10</v>
+      </c>
+      <c r="F41" t="s">
+        <v>10</v>
+      </c>
+      <c r="G41" t="s">
+        <v>10</v>
+      </c>
+      <c r="H41"/>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>52</v>
+      </c>
+      <c r="B42" t="s">
         <v>102</v>
       </c>
-      <c r="I10" t="s">
+      <c r="C42" t="s">
+        <v>86</v>
+      </c>
+      <c r="D42">
+        <v>1</v>
+      </c>
+      <c r="E42" t="s">
+        <v>11</v>
+      </c>
+      <c r="F42" t="s">
+        <v>10</v>
+      </c>
+      <c r="G42" t="s">
+        <v>10</v>
+      </c>
+      <c r="H42" t="s">
         <v>103</v>
       </c>
-      <c r="J10"/>
-      <c r="K10" t="s">
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
         <v>104</v>
       </c>
-      <c r="L10" t="s">
-[...2 lines deleted...]
-      <c r="M10" t="s">
+      <c r="B43" t="s">
         <v>105</v>
       </c>
-      <c r="N10" t="s">
+      <c r="C43" t="s">
+        <v>86</v>
+      </c>
+      <c r="D43">
+        <v>1</v>
+      </c>
+      <c r="E43" t="s">
+        <v>10</v>
+      </c>
+      <c r="F43" t="s">
+        <v>10</v>
+      </c>
+      <c r="G43" t="s">
+        <v>10</v>
+      </c>
+      <c r="H43"/>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
         <v>106</v>
       </c>
-      <c r="O10">
-[...2 lines deleted...]
-      <c r="P10" t="s">
+      <c r="B44" t="s">
         <v>107</v>
       </c>
-      <c r="Q10">
-[...3 lines deleted...]
-      <c r="S10" t="s">
+      <c r="C44" t="s">
+        <v>86</v>
+      </c>
+      <c r="D44">
+        <v>1</v>
+      </c>
+      <c r="E44" t="s">
+        <v>11</v>
+      </c>
+      <c r="F44" t="s">
+        <v>10</v>
+      </c>
+      <c r="G44" t="s">
+        <v>10</v>
+      </c>
+      <c r="H44" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="45" spans="1:8">
+      <c r="A45" t="s">
+        <v>109</v>
+      </c>
+      <c r="B45" t="s">
+        <v>110</v>
+      </c>
+      <c r="C45" t="s">
+        <v>111</v>
+      </c>
+      <c r="D45">
+        <v>1</v>
+      </c>
+      <c r="E45" t="s">
+        <v>11</v>
+      </c>
+      <c r="F45" t="s">
+        <v>10</v>
+      </c>
+      <c r="G45" t="s">
+        <v>10</v>
+      </c>
+      <c r="H45" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="46" spans="1:8">
+      <c r="A46" t="s">
+        <v>113</v>
+      </c>
+      <c r="B46" t="s">
+        <v>114</v>
+      </c>
+      <c r="C46" t="s">
+        <v>111</v>
+      </c>
+      <c r="D46">
+        <v>1</v>
+      </c>
+      <c r="E46" t="s">
+        <v>10</v>
+      </c>
+      <c r="F46" t="s">
+        <v>10</v>
+      </c>
+      <c r="G46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H46"/>
+    </row>
+    <row r="47" spans="1:8">
+      <c r="A47" t="s">
+        <v>115</v>
+      </c>
+      <c r="B47" t="s">
+        <v>20</v>
+      </c>
+      <c r="C47" t="s">
+        <v>111</v>
+      </c>
+      <c r="D47">
+        <v>1</v>
+      </c>
+      <c r="E47" t="s">
+        <v>10</v>
+      </c>
+      <c r="F47" t="s">
+        <v>10</v>
+      </c>
+      <c r="G47" t="s">
+        <v>10</v>
+      </c>
+      <c r="H47"/>
+    </row>
+    <row r="48" spans="1:8">
+      <c r="A48" t="s">
+        <v>116</v>
+      </c>
+      <c r="B48" t="s">
+        <v>117</v>
+      </c>
+      <c r="C48" t="s">
+        <v>111</v>
+      </c>
+      <c r="D48">
+        <v>1</v>
+      </c>
+      <c r="E48" t="s">
+        <v>10</v>
+      </c>
+      <c r="F48" t="s">
+        <v>10</v>
+      </c>
+      <c r="G48" t="s">
+        <v>10</v>
+      </c>
+      <c r="H48"/>
+    </row>
+    <row r="49" spans="1:8">
+      <c r="A49" t="s">
+        <v>118</v>
+      </c>
+      <c r="B49" t="s">
+        <v>119</v>
+      </c>
+      <c r="C49" t="s">
+        <v>111</v>
+      </c>
+      <c r="D49">
+        <v>1</v>
+      </c>
+      <c r="E49" t="s">
+        <v>10</v>
+      </c>
+      <c r="F49" t="s">
+        <v>10</v>
+      </c>
+      <c r="G49" t="s">
+        <v>10</v>
+      </c>
+      <c r="H49"/>
+    </row>
+    <row r="50" spans="1:8">
+      <c r="A50" t="s">
+        <v>120</v>
+      </c>
+      <c r="B50" t="s">
+        <v>121</v>
+      </c>
+      <c r="C50" t="s">
+        <v>111</v>
+      </c>
+      <c r="D50">
+        <v>1</v>
+      </c>
+      <c r="E50" t="s">
+        <v>10</v>
+      </c>
+      <c r="F50" t="s">
+        <v>10</v>
+      </c>
+      <c r="G50" t="s">
+        <v>10</v>
+      </c>
+      <c r="H50"/>
+    </row>
+    <row r="51" spans="1:8">
+      <c r="A51" t="s">
+        <v>122</v>
+      </c>
+      <c r="B51" t="s">
+        <v>123</v>
+      </c>
+      <c r="C51" t="s">
+        <v>111</v>
+      </c>
+      <c r="D51">
+        <v>1</v>
+      </c>
+      <c r="E51" t="s">
+        <v>10</v>
+      </c>
+      <c r="F51" t="s">
+        <v>10</v>
+      </c>
+      <c r="G51" t="s">
+        <v>10</v>
+      </c>
+      <c r="H51"/>
+    </row>
+    <row r="52" spans="1:8">
+      <c r="A52" t="s">
+        <v>124</v>
+      </c>
+      <c r="B52" t="s">
+        <v>125</v>
+      </c>
+      <c r="C52" t="s">
+        <v>111</v>
+      </c>
+      <c r="D52">
+        <v>1</v>
+      </c>
+      <c r="E52" t="s">
+        <v>10</v>
+      </c>
+      <c r="F52" t="s">
+        <v>10</v>
+      </c>
+      <c r="G52" t="s">
+        <v>10</v>
+      </c>
+      <c r="H52"/>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>126</v>
+      </c>
+      <c r="B53" t="s">
+        <v>102</v>
+      </c>
+      <c r="C53" t="s">
+        <v>111</v>
+      </c>
+      <c r="D53">
+        <v>1</v>
+      </c>
+      <c r="E53"/>
+      <c r="F53" t="s">
+        <v>10</v>
+      </c>
+      <c r="G53" t="s">
+        <v>11</v>
+      </c>
+      <c r="H53"/>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>127</v>
+      </c>
+      <c r="B54" t="s">
+        <v>128</v>
+      </c>
+      <c r="C54" t="s">
+        <v>111</v>
+      </c>
+      <c r="D54">
+        <v>1</v>
+      </c>
+      <c r="E54" t="s">
+        <v>11</v>
+      </c>
+      <c r="F54" t="s">
+        <v>10</v>
+      </c>
+      <c r="G54" t="s">
+        <v>10</v>
+      </c>
+      <c r="H54" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>52</v>
+      </c>
+      <c r="B55" t="s">
+        <v>130</v>
+      </c>
+      <c r="C55" t="s">
+        <v>111</v>
+      </c>
+      <c r="D55">
+        <v>1</v>
+      </c>
+      <c r="E55" t="s">
+        <v>11</v>
+      </c>
+      <c r="F55" t="s">
+        <v>10</v>
+      </c>
+      <c r="G55" t="s">
+        <v>10</v>
+      </c>
+      <c r="H55" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>132</v>
+      </c>
+      <c r="B56" t="s">
+        <v>133</v>
+      </c>
+      <c r="C56" t="s">
+        <v>111</v>
+      </c>
+      <c r="D56">
+        <v>1</v>
+      </c>
+      <c r="E56" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" t="s">
+        <v>10</v>
+      </c>
+      <c r="G56" t="s">
+        <v>10</v>
+      </c>
+      <c r="H56" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>135</v>
+      </c>
+      <c r="B57" t="s">
+        <v>136</v>
+      </c>
+      <c r="C57" t="s">
+        <v>111</v>
+      </c>
+      <c r="D57">
+        <v>1</v>
+      </c>
+      <c r="E57" t="s">
+        <v>10</v>
+      </c>
+      <c r="F57" t="s">
+        <v>10</v>
+      </c>
+      <c r="G57" t="s">
+        <v>10</v>
+      </c>
+      <c r="H57"/>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>137</v>
+      </c>
+      <c r="B58" t="s">
+        <v>138</v>
+      </c>
+      <c r="C58" t="s">
+        <v>111</v>
+      </c>
+      <c r="D58">
+        <v>1</v>
+      </c>
+      <c r="E58" t="s">
+        <v>10</v>
+      </c>
+      <c r="F58" t="s">
+        <v>10</v>
+      </c>
+      <c r="G58" t="s">
+        <v>10</v>
+      </c>
+      <c r="H58"/>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>139</v>
+      </c>
+      <c r="B59" t="s">
+        <v>102</v>
+      </c>
+      <c r="C59" t="s">
+        <v>111</v>
+      </c>
+      <c r="D59">
+        <v>1</v>
+      </c>
+      <c r="E59" t="s">
+        <v>10</v>
+      </c>
+      <c r="F59" t="s">
+        <v>10</v>
+      </c>
+      <c r="G59" t="s">
+        <v>10</v>
+      </c>
+      <c r="H59"/>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>140</v>
+      </c>
+      <c r="B60" t="s">
+        <v>141</v>
+      </c>
+      <c r="C60" t="s">
+        <v>111</v>
+      </c>
+      <c r="D60">
+        <v>1</v>
+      </c>
+      <c r="E60" t="s">
+        <v>10</v>
+      </c>
+      <c r="F60" t="s">
+        <v>10</v>
+      </c>
+      <c r="G60" t="s">
+        <v>10</v>
+      </c>
+      <c r="H60"/>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>142</v>
+      </c>
+      <c r="B61" t="s">
+        <v>143</v>
+      </c>
+      <c r="C61" t="s">
+        <v>111</v>
+      </c>
+      <c r="D61">
+        <v>1</v>
+      </c>
+      <c r="E61" t="s">
+        <v>10</v>
+      </c>
+      <c r="F61" t="s">
+        <v>10</v>
+      </c>
+      <c r="G61" t="s">
+        <v>10</v>
+      </c>
+      <c r="H61"/>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>144</v>
+      </c>
+      <c r="B62" t="s">
+        <v>145</v>
+      </c>
+      <c r="C62" t="s">
+        <v>111</v>
+      </c>
+      <c r="D62">
+        <v>1</v>
+      </c>
+      <c r="E62" t="s">
+        <v>10</v>
+      </c>
+      <c r="F62" t="s">
+        <v>10</v>
+      </c>
+      <c r="G62" t="s">
+        <v>10</v>
+      </c>
+      <c r="H62"/>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>146</v>
+      </c>
+      <c r="B63" t="s">
+        <v>147</v>
+      </c>
+      <c r="C63" t="s">
+        <v>111</v>
+      </c>
+      <c r="D63">
+        <v>1</v>
+      </c>
+      <c r="E63" t="s">
+        <v>10</v>
+      </c>
+      <c r="F63" t="s">
+        <v>10</v>
+      </c>
+      <c r="G63" t="s">
+        <v>10</v>
+      </c>
+      <c r="H63"/>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>148</v>
+      </c>
+      <c r="B64" t="s">
+        <v>149</v>
+      </c>
+      <c r="C64" t="s">
+        <v>111</v>
+      </c>
+      <c r="D64">
+        <v>1</v>
+      </c>
+      <c r="E64" t="s">
+        <v>10</v>
+      </c>
+      <c r="F64" t="s">
+        <v>10</v>
+      </c>
+      <c r="G64" t="s">
+        <v>10</v>
+      </c>
+      <c r="H64"/>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>150</v>
+      </c>
+      <c r="B65" t="s">
+        <v>151</v>
+      </c>
+      <c r="C65" t="s">
+        <v>111</v>
+      </c>
+      <c r="D65">
+        <v>1</v>
+      </c>
+      <c r="E65" t="s">
+        <v>10</v>
+      </c>
+      <c r="F65" t="s">
+        <v>10</v>
+      </c>
+      <c r="G65" t="s">
+        <v>10</v>
+      </c>
+      <c r="H65"/>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>152</v>
+      </c>
+      <c r="B66" t="s">
+        <v>136</v>
+      </c>
+      <c r="C66" t="s">
+        <v>111</v>
+      </c>
+      <c r="D66">
+        <v>1</v>
+      </c>
+      <c r="E66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" t="s">
+        <v>10</v>
+      </c>
+      <c r="G66" t="s">
+        <v>10</v>
+      </c>
+      <c r="H66" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>154</v>
+      </c>
+      <c r="B67" t="s">
+        <v>155</v>
+      </c>
+      <c r="C67" t="s">
+        <v>111</v>
+      </c>
+      <c r="D67">
+        <v>1</v>
+      </c>
+      <c r="E67" t="s">
+        <v>11</v>
+      </c>
+      <c r="F67" t="s">
+        <v>10</v>
+      </c>
+      <c r="G67" t="s">
+        <v>10</v>
+      </c>
+      <c r="H67" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>157</v>
+      </c>
+      <c r="B68" t="s">
+        <v>158</v>
+      </c>
+      <c r="C68" t="s">
+        <v>111</v>
+      </c>
+      <c r="D68">
+        <v>1</v>
+      </c>
+      <c r="E68" t="s">
+        <v>11</v>
+      </c>
+      <c r="F68" t="s">
+        <v>10</v>
+      </c>
+      <c r="G68" t="s">
+        <v>10</v>
+      </c>
+      <c r="H68" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>160</v>
+      </c>
+      <c r="B69" t="s">
+        <v>161</v>
+      </c>
+      <c r="C69" t="s">
+        <v>111</v>
+      </c>
+      <c r="D69">
+        <v>1</v>
+      </c>
+      <c r="E69" t="s">
+        <v>10</v>
+      </c>
+      <c r="F69" t="s">
+        <v>10</v>
+      </c>
+      <c r="G69" t="s">
+        <v>10</v>
+      </c>
+      <c r="H69"/>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>162</v>
+      </c>
+      <c r="B70" t="s">
+        <v>163</v>
+      </c>
+      <c r="C70" t="s">
+        <v>111</v>
+      </c>
+      <c r="D70">
+        <v>1</v>
+      </c>
+      <c r="E70" t="s">
+        <v>10</v>
+      </c>
+      <c r="F70" t="s">
+        <v>10</v>
+      </c>
+      <c r="G70" t="s">
+        <v>10</v>
+      </c>
+      <c r="H70"/>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>164</v>
+      </c>
+      <c r="B71" t="s">
+        <v>165</v>
+      </c>
+      <c r="C71" t="s">
+        <v>111</v>
+      </c>
+      <c r="D71">
+        <v>1</v>
+      </c>
+      <c r="E71" t="s">
+        <v>10</v>
+      </c>
+      <c r="F71" t="s">
+        <v>10</v>
+      </c>
+      <c r="G71" t="s">
+        <v>10</v>
+      </c>
+      <c r="H71"/>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>166</v>
+      </c>
+      <c r="B72" t="s">
+        <v>167</v>
+      </c>
+      <c r="C72" t="s">
+        <v>111</v>
+      </c>
+      <c r="D72">
+        <v>1</v>
+      </c>
+      <c r="E72" t="s">
+        <v>10</v>
+      </c>
+      <c r="F72" t="s">
+        <v>10</v>
+      </c>
+      <c r="G72" t="s">
+        <v>10</v>
+      </c>
+      <c r="H72"/>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>148</v>
+      </c>
+      <c r="B73" t="s">
+        <v>168</v>
+      </c>
+      <c r="C73" t="s">
+        <v>111</v>
+      </c>
+      <c r="D73">
+        <v>1</v>
+      </c>
+      <c r="E73" t="s">
+        <v>10</v>
+      </c>
+      <c r="F73" t="s">
+        <v>10</v>
+      </c>
+      <c r="G73" t="s">
+        <v>10</v>
+      </c>
+      <c r="H73"/>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>169</v>
+      </c>
+      <c r="B74" t="s">
+        <v>170</v>
+      </c>
+      <c r="C74" t="s">
+        <v>111</v>
+      </c>
+      <c r="D74">
+        <v>1</v>
+      </c>
+      <c r="E74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" t="s">
+        <v>10</v>
+      </c>
+      <c r="G74" t="s">
+        <v>10</v>
+      </c>
+      <c r="H74" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>172</v>
+      </c>
+      <c r="B75" t="s">
+        <v>20</v>
+      </c>
+      <c r="C75" t="s">
+        <v>111</v>
+      </c>
+      <c r="D75">
+        <v>1</v>
+      </c>
+      <c r="E75" t="s">
+        <v>10</v>
+      </c>
+      <c r="F75" t="s">
+        <v>10</v>
+      </c>
+      <c r="G75" t="s">
+        <v>10</v>
+      </c>
+      <c r="H75"/>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>173</v>
+      </c>
+      <c r="B76" t="s">
+        <v>20</v>
+      </c>
+      <c r="C76" t="s">
+        <v>111</v>
+      </c>
+      <c r="D76">
+        <v>1</v>
+      </c>
+      <c r="E76" t="s">
+        <v>11</v>
+      </c>
+      <c r="F76" t="s">
+        <v>10</v>
+      </c>
+      <c r="G76" t="s">
+        <v>10</v>
+      </c>
+      <c r="H76" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>81</v>
+      </c>
+      <c r="B77" t="s">
+        <v>175</v>
+      </c>
+      <c r="C77" t="s">
+        <v>111</v>
+      </c>
+      <c r="D77">
+        <v>1</v>
+      </c>
+      <c r="E77" t="s">
+        <v>10</v>
+      </c>
+      <c r="F77" t="s">
+        <v>10</v>
+      </c>
+      <c r="G77" t="s">
+        <v>10</v>
+      </c>
+      <c r="H77"/>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>176</v>
+      </c>
+      <c r="B78" t="s">
+        <v>177</v>
+      </c>
+      <c r="C78" t="s">
+        <v>111</v>
+      </c>
+      <c r="D78">
+        <v>1</v>
+      </c>
+      <c r="E78" t="s">
+        <v>10</v>
+      </c>
+      <c r="F78" t="s">
+        <v>10</v>
+      </c>
+      <c r="G78" t="s">
+        <v>10</v>
+      </c>
+      <c r="H78"/>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>148</v>
+      </c>
+      <c r="B79" t="s">
+        <v>20</v>
+      </c>
+      <c r="C79" t="s">
+        <v>111</v>
+      </c>
+      <c r="D79">
+        <v>1</v>
+      </c>
+      <c r="E79" t="s">
+        <v>10</v>
+      </c>
+      <c r="F79" t="s">
+        <v>10</v>
+      </c>
+      <c r="G79" t="s">
+        <v>10</v>
+      </c>
+      <c r="H79"/>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>178</v>
+      </c>
+      <c r="B80" t="s">
+        <v>179</v>
+      </c>
+      <c r="C80" t="s">
+        <v>111</v>
+      </c>
+      <c r="D80">
+        <v>1</v>
+      </c>
+      <c r="E80"/>
+      <c r="F80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G80" t="s">
+        <v>11</v>
+      </c>
+      <c r="H80"/>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>180</v>
+      </c>
+      <c r="B81" t="s">
+        <v>181</v>
+      </c>
+      <c r="C81" t="s">
+        <v>111</v>
+      </c>
+      <c r="D81">
+        <v>1</v>
+      </c>
+      <c r="E81"/>
+      <c r="F81" t="s">
+        <v>10</v>
+      </c>
+      <c r="G81" t="s">
+        <v>11</v>
+      </c>
+      <c r="H81"/>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>182</v>
+      </c>
+      <c r="B82" t="s">
+        <v>183</v>
+      </c>
+      <c r="C82" t="s">
+        <v>111</v>
+      </c>
+      <c r="D82">
+        <v>1</v>
+      </c>
+      <c r="E82" t="s">
+        <v>11</v>
+      </c>
+      <c r="F82" t="s">
+        <v>10</v>
+      </c>
+      <c r="G82" t="s">
+        <v>10</v>
+      </c>
+      <c r="H82" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>185</v>
+      </c>
+      <c r="B83" t="s">
+        <v>186</v>
+      </c>
+      <c r="C83" t="s">
+        <v>111</v>
+      </c>
+      <c r="D83">
+        <v>1</v>
+      </c>
+      <c r="E83" t="s">
+        <v>11</v>
+      </c>
+      <c r="F83" t="s">
+        <v>10</v>
+      </c>
+      <c r="G83" t="s">
+        <v>10</v>
+      </c>
+      <c r="H83" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>41</v>
+      </c>
+      <c r="B84" t="s">
+        <v>188</v>
+      </c>
+      <c r="C84" t="s">
+        <v>111</v>
+      </c>
+      <c r="D84">
+        <v>1</v>
+      </c>
+      <c r="E84" t="s">
+        <v>10</v>
+      </c>
+      <c r="F84" t="s">
+        <v>10</v>
+      </c>
+      <c r="G84" t="s">
+        <v>10</v>
+      </c>
+      <c r="H84"/>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
         <v>54</v>
       </c>
-      <c r="T10"/>
-[...7 lines deleted...]
-      <c r="AB10" t="s">
+      <c r="B85" t="s">
+        <v>189</v>
+      </c>
+      <c r="C85" t="s">
+        <v>190</v>
+      </c>
+      <c r="D85">
+        <v>1</v>
+      </c>
+      <c r="E85" t="s">
+        <v>11</v>
+      </c>
+      <c r="F85" t="s">
+        <v>10</v>
+      </c>
+      <c r="G85" t="s">
+        <v>10</v>
+      </c>
+      <c r="H85" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>192</v>
+      </c>
+      <c r="B86" t="s">
+        <v>193</v>
+      </c>
+      <c r="C86" t="s">
+        <v>190</v>
+      </c>
+      <c r="D86">
+        <v>1</v>
+      </c>
+      <c r="E86"/>
+      <c r="F86" t="s">
+        <v>10</v>
+      </c>
+      <c r="G86" t="s">
+        <v>11</v>
+      </c>
+      <c r="H86"/>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>194</v>
+      </c>
+      <c r="B87" t="s">
+        <v>186</v>
+      </c>
+      <c r="C87" t="s">
+        <v>190</v>
+      </c>
+      <c r="D87">
+        <v>1</v>
+      </c>
+      <c r="E87" t="s">
+        <v>10</v>
+      </c>
+      <c r="F87" t="s">
+        <v>10</v>
+      </c>
+      <c r="G87" t="s">
+        <v>10</v>
+      </c>
+      <c r="H87"/>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>195</v>
+      </c>
+      <c r="B88" t="s">
+        <v>196</v>
+      </c>
+      <c r="C88" t="s">
+        <v>190</v>
+      </c>
+      <c r="D88">
+        <v>1</v>
+      </c>
+      <c r="E88"/>
+      <c r="F88" t="s">
+        <v>11</v>
+      </c>
+      <c r="G88" t="s">
+        <v>10</v>
+      </c>
+      <c r="H88"/>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>197</v>
+      </c>
+      <c r="B89" t="s">
+        <v>53</v>
+      </c>
+      <c r="C89" t="s">
+        <v>190</v>
+      </c>
+      <c r="D89">
+        <v>1</v>
+      </c>
+      <c r="E89"/>
+      <c r="F89" t="s">
+        <v>10</v>
+      </c>
+      <c r="G89" t="s">
+        <v>11</v>
+      </c>
+      <c r="H89"/>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>198</v>
+      </c>
+      <c r="B90" t="s">
+        <v>192</v>
+      </c>
+      <c r="C90" t="s">
+        <v>190</v>
+      </c>
+      <c r="D90">
+        <v>1</v>
+      </c>
+      <c r="E90" t="s">
+        <v>11</v>
+      </c>
+      <c r="F90" t="s">
+        <v>10</v>
+      </c>
+      <c r="G90" t="s">
+        <v>10</v>
+      </c>
+      <c r="H90" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>200</v>
+      </c>
+      <c r="B91" t="s">
+        <v>201</v>
+      </c>
+      <c r="C91" t="s">
+        <v>190</v>
+      </c>
+      <c r="D91">
+        <v>1</v>
+      </c>
+      <c r="E91" t="s">
+        <v>11</v>
+      </c>
+      <c r="F91" t="s">
+        <v>10</v>
+      </c>
+      <c r="G91" t="s">
+        <v>10</v>
+      </c>
+      <c r="H91" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>203</v>
+      </c>
+      <c r="B92" t="s">
+        <v>204</v>
+      </c>
+      <c r="C92" t="s">
+        <v>190</v>
+      </c>
+      <c r="D92">
+        <v>1</v>
+      </c>
+      <c r="E92" t="s">
+        <v>11</v>
+      </c>
+      <c r="F92" t="s">
+        <v>10</v>
+      </c>
+      <c r="G92" t="s">
+        <v>10</v>
+      </c>
+      <c r="H92" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>206</v>
+      </c>
+      <c r="B93" t="s">
+        <v>207</v>
+      </c>
+      <c r="C93" t="s">
+        <v>208</v>
+      </c>
+      <c r="D93">
+        <v>2</v>
+      </c>
+      <c r="E93" t="s">
+        <v>11</v>
+      </c>
+      <c r="F93" t="s">
+        <v>10</v>
+      </c>
+      <c r="G93" t="s">
+        <v>10</v>
+      </c>
+      <c r="H93" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>210</v>
+      </c>
+      <c r="B94" t="s">
+        <v>211</v>
+      </c>
+      <c r="C94" t="s">
+        <v>212</v>
+      </c>
+      <c r="D94">
+        <v>2</v>
+      </c>
+      <c r="E94" t="s">
+        <v>11</v>
+      </c>
+      <c r="F94" t="s">
+        <v>10</v>
+      </c>
+      <c r="G94" t="s">
+        <v>10</v>
+      </c>
+      <c r="H94" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>214</v>
+      </c>
+      <c r="B95" t="s">
+        <v>215</v>
+      </c>
+      <c r="C95" t="s">
+        <v>212</v>
+      </c>
+      <c r="D95">
+        <v>2</v>
+      </c>
+      <c r="E95" t="s">
+        <v>11</v>
+      </c>
+      <c r="F95" t="s">
+        <v>10</v>
+      </c>
+      <c r="G95" t="s">
+        <v>10</v>
+      </c>
+      <c r="H95" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>217</v>
+      </c>
+      <c r="B96" t="s">
+        <v>218</v>
+      </c>
+      <c r="C96" t="s">
+        <v>212</v>
+      </c>
+      <c r="D96">
+        <v>2</v>
+      </c>
+      <c r="E96" t="s">
+        <v>11</v>
+      </c>
+      <c r="F96" t="s">
+        <v>10</v>
+      </c>
+      <c r="G96" t="s">
+        <v>10</v>
+      </c>
+      <c r="H96" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>220</v>
+      </c>
+      <c r="B97" t="s">
+        <v>215</v>
+      </c>
+      <c r="C97" t="s">
+        <v>212</v>
+      </c>
+      <c r="D97">
+        <v>2</v>
+      </c>
+      <c r="E97"/>
+      <c r="F97" t="s">
+        <v>11</v>
+      </c>
+      <c r="G97" t="s">
+        <v>10</v>
+      </c>
+      <c r="H97"/>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>221</v>
+      </c>
+      <c r="B98" t="s">
+        <v>222</v>
+      </c>
+      <c r="C98" t="s">
+        <v>223</v>
+      </c>
+      <c r="D98">
+        <v>2</v>
+      </c>
+      <c r="E98" t="s">
+        <v>11</v>
+      </c>
+      <c r="F98" t="s">
+        <v>10</v>
+      </c>
+      <c r="G98" t="s">
+        <v>10</v>
+      </c>
+      <c r="H98" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>225</v>
+      </c>
+      <c r="B99" t="s">
+        <v>226</v>
+      </c>
+      <c r="C99" t="s">
+        <v>223</v>
+      </c>
+      <c r="D99">
+        <v>2</v>
+      </c>
+      <c r="E99" t="s">
+        <v>10</v>
+      </c>
+      <c r="F99" t="s">
+        <v>10</v>
+      </c>
+      <c r="G99" t="s">
+        <v>10</v>
+      </c>
+      <c r="H99"/>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>227</v>
+      </c>
+      <c r="B100" t="s">
+        <v>228</v>
+      </c>
+      <c r="C100" t="s">
+        <v>229</v>
+      </c>
+      <c r="D100">
+        <v>2</v>
+      </c>
+      <c r="E100" t="s">
+        <v>11</v>
+      </c>
+      <c r="F100" t="s">
+        <v>10</v>
+      </c>
+      <c r="G100" t="s">
+        <v>10</v>
+      </c>
+      <c r="H100" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>41</v>
+      </c>
+      <c r="B101" t="s">
+        <v>231</v>
+      </c>
+      <c r="C101" t="s">
+        <v>229</v>
+      </c>
+      <c r="D101">
+        <v>2</v>
+      </c>
+      <c r="E101"/>
+      <c r="F101" t="s">
+        <v>10</v>
+      </c>
+      <c r="G101" t="s">
+        <v>11</v>
+      </c>
+      <c r="H101"/>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>122</v>
+      </c>
+      <c r="B102" t="s">
+        <v>102</v>
+      </c>
+      <c r="C102" t="s">
+        <v>229</v>
+      </c>
+      <c r="D102">
+        <v>2</v>
+      </c>
+      <c r="E102" t="s">
+        <v>11</v>
+      </c>
+      <c r="F102" t="s">
+        <v>10</v>
+      </c>
+      <c r="G102" t="s">
+        <v>10</v>
+      </c>
+      <c r="H102" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>233</v>
+      </c>
+      <c r="B103" t="s">
+        <v>234</v>
+      </c>
+      <c r="C103" t="s">
+        <v>235</v>
+      </c>
+      <c r="D103">
+        <v>2</v>
+      </c>
+      <c r="E103"/>
+      <c r="F103" t="s">
+        <v>10</v>
+      </c>
+      <c r="G103" t="s">
+        <v>11</v>
+      </c>
+      <c r="H103"/>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>104</v>
+      </c>
+      <c r="B104" t="s">
+        <v>102</v>
+      </c>
+      <c r="C104" t="s">
+        <v>235</v>
+      </c>
+      <c r="D104">
+        <v>2</v>
+      </c>
+      <c r="E104" t="s">
+        <v>11</v>
+      </c>
+      <c r="F104" t="s">
+        <v>10</v>
+      </c>
+      <c r="G104" t="s">
+        <v>10</v>
+      </c>
+      <c r="H104" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>203</v>
+      </c>
+      <c r="B105" t="s">
+        <v>237</v>
+      </c>
+      <c r="C105" t="s">
+        <v>235</v>
+      </c>
+      <c r="D105">
+        <v>2</v>
+      </c>
+      <c r="E105"/>
+      <c r="F105" t="s">
+        <v>10</v>
+      </c>
+      <c r="G105" t="s">
+        <v>11</v>
+      </c>
+      <c r="H105"/>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>238</v>
+      </c>
+      <c r="B106" t="s">
+        <v>239</v>
+      </c>
+      <c r="C106" t="s">
+        <v>235</v>
+      </c>
+      <c r="D106">
+        <v>2</v>
+      </c>
+      <c r="E106" t="s">
+        <v>11</v>
+      </c>
+      <c r="F106" t="s">
+        <v>10</v>
+      </c>
+      <c r="G106" t="s">
+        <v>10</v>
+      </c>
+      <c r="H106" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>241</v>
+      </c>
+      <c r="B107" t="s">
+        <v>242</v>
+      </c>
+      <c r="C107" t="s">
+        <v>235</v>
+      </c>
+      <c r="D107">
+        <v>2</v>
+      </c>
+      <c r="E107"/>
+      <c r="F107" t="s">
+        <v>10</v>
+      </c>
+      <c r="G107" t="s">
+        <v>11</v>
+      </c>
+      <c r="H107"/>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>140</v>
+      </c>
+      <c r="B108" t="s">
+        <v>58</v>
+      </c>
+      <c r="C108" t="s">
+        <v>243</v>
+      </c>
+      <c r="D108">
+        <v>2</v>
+      </c>
+      <c r="E108" t="s">
+        <v>11</v>
+      </c>
+      <c r="F108" t="s">
+        <v>10</v>
+      </c>
+      <c r="G108" t="s">
+        <v>10</v>
+      </c>
+      <c r="H108" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>245</v>
+      </c>
+      <c r="B109" t="s">
+        <v>246</v>
+      </c>
+      <c r="C109" t="s">
+        <v>243</v>
+      </c>
+      <c r="D109">
+        <v>2</v>
+      </c>
+      <c r="E109" t="s">
+        <v>10</v>
+      </c>
+      <c r="F109" t="s">
+        <v>10</v>
+      </c>
+      <c r="G109" t="s">
+        <v>10</v>
+      </c>
+      <c r="H109"/>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>52</v>
+      </c>
+      <c r="B110" t="s">
+        <v>247</v>
+      </c>
+      <c r="C110" t="s">
+        <v>243</v>
+      </c>
+      <c r="D110">
+        <v>2</v>
+      </c>
+      <c r="E110"/>
+      <c r="F110" t="s">
+        <v>11</v>
+      </c>
+      <c r="G110" t="s">
+        <v>10</v>
+      </c>
+      <c r="H110"/>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>248</v>
+      </c>
+      <c r="B111" t="s">
+        <v>249</v>
+      </c>
+      <c r="C111" t="s">
+        <v>250</v>
+      </c>
+      <c r="D111">
+        <v>2</v>
+      </c>
+      <c r="E111" t="s">
+        <v>11</v>
+      </c>
+      <c r="F111" t="s">
+        <v>10</v>
+      </c>
+      <c r="G111" t="s">
+        <v>10</v>
+      </c>
+      <c r="H111" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>252</v>
+      </c>
+      <c r="B112" t="s">
+        <v>253</v>
+      </c>
+      <c r="C112" t="s">
+        <v>250</v>
+      </c>
+      <c r="D112">
+        <v>2</v>
+      </c>
+      <c r="E112" t="s">
+        <v>11</v>
+      </c>
+      <c r="F112" t="s">
+        <v>10</v>
+      </c>
+      <c r="G112" t="s">
+        <v>10</v>
+      </c>
+      <c r="H112" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>255</v>
+      </c>
+      <c r="B113" t="s">
+        <v>256</v>
+      </c>
+      <c r="C113" t="s">
+        <v>250</v>
+      </c>
+      <c r="D113">
+        <v>2</v>
+      </c>
+      <c r="E113" t="s">
+        <v>10</v>
+      </c>
+      <c r="F113" t="s">
+        <v>10</v>
+      </c>
+      <c r="G113" t="s">
+        <v>10</v>
+      </c>
+      <c r="H113"/>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>34</v>
+      </c>
+      <c r="B114" t="s">
+        <v>257</v>
+      </c>
+      <c r="C114" t="s">
+        <v>250</v>
+      </c>
+      <c r="D114">
+        <v>2</v>
+      </c>
+      <c r="E114"/>
+      <c r="F114" t="s">
+        <v>10</v>
+      </c>
+      <c r="G114" t="s">
+        <v>11</v>
+      </c>
+      <c r="H114"/>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>258</v>
+      </c>
+      <c r="B115" t="s">
+        <v>259</v>
+      </c>
+      <c r="C115" t="s">
+        <v>250</v>
+      </c>
+      <c r="D115">
+        <v>2</v>
+      </c>
+      <c r="E115" t="s">
+        <v>11</v>
+      </c>
+      <c r="F115" t="s">
+        <v>10</v>
+      </c>
+      <c r="G115" t="s">
+        <v>10</v>
+      </c>
+      <c r="H115" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>261</v>
+      </c>
+      <c r="B116" t="s">
+        <v>58</v>
+      </c>
+      <c r="C116" t="s">
+        <v>250</v>
+      </c>
+      <c r="D116">
+        <v>2</v>
+      </c>
+      <c r="E116"/>
+      <c r="F116" t="s">
+        <v>10</v>
+      </c>
+      <c r="G116" t="s">
+        <v>11</v>
+      </c>
+      <c r="H116"/>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>12</v>
+      </c>
+      <c r="B117" t="s">
+        <v>262</v>
+      </c>
+      <c r="C117" t="s">
+        <v>250</v>
+      </c>
+      <c r="D117">
+        <v>2</v>
+      </c>
+      <c r="E117" t="s">
+        <v>11</v>
+      </c>
+      <c r="F117" t="s">
+        <v>10</v>
+      </c>
+      <c r="G117" t="s">
+        <v>10</v>
+      </c>
+      <c r="H117" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>264</v>
+      </c>
+      <c r="B118" t="s">
+        <v>265</v>
+      </c>
+      <c r="C118" t="s">
+        <v>266</v>
+      </c>
+      <c r="D118">
+        <v>1</v>
+      </c>
+      <c r="E118" t="s">
+        <v>10</v>
+      </c>
+      <c r="F118" t="s">
+        <v>10</v>
+      </c>
+      <c r="G118" t="s">
+        <v>10</v>
+      </c>
+      <c r="H118"/>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>267</v>
+      </c>
+      <c r="B119" t="s">
+        <v>268</v>
+      </c>
+      <c r="C119" t="s">
+        <v>266</v>
+      </c>
+      <c r="D119">
+        <v>1</v>
+      </c>
+      <c r="E119" t="s">
+        <v>11</v>
+      </c>
+      <c r="F119" t="s">
+        <v>10</v>
+      </c>
+      <c r="G119" t="s">
+        <v>10</v>
+      </c>
+      <c r="H119" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>270</v>
+      </c>
+      <c r="B120" t="s">
+        <v>271</v>
+      </c>
+      <c r="C120" t="s">
+        <v>266</v>
+      </c>
+      <c r="D120">
+        <v>1</v>
+      </c>
+      <c r="E120"/>
+      <c r="F120" t="s">
+        <v>10</v>
+      </c>
+      <c r="G120" t="s">
+        <v>11</v>
+      </c>
+      <c r="H120"/>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>272</v>
+      </c>
+      <c r="B121" t="s">
+        <v>273</v>
+      </c>
+      <c r="C121" t="s">
+        <v>266</v>
+      </c>
+      <c r="D121">
+        <v>1</v>
+      </c>
+      <c r="E121" t="s">
+        <v>10</v>
+      </c>
+      <c r="F121" t="s">
+        <v>10</v>
+      </c>
+      <c r="G121" t="s">
+        <v>10</v>
+      </c>
+      <c r="H121"/>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>274</v>
+      </c>
+      <c r="B122" t="s">
+        <v>275</v>
+      </c>
+      <c r="C122" t="s">
+        <v>266</v>
+      </c>
+      <c r="D122">
+        <v>1</v>
+      </c>
+      <c r="E122" t="s">
+        <v>11</v>
+      </c>
+      <c r="F122" t="s">
+        <v>10</v>
+      </c>
+      <c r="G122" t="s">
+        <v>10</v>
+      </c>
+      <c r="H122" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>277</v>
+      </c>
+      <c r="B123" t="s">
+        <v>256</v>
+      </c>
+      <c r="C123" t="s">
+        <v>266</v>
+      </c>
+      <c r="D123">
+        <v>1</v>
+      </c>
+      <c r="E123" t="s">
+        <v>11</v>
+      </c>
+      <c r="F123" t="s">
+        <v>10</v>
+      </c>
+      <c r="G123" t="s">
+        <v>10</v>
+      </c>
+      <c r="H123" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>279</v>
+      </c>
+      <c r="B124" t="s">
+        <v>145</v>
+      </c>
+      <c r="C124" t="s">
+        <v>266</v>
+      </c>
+      <c r="D124">
+        <v>1</v>
+      </c>
+      <c r="E124"/>
+      <c r="F124" t="s">
+        <v>11</v>
+      </c>
+      <c r="G124" t="s">
+        <v>10</v>
+      </c>
+      <c r="H124"/>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>280</v>
+      </c>
+      <c r="B125" t="s">
+        <v>281</v>
+      </c>
+      <c r="C125" t="s">
+        <v>266</v>
+      </c>
+      <c r="D125">
+        <v>1</v>
+      </c>
+      <c r="E125" t="s">
+        <v>11</v>
+      </c>
+      <c r="F125" t="s">
+        <v>10</v>
+      </c>
+      <c r="G125" t="s">
+        <v>10</v>
+      </c>
+      <c r="H125" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>283</v>
+      </c>
+      <c r="B126" t="s">
+        <v>284</v>
+      </c>
+      <c r="C126" t="s">
+        <v>266</v>
+      </c>
+      <c r="D126">
+        <v>1</v>
+      </c>
+      <c r="E126"/>
+      <c r="F126" t="s">
+        <v>10</v>
+      </c>
+      <c r="G126" t="s">
+        <v>11</v>
+      </c>
+      <c r="H126"/>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>285</v>
+      </c>
+      <c r="B127" t="s">
+        <v>286</v>
+      </c>
+      <c r="C127" t="s">
+        <v>287</v>
+      </c>
+      <c r="D127">
+        <v>1</v>
+      </c>
+      <c r="E127" t="s">
+        <v>10</v>
+      </c>
+      <c r="F127" t="s">
+        <v>10</v>
+      </c>
+      <c r="G127" t="s">
+        <v>10</v>
+      </c>
+      <c r="H127"/>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>23</v>
+      </c>
+      <c r="B128" t="s">
+        <v>288</v>
+      </c>
+      <c r="C128" t="s">
+        <v>287</v>
+      </c>
+      <c r="D128">
+        <v>1</v>
+      </c>
+      <c r="E128" t="s">
+        <v>11</v>
+      </c>
+      <c r="F128" t="s">
+        <v>10</v>
+      </c>
+      <c r="G128" t="s">
+        <v>10</v>
+      </c>
+      <c r="H128" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>290</v>
+      </c>
+      <c r="B129" t="s">
+        <v>291</v>
+      </c>
+      <c r="C129" t="s">
+        <v>287</v>
+      </c>
+      <c r="D129">
+        <v>1</v>
+      </c>
+      <c r="E129" t="s">
+        <v>10</v>
+      </c>
+      <c r="F129" t="s">
+        <v>10</v>
+      </c>
+      <c r="G129" t="s">
+        <v>10</v>
+      </c>
+      <c r="H129"/>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>292</v>
+      </c>
+      <c r="B130" t="s">
+        <v>293</v>
+      </c>
+      <c r="C130" t="s">
+        <v>287</v>
+      </c>
+      <c r="D130">
+        <v>1</v>
+      </c>
+      <c r="E130"/>
+      <c r="F130" t="s">
+        <v>10</v>
+      </c>
+      <c r="G130" t="s">
+        <v>11</v>
+      </c>
+      <c r="H130"/>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>279</v>
+      </c>
+      <c r="B131" t="s">
+        <v>294</v>
+      </c>
+      <c r="C131" t="s">
+        <v>287</v>
+      </c>
+      <c r="D131">
+        <v>1</v>
+      </c>
+      <c r="E131" t="s">
+        <v>11</v>
+      </c>
+      <c r="F131" t="s">
+        <v>10</v>
+      </c>
+      <c r="G131" t="s">
+        <v>10</v>
+      </c>
+      <c r="H131" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>296</v>
+      </c>
+      <c r="B132" t="s">
+        <v>297</v>
+      </c>
+      <c r="C132" t="s">
+        <v>287</v>
+      </c>
+      <c r="D132">
+        <v>1</v>
+      </c>
+      <c r="E132" t="s">
+        <v>10</v>
+      </c>
+      <c r="F132" t="s">
+        <v>10</v>
+      </c>
+      <c r="G132" t="s">
+        <v>10</v>
+      </c>
+      <c r="H132"/>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>298</v>
+      </c>
+      <c r="B133" t="s">
+        <v>299</v>
+      </c>
+      <c r="C133" t="s">
+        <v>287</v>
+      </c>
+      <c r="D133">
+        <v>1</v>
+      </c>
+      <c r="E133" t="s">
+        <v>11</v>
+      </c>
+      <c r="F133" t="s">
+        <v>10</v>
+      </c>
+      <c r="G133" t="s">
+        <v>10</v>
+      </c>
+      <c r="H133" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>301</v>
+      </c>
+      <c r="B134" t="s">
+        <v>302</v>
+      </c>
+      <c r="C134" t="s">
+        <v>287</v>
+      </c>
+      <c r="D134">
+        <v>1</v>
+      </c>
+      <c r="E134" t="s">
+        <v>10</v>
+      </c>
+      <c r="F134" t="s">
+        <v>10</v>
+      </c>
+      <c r="G134" t="s">
+        <v>10</v>
+      </c>
+      <c r="H134"/>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>303</v>
+      </c>
+      <c r="B135" t="s">
+        <v>304</v>
+      </c>
+      <c r="C135" t="s">
+        <v>287</v>
+      </c>
+      <c r="D135">
+        <v>1</v>
+      </c>
+      <c r="E135"/>
+      <c r="F135" t="s">
+        <v>10</v>
+      </c>
+      <c r="G135" t="s">
+        <v>11</v>
+      </c>
+      <c r="H135"/>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>305</v>
+      </c>
+      <c r="B136" t="s">
+        <v>297</v>
+      </c>
+      <c r="C136" t="s">
+        <v>287</v>
+      </c>
+      <c r="D136">
+        <v>1</v>
+      </c>
+      <c r="E136" t="s">
+        <v>11</v>
+      </c>
+      <c r="F136" t="s">
+        <v>10</v>
+      </c>
+      <c r="G136" t="s">
+        <v>10</v>
+      </c>
+      <c r="H136" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>307</v>
+      </c>
+      <c r="B137" t="s">
+        <v>308</v>
+      </c>
+      <c r="C137" t="s">
+        <v>287</v>
+      </c>
+      <c r="D137">
+        <v>1</v>
+      </c>
+      <c r="E137"/>
+      <c r="F137" t="s">
+        <v>10</v>
+      </c>
+      <c r="G137" t="s">
+        <v>11</v>
+      </c>
+      <c r="H137"/>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>309</v>
+      </c>
+      <c r="B138" t="s">
+        <v>310</v>
+      </c>
+      <c r="C138" t="s">
+        <v>287</v>
+      </c>
+      <c r="D138">
+        <v>1</v>
+      </c>
+      <c r="E138" t="s">
+        <v>10</v>
+      </c>
+      <c r="F138" t="s">
+        <v>10</v>
+      </c>
+      <c r="G138" t="s">
+        <v>10</v>
+      </c>
+      <c r="H138"/>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>311</v>
+      </c>
+      <c r="B139" t="s">
+        <v>298</v>
+      </c>
+      <c r="C139" t="s">
+        <v>287</v>
+      </c>
+      <c r="D139">
+        <v>1</v>
+      </c>
+      <c r="E139"/>
+      <c r="F139" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" t="s">
+        <v>11</v>
+      </c>
+      <c r="H139"/>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>312</v>
+      </c>
+      <c r="B140" t="s">
+        <v>313</v>
+      </c>
+      <c r="C140" t="s">
+        <v>287</v>
+      </c>
+      <c r="D140">
+        <v>1</v>
+      </c>
+      <c r="E140" t="s">
+        <v>11</v>
+      </c>
+      <c r="F140" t="s">
+        <v>10</v>
+      </c>
+      <c r="G140" t="s">
+        <v>10</v>
+      </c>
+      <c r="H140" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>95</v>
+      </c>
+      <c r="B141" t="s">
+        <v>302</v>
+      </c>
+      <c r="C141" t="s">
+        <v>287</v>
+      </c>
+      <c r="D141">
+        <v>1</v>
+      </c>
+      <c r="E141" t="s">
+        <v>10</v>
+      </c>
+      <c r="F141" t="s">
+        <v>10</v>
+      </c>
+      <c r="G141" t="s">
+        <v>10</v>
+      </c>
+      <c r="H141"/>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>315</v>
+      </c>
+      <c r="B142" t="s">
+        <v>316</v>
+      </c>
+      <c r="C142" t="s">
+        <v>317</v>
+      </c>
+      <c r="D142">
+        <v>1</v>
+      </c>
+      <c r="E142" t="s">
+        <v>11</v>
+      </c>
+      <c r="F142" t="s">
+        <v>10</v>
+      </c>
+      <c r="G142" t="s">
+        <v>10</v>
+      </c>
+      <c r="H142" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>319</v>
+      </c>
+      <c r="B143" t="s">
+        <v>320</v>
+      </c>
+      <c r="C143" t="s">
+        <v>317</v>
+      </c>
+      <c r="D143">
+        <v>1</v>
+      </c>
+      <c r="E143" t="s">
+        <v>10</v>
+      </c>
+      <c r="F143" t="s">
+        <v>10</v>
+      </c>
+      <c r="G143" t="s">
+        <v>10</v>
+      </c>
+      <c r="H143"/>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>321</v>
+      </c>
+      <c r="B144" t="s">
+        <v>322</v>
+      </c>
+      <c r="C144" t="s">
+        <v>317</v>
+      </c>
+      <c r="D144">
+        <v>1</v>
+      </c>
+      <c r="E144" t="s">
+        <v>11</v>
+      </c>
+      <c r="F144" t="s">
+        <v>10</v>
+      </c>
+      <c r="G144" t="s">
+        <v>10</v>
+      </c>
+      <c r="H144" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>324</v>
+      </c>
+      <c r="B145" t="s">
+        <v>325</v>
+      </c>
+      <c r="C145" t="s">
+        <v>317</v>
+      </c>
+      <c r="D145">
+        <v>1</v>
+      </c>
+      <c r="E145"/>
+      <c r="F145" t="s">
+        <v>10</v>
+      </c>
+      <c r="G145" t="s">
+        <v>11</v>
+      </c>
+      <c r="H145"/>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>326</v>
+      </c>
+      <c r="B146" t="s">
+        <v>327</v>
+      </c>
+      <c r="C146" t="s">
+        <v>317</v>
+      </c>
+      <c r="D146">
+        <v>1</v>
+      </c>
+      <c r="E146" t="s">
+        <v>11</v>
+      </c>
+      <c r="F146" t="s">
+        <v>10</v>
+      </c>
+      <c r="G146" t="s">
+        <v>10</v>
+      </c>
+      <c r="H146" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>197</v>
+      </c>
+      <c r="B147" t="s">
+        <v>186</v>
+      </c>
+      <c r="C147" t="s">
+        <v>317</v>
+      </c>
+      <c r="D147">
+        <v>1</v>
+      </c>
+      <c r="E147" t="s">
+        <v>11</v>
+      </c>
+      <c r="F147" t="s">
+        <v>10</v>
+      </c>
+      <c r="G147" t="s">
+        <v>10</v>
+      </c>
+      <c r="H147" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>330</v>
+      </c>
+      <c r="B148" t="s">
+        <v>331</v>
+      </c>
+      <c r="C148" t="s">
+        <v>332</v>
+      </c>
+      <c r="D148">
+        <v>1</v>
+      </c>
+      <c r="E148"/>
+      <c r="F148" t="s">
+        <v>11</v>
+      </c>
+      <c r="G148" t="s">
+        <v>10</v>
+      </c>
+      <c r="H148"/>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>333</v>
+      </c>
+      <c r="B149" t="s">
+        <v>334</v>
+      </c>
+      <c r="C149" t="s">
+        <v>332</v>
+      </c>
+      <c r="D149">
+        <v>1</v>
+      </c>
+      <c r="E149" t="s">
+        <v>11</v>
+      </c>
+      <c r="F149" t="s">
+        <v>10</v>
+      </c>
+      <c r="G149" t="s">
+        <v>10</v>
+      </c>
+      <c r="H149" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
         <v>54</v>
       </c>
-      <c r="AC10"/>
-[...6 lines deleted...]
-      <c r="A11">
+      <c r="B150" t="s">
+        <v>336</v>
+      </c>
+      <c r="C150" t="s">
+        <v>332</v>
+      </c>
+      <c r="D150">
+        <v>1</v>
+      </c>
+      <c r="E150" t="s">
+        <v>11</v>
+      </c>
+      <c r="F150" t="s">
+        <v>10</v>
+      </c>
+      <c r="G150" t="s">
+        <v>10</v>
+      </c>
+      <c r="H150" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>338</v>
+      </c>
+      <c r="B151" t="s">
+        <v>339</v>
+      </c>
+      <c r="C151" t="s">
+        <v>332</v>
+      </c>
+      <c r="D151">
+        <v>1</v>
+      </c>
+      <c r="E151"/>
+      <c r="F151" t="s">
+        <v>10</v>
+      </c>
+      <c r="G151" t="s">
+        <v>11</v>
+      </c>
+      <c r="H151"/>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>340</v>
+      </c>
+      <c r="B152" t="s">
+        <v>341</v>
+      </c>
+      <c r="C152" t="s">
+        <v>332</v>
+      </c>
+      <c r="D152">
+        <v>1</v>
+      </c>
+      <c r="E152" t="s">
+        <v>11</v>
+      </c>
+      <c r="F152" t="s">
+        <v>10</v>
+      </c>
+      <c r="G152" t="s">
+        <v>10</v>
+      </c>
+      <c r="H152" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>307</v>
+      </c>
+      <c r="B153" t="s">
+        <v>343</v>
+      </c>
+      <c r="C153" t="s">
+        <v>332</v>
+      </c>
+      <c r="D153">
+        <v>1</v>
+      </c>
+      <c r="E153" t="s">
+        <v>11</v>
+      </c>
+      <c r="F153" t="s">
+        <v>10</v>
+      </c>
+      <c r="G153" t="s">
+        <v>10</v>
+      </c>
+      <c r="H153" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>345</v>
+      </c>
+      <c r="B154" t="s">
+        <v>346</v>
+      </c>
+      <c r="C154" t="s">
+        <v>332</v>
+      </c>
+      <c r="D154">
+        <v>1</v>
+      </c>
+      <c r="E154" t="s">
+        <v>10</v>
+      </c>
+      <c r="F154" t="s">
+        <v>10</v>
+      </c>
+      <c r="G154" t="s">
+        <v>10</v>
+      </c>
+      <c r="H154"/>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>140</v>
+      </c>
+      <c r="B155" t="s">
+        <v>347</v>
+      </c>
+      <c r="C155" t="s">
+        <v>332</v>
+      </c>
+      <c r="D155">
+        <v>1</v>
+      </c>
+      <c r="E155" t="s">
+        <v>11</v>
+      </c>
+      <c r="F155" t="s">
+        <v>10</v>
+      </c>
+      <c r="G155" t="s">
+        <v>10</v>
+      </c>
+      <c r="H155" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>349</v>
+      </c>
+      <c r="B156" t="s">
+        <v>350</v>
+      </c>
+      <c r="C156" t="s">
+        <v>332</v>
+      </c>
+      <c r="D156">
+        <v>1</v>
+      </c>
+      <c r="E156" t="s">
+        <v>10</v>
+      </c>
+      <c r="F156" t="s">
+        <v>10</v>
+      </c>
+      <c r="G156" t="s">
+        <v>10</v>
+      </c>
+      <c r="H156"/>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
         <v>34</v>
       </c>
-      <c r="B11" t="s">
+      <c r="B157" t="s">
+        <v>351</v>
+      </c>
+      <c r="C157" t="s">
+        <v>352</v>
+      </c>
+      <c r="D157">
+        <v>1</v>
+      </c>
+      <c r="E157" t="s">
+        <v>11</v>
+      </c>
+      <c r="F157" t="s">
+        <v>10</v>
+      </c>
+      <c r="G157" t="s">
+        <v>10</v>
+      </c>
+      <c r="H157" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>354</v>
+      </c>
+      <c r="B158" t="s">
+        <v>355</v>
+      </c>
+      <c r="C158" t="s">
+        <v>352</v>
+      </c>
+      <c r="D158">
+        <v>1</v>
+      </c>
+      <c r="E158"/>
+      <c r="F158" t="s">
+        <v>10</v>
+      </c>
+      <c r="G158" t="s">
+        <v>11</v>
+      </c>
+      <c r="H158"/>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>356</v>
+      </c>
+      <c r="B159" t="s">
+        <v>357</v>
+      </c>
+      <c r="C159" t="s">
+        <v>352</v>
+      </c>
+      <c r="D159">
+        <v>1</v>
+      </c>
+      <c r="E159" t="s">
+        <v>11</v>
+      </c>
+      <c r="F159" t="s">
+        <v>10</v>
+      </c>
+      <c r="G159" t="s">
+        <v>10</v>
+      </c>
+      <c r="H159" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>359</v>
+      </c>
+      <c r="B160" t="s">
+        <v>360</v>
+      </c>
+      <c r="C160" t="s">
+        <v>352</v>
+      </c>
+      <c r="D160">
+        <v>1</v>
+      </c>
+      <c r="E160"/>
+      <c r="F160" t="s">
+        <v>10</v>
+      </c>
+      <c r="G160" t="s">
+        <v>11</v>
+      </c>
+      <c r="H160"/>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>361</v>
+      </c>
+      <c r="B161" t="s">
+        <v>362</v>
+      </c>
+      <c r="C161" t="s">
+        <v>352</v>
+      </c>
+      <c r="D161">
+        <v>1</v>
+      </c>
+      <c r="E161"/>
+      <c r="F161" t="s">
+        <v>10</v>
+      </c>
+      <c r="G161" t="s">
+        <v>11</v>
+      </c>
+      <c r="H161"/>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>363</v>
+      </c>
+      <c r="B162" t="s">
+        <v>364</v>
+      </c>
+      <c r="C162" t="s">
+        <v>352</v>
+      </c>
+      <c r="D162">
+        <v>1</v>
+      </c>
+      <c r="E162"/>
+      <c r="F162" t="s">
+        <v>11</v>
+      </c>
+      <c r="G162" t="s">
+        <v>11</v>
+      </c>
+      <c r="H162"/>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>365</v>
+      </c>
+      <c r="B163" t="s">
+        <v>366</v>
+      </c>
+      <c r="C163" t="s">
+        <v>352</v>
+      </c>
+      <c r="D163">
+        <v>1</v>
+      </c>
+      <c r="E163" t="s">
+        <v>11</v>
+      </c>
+      <c r="F163" t="s">
+        <v>10</v>
+      </c>
+      <c r="G163" t="s">
+        <v>10</v>
+      </c>
+      <c r="H163" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>18</v>
+      </c>
+      <c r="B164" t="s">
+        <v>368</v>
+      </c>
+      <c r="C164" t="s">
+        <v>352</v>
+      </c>
+      <c r="D164">
+        <v>1</v>
+      </c>
+      <c r="E164" t="s">
+        <v>10</v>
+      </c>
+      <c r="F164" t="s">
+        <v>10</v>
+      </c>
+      <c r="G164" t="s">
+        <v>10</v>
+      </c>
+      <c r="H164"/>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>369</v>
+      </c>
+      <c r="B165" t="s">
+        <v>370</v>
+      </c>
+      <c r="C165" t="s">
+        <v>352</v>
+      </c>
+      <c r="D165">
+        <v>1</v>
+      </c>
+      <c r="E165"/>
+      <c r="F165" t="s">
+        <v>10</v>
+      </c>
+      <c r="G165" t="s">
+        <v>11</v>
+      </c>
+      <c r="H165"/>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>124</v>
+      </c>
+      <c r="B166" t="s">
+        <v>371</v>
+      </c>
+      <c r="C166" t="s">
+        <v>352</v>
+      </c>
+      <c r="D166">
+        <v>1</v>
+      </c>
+      <c r="E166" t="s">
+        <v>10</v>
+      </c>
+      <c r="F166" t="s">
+        <v>10</v>
+      </c>
+      <c r="G166" t="s">
+        <v>10</v>
+      </c>
+      <c r="H166"/>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>372</v>
+      </c>
+      <c r="B167" t="s">
+        <v>324</v>
+      </c>
+      <c r="C167" t="s">
+        <v>352</v>
+      </c>
+      <c r="D167">
+        <v>1</v>
+      </c>
+      <c r="E167" t="s">
+        <v>10</v>
+      </c>
+      <c r="F167" t="s">
+        <v>10</v>
+      </c>
+      <c r="G167" t="s">
+        <v>10</v>
+      </c>
+      <c r="H167"/>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>373</v>
+      </c>
+      <c r="B168" t="s">
+        <v>374</v>
+      </c>
+      <c r="C168" t="s">
+        <v>375</v>
+      </c>
+      <c r="D168">
+        <v>1</v>
+      </c>
+      <c r="E168" t="s">
+        <v>10</v>
+      </c>
+      <c r="F168" t="s">
+        <v>10</v>
+      </c>
+      <c r="G168" t="s">
+        <v>10</v>
+      </c>
+      <c r="H168"/>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>18</v>
+      </c>
+      <c r="B169" t="s">
+        <v>376</v>
+      </c>
+      <c r="C169" t="s">
+        <v>375</v>
+      </c>
+      <c r="D169">
+        <v>1</v>
+      </c>
+      <c r="E169" t="s">
+        <v>10</v>
+      </c>
+      <c r="F169" t="s">
+        <v>10</v>
+      </c>
+      <c r="G169" t="s">
+        <v>10</v>
+      </c>
+      <c r="H169"/>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>52</v>
+      </c>
+      <c r="B170" t="s">
+        <v>377</v>
+      </c>
+      <c r="C170" t="s">
+        <v>375</v>
+      </c>
+      <c r="D170">
+        <v>1</v>
+      </c>
+      <c r="E170" t="s">
+        <v>11</v>
+      </c>
+      <c r="F170" t="s">
+        <v>10</v>
+      </c>
+      <c r="G170" t="s">
+        <v>10</v>
+      </c>
+      <c r="H170" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>379</v>
+      </c>
+      <c r="B171" t="s">
+        <v>380</v>
+      </c>
+      <c r="C171" t="s">
+        <v>375</v>
+      </c>
+      <c r="D171">
+        <v>1</v>
+      </c>
+      <c r="E171" t="s">
+        <v>10</v>
+      </c>
+      <c r="F171" t="s">
+        <v>10</v>
+      </c>
+      <c r="G171" t="s">
+        <v>10</v>
+      </c>
+      <c r="H171"/>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>381</v>
+      </c>
+      <c r="B172" t="s">
+        <v>382</v>
+      </c>
+      <c r="C172" t="s">
+        <v>375</v>
+      </c>
+      <c r="D172">
+        <v>1</v>
+      </c>
+      <c r="E172"/>
+      <c r="F172" t="s">
+        <v>11</v>
+      </c>
+      <c r="G172" t="s">
+        <v>11</v>
+      </c>
+      <c r="H172"/>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>18</v>
+      </c>
+      <c r="B173" t="s">
+        <v>380</v>
+      </c>
+      <c r="C173" t="s">
+        <v>375</v>
+      </c>
+      <c r="D173">
+        <v>1</v>
+      </c>
+      <c r="E173" t="s">
+        <v>10</v>
+      </c>
+      <c r="F173" t="s">
+        <v>10</v>
+      </c>
+      <c r="G173" t="s">
+        <v>10</v>
+      </c>
+      <c r="H173"/>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>41</v>
+      </c>
+      <c r="B174" t="s">
+        <v>383</v>
+      </c>
+      <c r="C174" t="s">
+        <v>375</v>
+      </c>
+      <c r="D174">
+        <v>1</v>
+      </c>
+      <c r="E174" t="s">
+        <v>10</v>
+      </c>
+      <c r="F174" t="s">
+        <v>10</v>
+      </c>
+      <c r="G174" t="s">
+        <v>10</v>
+      </c>
+      <c r="H174"/>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>54</v>
+      </c>
+      <c r="B175" t="s">
+        <v>384</v>
+      </c>
+      <c r="C175" t="s">
+        <v>375</v>
+      </c>
+      <c r="D175">
+        <v>1</v>
+      </c>
+      <c r="E175" t="s">
+        <v>11</v>
+      </c>
+      <c r="F175" t="s">
+        <v>10</v>
+      </c>
+      <c r="G175" t="s">
+        <v>10</v>
+      </c>
+      <c r="H175" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>386</v>
+      </c>
+      <c r="B176" t="s">
+        <v>186</v>
+      </c>
+      <c r="C176" t="s">
+        <v>387</v>
+      </c>
+      <c r="D176">
+        <v>1</v>
+      </c>
+      <c r="E176" t="s">
+        <v>10</v>
+      </c>
+      <c r="F176" t="s">
+        <v>10</v>
+      </c>
+      <c r="G176" t="s">
+        <v>10</v>
+      </c>
+      <c r="H176"/>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>34</v>
+      </c>
+      <c r="B177" t="s">
+        <v>388</v>
+      </c>
+      <c r="C177" t="s">
+        <v>387</v>
+      </c>
+      <c r="D177">
+        <v>1</v>
+      </c>
+      <c r="E177" t="s">
+        <v>11</v>
+      </c>
+      <c r="F177" t="s">
+        <v>10</v>
+      </c>
+      <c r="G177" t="s">
+        <v>10</v>
+      </c>
+      <c r="H177" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>390</v>
+      </c>
+      <c r="B178" t="s">
+        <v>391</v>
+      </c>
+      <c r="C178" t="s">
+        <v>387</v>
+      </c>
+      <c r="D178">
+        <v>1</v>
+      </c>
+      <c r="E178" t="s">
+        <v>11</v>
+      </c>
+      <c r="F178" t="s">
+        <v>10</v>
+      </c>
+      <c r="G178" t="s">
+        <v>10</v>
+      </c>
+      <c r="H178" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>393</v>
+      </c>
+      <c r="B179" t="s">
+        <v>394</v>
+      </c>
+      <c r="C179" t="s">
+        <v>387</v>
+      </c>
+      <c r="D179">
+        <v>1</v>
+      </c>
+      <c r="E179" t="s">
+        <v>11</v>
+      </c>
+      <c r="F179" t="s">
+        <v>10</v>
+      </c>
+      <c r="G179" t="s">
+        <v>10</v>
+      </c>
+      <c r="H179" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>396</v>
+      </c>
+      <c r="B180" t="s">
+        <v>397</v>
+      </c>
+      <c r="C180" t="s">
+        <v>387</v>
+      </c>
+      <c r="D180">
+        <v>1</v>
+      </c>
+      <c r="E180"/>
+      <c r="F180" t="s">
+        <v>10</v>
+      </c>
+      <c r="G180" t="s">
+        <v>11</v>
+      </c>
+      <c r="H180"/>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>398</v>
+      </c>
+      <c r="B181" t="s">
+        <v>399</v>
+      </c>
+      <c r="C181" t="s">
+        <v>387</v>
+      </c>
+      <c r="D181">
+        <v>1</v>
+      </c>
+      <c r="E181" t="s">
+        <v>11</v>
+      </c>
+      <c r="F181" t="s">
+        <v>10</v>
+      </c>
+      <c r="G181" t="s">
+        <v>10</v>
+      </c>
+      <c r="H181" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>401</v>
+      </c>
+      <c r="B182" t="s">
+        <v>264</v>
+      </c>
+      <c r="C182" t="s">
+        <v>387</v>
+      </c>
+      <c r="D182">
+        <v>1</v>
+      </c>
+      <c r="E182"/>
+      <c r="F182" t="s">
+        <v>11</v>
+      </c>
+      <c r="G182" t="s">
+        <v>10</v>
+      </c>
+      <c r="H182"/>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>402</v>
+      </c>
+      <c r="B183" t="s">
+        <v>403</v>
+      </c>
+      <c r="C183" t="s">
+        <v>404</v>
+      </c>
+      <c r="D183">
+        <v>1</v>
+      </c>
+      <c r="E183" t="s">
+        <v>11</v>
+      </c>
+      <c r="F183" t="s">
+        <v>10</v>
+      </c>
+      <c r="G183" t="s">
+        <v>10</v>
+      </c>
+      <c r="H183" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>406</v>
+      </c>
+      <c r="B184" t="s">
+        <v>407</v>
+      </c>
+      <c r="C184" t="s">
+        <v>404</v>
+      </c>
+      <c r="D184">
+        <v>1</v>
+      </c>
+      <c r="E184" t="s">
+        <v>11</v>
+      </c>
+      <c r="F184" t="s">
+        <v>10</v>
+      </c>
+      <c r="G184" t="s">
+        <v>10</v>
+      </c>
+      <c r="H184" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>409</v>
+      </c>
+      <c r="B185" t="s">
+        <v>102</v>
+      </c>
+      <c r="C185" t="s">
+        <v>404</v>
+      </c>
+      <c r="D185">
+        <v>1</v>
+      </c>
+      <c r="E185" t="s">
+        <v>11</v>
+      </c>
+      <c r="F185" t="s">
+        <v>10</v>
+      </c>
+      <c r="G185" t="s">
+        <v>10</v>
+      </c>
+      <c r="H185" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>411</v>
+      </c>
+      <c r="B186" t="s">
+        <v>412</v>
+      </c>
+      <c r="C186" t="s">
+        <v>404</v>
+      </c>
+      <c r="D186">
+        <v>1</v>
+      </c>
+      <c r="E186" t="s">
+        <v>11</v>
+      </c>
+      <c r="F186" t="s">
+        <v>10</v>
+      </c>
+      <c r="G186" t="s">
+        <v>10</v>
+      </c>
+      <c r="H186" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>414</v>
+      </c>
+      <c r="B187" t="s">
+        <v>415</v>
+      </c>
+      <c r="C187" t="s">
+        <v>404</v>
+      </c>
+      <c r="D187">
+        <v>1</v>
+      </c>
+      <c r="E187" t="s">
+        <v>11</v>
+      </c>
+      <c r="F187" t="s">
+        <v>10</v>
+      </c>
+      <c r="G187" t="s">
+        <v>10</v>
+      </c>
+      <c r="H187" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>139</v>
+      </c>
+      <c r="B188" t="s">
+        <v>417</v>
+      </c>
+      <c r="C188" t="s">
+        <v>404</v>
+      </c>
+      <c r="D188">
+        <v>1</v>
+      </c>
+      <c r="E188" t="s">
+        <v>11</v>
+      </c>
+      <c r="F188" t="s">
+        <v>10</v>
+      </c>
+      <c r="G188" t="s">
+        <v>10</v>
+      </c>
+      <c r="H188" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>311</v>
+      </c>
+      <c r="B189" t="s">
+        <v>419</v>
+      </c>
+      <c r="C189" t="s">
+        <v>404</v>
+      </c>
+      <c r="D189">
+        <v>1</v>
+      </c>
+      <c r="E189" t="s">
+        <v>10</v>
+      </c>
+      <c r="F189" t="s">
+        <v>10</v>
+      </c>
+      <c r="G189" t="s">
+        <v>10</v>
+      </c>
+      <c r="H189"/>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>182</v>
+      </c>
+      <c r="B190" t="s">
+        <v>420</v>
+      </c>
+      <c r="C190" t="s">
+        <v>404</v>
+      </c>
+      <c r="D190">
+        <v>1</v>
+      </c>
+      <c r="E190" t="s">
+        <v>10</v>
+      </c>
+      <c r="F190" t="s">
+        <v>10</v>
+      </c>
+      <c r="G190" t="s">
+        <v>10</v>
+      </c>
+      <c r="H190"/>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>421</v>
+      </c>
+      <c r="B191" t="s">
+        <v>422</v>
+      </c>
+      <c r="C191" t="s">
+        <v>404</v>
+      </c>
+      <c r="D191">
+        <v>1</v>
+      </c>
+      <c r="E191" t="s">
+        <v>11</v>
+      </c>
+      <c r="F191" t="s">
+        <v>10</v>
+      </c>
+      <c r="G191" t="s">
+        <v>10</v>
+      </c>
+      <c r="H191" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>424</v>
+      </c>
+      <c r="B192" t="s">
+        <v>399</v>
+      </c>
+      <c r="C192" t="s">
+        <v>404</v>
+      </c>
+      <c r="D192">
+        <v>1</v>
+      </c>
+      <c r="E192"/>
+      <c r="F192" t="s">
+        <v>11</v>
+      </c>
+      <c r="G192" t="s">
+        <v>10</v>
+      </c>
+      <c r="H192"/>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>425</v>
+      </c>
+      <c r="B193" t="s">
+        <v>426</v>
+      </c>
+      <c r="C193" t="s">
+        <v>404</v>
+      </c>
+      <c r="D193">
+        <v>1</v>
+      </c>
+      <c r="E193" t="s">
+        <v>11</v>
+      </c>
+      <c r="F193" t="s">
+        <v>10</v>
+      </c>
+      <c r="G193" t="s">
+        <v>10</v>
+      </c>
+      <c r="H193" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>428</v>
+      </c>
+      <c r="B194" t="s">
+        <v>102</v>
+      </c>
+      <c r="C194" t="s">
+        <v>404</v>
+      </c>
+      <c r="D194">
+        <v>1</v>
+      </c>
+      <c r="E194" t="s">
+        <v>11</v>
+      </c>
+      <c r="F194" t="s">
+        <v>10</v>
+      </c>
+      <c r="G194" t="s">
+        <v>10</v>
+      </c>
+      <c r="H194" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>430</v>
+      </c>
+      <c r="B195" t="s">
+        <v>417</v>
+      </c>
+      <c r="C195" t="s">
+        <v>404</v>
+      </c>
+      <c r="D195">
+        <v>2</v>
+      </c>
+      <c r="E195" t="s">
+        <v>11</v>
+      </c>
+      <c r="F195" t="s">
+        <v>10</v>
+      </c>
+      <c r="G195" t="s">
+        <v>10</v>
+      </c>
+      <c r="H195" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>432</v>
+      </c>
+      <c r="B196" t="s">
+        <v>433</v>
+      </c>
+      <c r="C196" t="s">
+        <v>434</v>
+      </c>
+      <c r="D196">
+        <v>2</v>
+      </c>
+      <c r="E196"/>
+      <c r="F196" t="s">
+        <v>11</v>
+      </c>
+      <c r="G196" t="s">
+        <v>10</v>
+      </c>
+      <c r="H196"/>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>435</v>
+      </c>
+      <c r="B197" t="s">
+        <v>436</v>
+      </c>
+      <c r="C197" t="s">
+        <v>434</v>
+      </c>
+      <c r="D197">
+        <v>2</v>
+      </c>
+      <c r="E197" t="s">
+        <v>11</v>
+      </c>
+      <c r="F197" t="s">
+        <v>10</v>
+      </c>
+      <c r="G197" t="s">
+        <v>10</v>
+      </c>
+      <c r="H197" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>438</v>
+      </c>
+      <c r="B198" t="s">
+        <v>439</v>
+      </c>
+      <c r="C198" t="s">
+        <v>434</v>
+      </c>
+      <c r="D198">
+        <v>2</v>
+      </c>
+      <c r="E198" t="s">
+        <v>10</v>
+      </c>
+      <c r="F198" t="s">
+        <v>10</v>
+      </c>
+      <c r="G198" t="s">
+        <v>10</v>
+      </c>
+      <c r="H198"/>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>440</v>
+      </c>
+      <c r="B199" t="s">
+        <v>441</v>
+      </c>
+      <c r="C199" t="s">
+        <v>434</v>
+      </c>
+      <c r="D199">
+        <v>2</v>
+      </c>
+      <c r="E199" t="s">
+        <v>10</v>
+      </c>
+      <c r="F199" t="s">
+        <v>10</v>
+      </c>
+      <c r="G199" t="s">
+        <v>10</v>
+      </c>
+      <c r="H199"/>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>283</v>
+      </c>
+      <c r="B200" t="s">
         <v>31</v>
       </c>
-      <c r="C11" t="s">
-[...11 lines deleted...]
-      <c r="G11" t="s">
+      <c r="C200" t="s">
+        <v>434</v>
+      </c>
+      <c r="D200">
+        <v>2</v>
+      </c>
+      <c r="E200" t="s">
+        <v>11</v>
+      </c>
+      <c r="F200" t="s">
+        <v>10</v>
+      </c>
+      <c r="G200" t="s">
+        <v>10</v>
+      </c>
+      <c r="H200" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>333</v>
+      </c>
+      <c r="B201" t="s">
+        <v>347</v>
+      </c>
+      <c r="C201" t="s">
+        <v>443</v>
+      </c>
+      <c r="D201">
+        <v>1</v>
+      </c>
+      <c r="E201"/>
+      <c r="F201" t="s">
+        <v>11</v>
+      </c>
+      <c r="G201" t="s">
+        <v>10</v>
+      </c>
+      <c r="H201"/>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>428</v>
+      </c>
+      <c r="B202" t="s">
+        <v>35</v>
+      </c>
+      <c r="C202" t="s">
+        <v>443</v>
+      </c>
+      <c r="D202">
+        <v>1</v>
+      </c>
+      <c r="E202" t="s">
+        <v>11</v>
+      </c>
+      <c r="F202" t="s">
+        <v>10</v>
+      </c>
+      <c r="G202" t="s">
+        <v>10</v>
+      </c>
+      <c r="H202" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>285</v>
+      </c>
+      <c r="B203" t="s">
+        <v>445</v>
+      </c>
+      <c r="C203" t="s">
+        <v>443</v>
+      </c>
+      <c r="D203">
+        <v>1</v>
+      </c>
+      <c r="E203" t="s">
+        <v>10</v>
+      </c>
+      <c r="F203" t="s">
+        <v>10</v>
+      </c>
+      <c r="G203" t="s">
+        <v>10</v>
+      </c>
+      <c r="H203"/>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>446</v>
+      </c>
+      <c r="B204" t="s">
+        <v>447</v>
+      </c>
+      <c r="C204" t="s">
+        <v>443</v>
+      </c>
+      <c r="D204">
+        <v>1</v>
+      </c>
+      <c r="E204" t="s">
+        <v>10</v>
+      </c>
+      <c r="F204" t="s">
+        <v>10</v>
+      </c>
+      <c r="G204" t="s">
+        <v>10</v>
+      </c>
+      <c r="H204"/>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>372</v>
+      </c>
+      <c r="B205" t="s">
+        <v>448</v>
+      </c>
+      <c r="C205" t="s">
+        <v>443</v>
+      </c>
+      <c r="D205">
+        <v>1</v>
+      </c>
+      <c r="E205" t="s">
+        <v>10</v>
+      </c>
+      <c r="F205" t="s">
+        <v>10</v>
+      </c>
+      <c r="G205" t="s">
+        <v>10</v>
+      </c>
+      <c r="H205"/>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>449</v>
+      </c>
+      <c r="B206" t="s">
+        <v>450</v>
+      </c>
+      <c r="C206" t="s">
+        <v>443</v>
+      </c>
+      <c r="D206">
+        <v>1</v>
+      </c>
+      <c r="E206" t="s">
+        <v>11</v>
+      </c>
+      <c r="F206" t="s">
+        <v>10</v>
+      </c>
+      <c r="G206" t="s">
+        <v>10</v>
+      </c>
+      <c r="H206" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>452</v>
+      </c>
+      <c r="B207" t="s">
+        <v>453</v>
+      </c>
+      <c r="C207" t="s">
+        <v>454</v>
+      </c>
+      <c r="D207">
+        <v>1</v>
+      </c>
+      <c r="E207" t="s">
+        <v>11</v>
+      </c>
+      <c r="F207" t="s">
+        <v>10</v>
+      </c>
+      <c r="G207" t="s">
+        <v>10</v>
+      </c>
+      <c r="H207" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>41</v>
+      </c>
+      <c r="B208" t="s">
+        <v>456</v>
+      </c>
+      <c r="C208" t="s">
+        <v>454</v>
+      </c>
+      <c r="D208">
+        <v>1</v>
+      </c>
+      <c r="E208" t="s">
+        <v>10</v>
+      </c>
+      <c r="F208" t="s">
+        <v>10</v>
+      </c>
+      <c r="G208" t="s">
+        <v>10</v>
+      </c>
+      <c r="H208"/>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>457</v>
+      </c>
+      <c r="B209" t="s">
+        <v>275</v>
+      </c>
+      <c r="C209" t="s">
+        <v>454</v>
+      </c>
+      <c r="D209">
+        <v>1</v>
+      </c>
+      <c r="E209" t="s">
+        <v>10</v>
+      </c>
+      <c r="F209" t="s">
+        <v>10</v>
+      </c>
+      <c r="G209" t="s">
+        <v>10</v>
+      </c>
+      <c r="H209"/>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>458</v>
+      </c>
+      <c r="B210" t="s">
+        <v>459</v>
+      </c>
+      <c r="C210" t="s">
+        <v>454</v>
+      </c>
+      <c r="D210">
+        <v>1</v>
+      </c>
+      <c r="E210" t="s">
+        <v>11</v>
+      </c>
+      <c r="F210" t="s">
+        <v>10</v>
+      </c>
+      <c r="G210" t="s">
+        <v>10</v>
+      </c>
+      <c r="H210" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>461</v>
+      </c>
+      <c r="B211" t="s">
+        <v>462</v>
+      </c>
+      <c r="C211" t="s">
+        <v>454</v>
+      </c>
+      <c r="D211">
+        <v>1</v>
+      </c>
+      <c r="E211" t="s">
+        <v>11</v>
+      </c>
+      <c r="F211" t="s">
+        <v>10</v>
+      </c>
+      <c r="G211" t="s">
+        <v>10</v>
+      </c>
+      <c r="H211" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>52</v>
+      </c>
+      <c r="B212" t="s">
+        <v>464</v>
+      </c>
+      <c r="C212" t="s">
+        <v>454</v>
+      </c>
+      <c r="D212">
+        <v>1</v>
+      </c>
+      <c r="E212"/>
+      <c r="F212" t="s">
+        <v>11</v>
+      </c>
+      <c r="G212" t="s">
+        <v>10</v>
+      </c>
+      <c r="H212"/>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>465</v>
+      </c>
+      <c r="B213" t="s">
+        <v>466</v>
+      </c>
+      <c r="C213" t="s">
+        <v>454</v>
+      </c>
+      <c r="D213">
+        <v>1</v>
+      </c>
+      <c r="E213" t="s">
+        <v>10</v>
+      </c>
+      <c r="F213" t="s">
+        <v>10</v>
+      </c>
+      <c r="G213" t="s">
+        <v>10</v>
+      </c>
+      <c r="H213"/>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>467</v>
+      </c>
+      <c r="B214" t="s">
+        <v>466</v>
+      </c>
+      <c r="C214" t="s">
+        <v>454</v>
+      </c>
+      <c r="D214">
+        <v>1</v>
+      </c>
+      <c r="E214" t="s">
+        <v>10</v>
+      </c>
+      <c r="F214" t="s">
+        <v>10</v>
+      </c>
+      <c r="G214" t="s">
+        <v>10</v>
+      </c>
+      <c r="H214"/>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>468</v>
+      </c>
+      <c r="B215" t="s">
+        <v>275</v>
+      </c>
+      <c r="C215" t="s">
+        <v>454</v>
+      </c>
+      <c r="D215">
+        <v>1</v>
+      </c>
+      <c r="E215" t="s">
+        <v>10</v>
+      </c>
+      <c r="F215" t="s">
+        <v>10</v>
+      </c>
+      <c r="G215" t="s">
+        <v>10</v>
+      </c>
+      <c r="H215"/>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>150</v>
+      </c>
+      <c r="B216" t="s">
+        <v>469</v>
+      </c>
+      <c r="C216" t="s">
+        <v>454</v>
+      </c>
+      <c r="D216">
+        <v>1</v>
+      </c>
+      <c r="E216" t="s">
+        <v>10</v>
+      </c>
+      <c r="F216" t="s">
+        <v>10</v>
+      </c>
+      <c r="G216" t="s">
+        <v>10</v>
+      </c>
+      <c r="H216"/>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>182</v>
+      </c>
+      <c r="B217" t="s">
+        <v>275</v>
+      </c>
+      <c r="C217" t="s">
+        <v>454</v>
+      </c>
+      <c r="D217">
+        <v>1</v>
+      </c>
+      <c r="E217" t="s">
+        <v>11</v>
+      </c>
+      <c r="F217" t="s">
+        <v>10</v>
+      </c>
+      <c r="G217" t="s">
+        <v>10</v>
+      </c>
+      <c r="H217" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>471</v>
+      </c>
+      <c r="B218" t="s">
+        <v>147</v>
+      </c>
+      <c r="C218" t="s">
+        <v>454</v>
+      </c>
+      <c r="D218">
+        <v>1</v>
+      </c>
+      <c r="E218" t="s">
+        <v>10</v>
+      </c>
+      <c r="F218" t="s">
+        <v>10</v>
+      </c>
+      <c r="G218" t="s">
+        <v>10</v>
+      </c>
+      <c r="H218"/>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>472</v>
+      </c>
+      <c r="B219" t="s">
+        <v>473</v>
+      </c>
+      <c r="C219" t="s">
+        <v>454</v>
+      </c>
+      <c r="D219">
+        <v>1</v>
+      </c>
+      <c r="E219" t="s">
+        <v>10</v>
+      </c>
+      <c r="F219" t="s">
+        <v>10</v>
+      </c>
+      <c r="G219" t="s">
+        <v>10</v>
+      </c>
+      <c r="H219"/>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>474</v>
+      </c>
+      <c r="B220" t="s">
+        <v>475</v>
+      </c>
+      <c r="C220" t="s">
+        <v>454</v>
+      </c>
+      <c r="D220">
+        <v>1</v>
+      </c>
+      <c r="E220" t="s">
+        <v>10</v>
+      </c>
+      <c r="F220" t="s">
+        <v>10</v>
+      </c>
+      <c r="G220" t="s">
+        <v>10</v>
+      </c>
+      <c r="H220"/>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>476</v>
+      </c>
+      <c r="B221" t="s">
+        <v>477</v>
+      </c>
+      <c r="C221" t="s">
+        <v>454</v>
+      </c>
+      <c r="D221">
+        <v>1</v>
+      </c>
+      <c r="E221" t="s">
+        <v>10</v>
+      </c>
+      <c r="F221" t="s">
+        <v>10</v>
+      </c>
+      <c r="G221" t="s">
+        <v>10</v>
+      </c>
+      <c r="H221"/>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>478</v>
+      </c>
+      <c r="B222" t="s">
+        <v>475</v>
+      </c>
+      <c r="C222" t="s">
+        <v>454</v>
+      </c>
+      <c r="D222">
+        <v>1</v>
+      </c>
+      <c r="E222" t="s">
+        <v>10</v>
+      </c>
+      <c r="F222" t="s">
+        <v>10</v>
+      </c>
+      <c r="G222" t="s">
+        <v>10</v>
+      </c>
+      <c r="H222"/>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>8</v>
+      </c>
+      <c r="B223" t="s">
+        <v>479</v>
+      </c>
+      <c r="C223" t="s">
+        <v>480</v>
+      </c>
+      <c r="D223">
+        <v>1</v>
+      </c>
+      <c r="E223" t="s">
+        <v>11</v>
+      </c>
+      <c r="F223" t="s">
+        <v>10</v>
+      </c>
+      <c r="G223" t="s">
+        <v>10</v>
+      </c>
+      <c r="H223" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>95</v>
+      </c>
+      <c r="B224" t="s">
+        <v>482</v>
+      </c>
+      <c r="C224" t="s">
+        <v>480</v>
+      </c>
+      <c r="D224">
+        <v>1</v>
+      </c>
+      <c r="E224" t="s">
+        <v>11</v>
+      </c>
+      <c r="F224" t="s">
+        <v>10</v>
+      </c>
+      <c r="G224" t="s">
+        <v>10</v>
+      </c>
+      <c r="H224" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>484</v>
+      </c>
+      <c r="B225" t="s">
+        <v>145</v>
+      </c>
+      <c r="C225" t="s">
+        <v>480</v>
+      </c>
+      <c r="D225">
+        <v>1</v>
+      </c>
+      <c r="E225" t="s">
+        <v>10</v>
+      </c>
+      <c r="F225" t="s">
+        <v>10</v>
+      </c>
+      <c r="G225" t="s">
+        <v>10</v>
+      </c>
+      <c r="H225"/>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>485</v>
+      </c>
+      <c r="B226" t="s">
+        <v>486</v>
+      </c>
+      <c r="C226" t="s">
+        <v>480</v>
+      </c>
+      <c r="D226">
+        <v>1</v>
+      </c>
+      <c r="E226" t="s">
+        <v>11</v>
+      </c>
+      <c r="F226" t="s">
+        <v>10</v>
+      </c>
+      <c r="G226" t="s">
+        <v>10</v>
+      </c>
+      <c r="H226" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>488</v>
+      </c>
+      <c r="B227" t="s">
+        <v>489</v>
+      </c>
+      <c r="C227" t="s">
+        <v>480</v>
+      </c>
+      <c r="D227">
+        <v>1</v>
+      </c>
+      <c r="E227" t="s">
+        <v>10</v>
+      </c>
+      <c r="F227" t="s">
+        <v>10</v>
+      </c>
+      <c r="G227" t="s">
+        <v>10</v>
+      </c>
+      <c r="H227"/>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>490</v>
+      </c>
+      <c r="B228" t="s">
+        <v>491</v>
+      </c>
+      <c r="C228" t="s">
+        <v>480</v>
+      </c>
+      <c r="D228">
+        <v>1</v>
+      </c>
+      <c r="E228" t="s">
+        <v>10</v>
+      </c>
+      <c r="F228" t="s">
+        <v>10</v>
+      </c>
+      <c r="G228" t="s">
+        <v>10</v>
+      </c>
+      <c r="H228"/>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>492</v>
+      </c>
+      <c r="B229" t="s">
+        <v>145</v>
+      </c>
+      <c r="C229" t="s">
+        <v>480</v>
+      </c>
+      <c r="D229">
+        <v>1</v>
+      </c>
+      <c r="E229" t="s">
+        <v>10</v>
+      </c>
+      <c r="F229" t="s">
+        <v>10</v>
+      </c>
+      <c r="G229" t="s">
+        <v>10</v>
+      </c>
+      <c r="H229"/>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>493</v>
+      </c>
+      <c r="B230" t="s">
+        <v>422</v>
+      </c>
+      <c r="C230" t="s">
+        <v>480</v>
+      </c>
+      <c r="D230">
+        <v>1</v>
+      </c>
+      <c r="E230" t="s">
+        <v>11</v>
+      </c>
+      <c r="F230" t="s">
+        <v>10</v>
+      </c>
+      <c r="G230" t="s">
+        <v>10</v>
+      </c>
+      <c r="H230" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>484</v>
+      </c>
+      <c r="B231" t="s">
+        <v>145</v>
+      </c>
+      <c r="C231" t="s">
+        <v>480</v>
+      </c>
+      <c r="D231">
+        <v>1</v>
+      </c>
+      <c r="E231" t="s">
+        <v>11</v>
+      </c>
+      <c r="F231" t="s">
+        <v>10</v>
+      </c>
+      <c r="G231" t="s">
+        <v>10</v>
+      </c>
+      <c r="H231" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>496</v>
+      </c>
+      <c r="B232" t="s">
+        <v>497</v>
+      </c>
+      <c r="C232" t="s">
+        <v>480</v>
+      </c>
+      <c r="D232">
+        <v>1</v>
+      </c>
+      <c r="E232" t="s">
+        <v>10</v>
+      </c>
+      <c r="F232" t="s">
+        <v>10</v>
+      </c>
+      <c r="G232" t="s">
+        <v>10</v>
+      </c>
+      <c r="H232"/>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>498</v>
+      </c>
+      <c r="B233" t="s">
+        <v>499</v>
+      </c>
+      <c r="C233" t="s">
+        <v>480</v>
+      </c>
+      <c r="D233">
+        <v>2</v>
+      </c>
+      <c r="E233"/>
+      <c r="F233" t="s">
+        <v>11</v>
+      </c>
+      <c r="G233" t="s">
+        <v>10</v>
+      </c>
+      <c r="H233"/>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>500</v>
+      </c>
+      <c r="B234" t="s">
+        <v>501</v>
+      </c>
+      <c r="C234" t="s">
+        <v>502</v>
+      </c>
+      <c r="D234">
+        <v>1</v>
+      </c>
+      <c r="E234" t="s">
+        <v>11</v>
+      </c>
+      <c r="F234" t="s">
+        <v>10</v>
+      </c>
+      <c r="G234" t="s">
+        <v>10</v>
+      </c>
+      <c r="H234" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>504</v>
+      </c>
+      <c r="B235" t="s">
+        <v>505</v>
+      </c>
+      <c r="C235" t="s">
+        <v>502</v>
+      </c>
+      <c r="D235">
+        <v>1</v>
+      </c>
+      <c r="E235" t="s">
+        <v>11</v>
+      </c>
+      <c r="F235" t="s">
+        <v>10</v>
+      </c>
+      <c r="G235" t="s">
+        <v>10</v>
+      </c>
+      <c r="H235" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>507</v>
+      </c>
+      <c r="B236" t="s">
+        <v>508</v>
+      </c>
+      <c r="C236" t="s">
+        <v>502</v>
+      </c>
+      <c r="D236">
+        <v>1</v>
+      </c>
+      <c r="E236"/>
+      <c r="F236" t="s">
+        <v>10</v>
+      </c>
+      <c r="G236" t="s">
+        <v>11</v>
+      </c>
+      <c r="H236"/>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>509</v>
+      </c>
+      <c r="B237" t="s">
+        <v>65</v>
+      </c>
+      <c r="C237" t="s">
+        <v>502</v>
+      </c>
+      <c r="D237">
+        <v>1</v>
+      </c>
+      <c r="E237" t="s">
+        <v>11</v>
+      </c>
+      <c r="F237" t="s">
+        <v>10</v>
+      </c>
+      <c r="G237" t="s">
+        <v>10</v>
+      </c>
+      <c r="H237" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>432</v>
+      </c>
+      <c r="B238" t="s">
+        <v>511</v>
+      </c>
+      <c r="C238" t="s">
+        <v>502</v>
+      </c>
+      <c r="D238">
+        <v>1</v>
+      </c>
+      <c r="E238"/>
+      <c r="F238" t="s">
+        <v>10</v>
+      </c>
+      <c r="G238" t="s">
+        <v>11</v>
+      </c>
+      <c r="H238"/>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>182</v>
+      </c>
+      <c r="B239" t="s">
+        <v>512</v>
+      </c>
+      <c r="C239" t="s">
+        <v>502</v>
+      </c>
+      <c r="D239">
+        <v>1</v>
+      </c>
+      <c r="E239" t="s">
+        <v>10</v>
+      </c>
+      <c r="F239" t="s">
+        <v>10</v>
+      </c>
+      <c r="G239" t="s">
+        <v>10</v>
+      </c>
+      <c r="H239"/>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
         <v>109</v>
       </c>
-      <c r="H11" t="s">
-[...39 lines deleted...]
-      <c r="AB11" t="s">
+      <c r="B240" t="s">
+        <v>513</v>
+      </c>
+      <c r="C240" t="s">
+        <v>502</v>
+      </c>
+      <c r="D240">
+        <v>1</v>
+      </c>
+      <c r="E240" t="s">
+        <v>11</v>
+      </c>
+      <c r="F240" t="s">
+        <v>10</v>
+      </c>
+      <c r="G240" t="s">
+        <v>10</v>
+      </c>
+      <c r="H240" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>144</v>
+      </c>
+      <c r="B241" t="s">
+        <v>515</v>
+      </c>
+      <c r="C241" t="s">
+        <v>502</v>
+      </c>
+      <c r="D241">
+        <v>1</v>
+      </c>
+      <c r="E241" t="s">
+        <v>10</v>
+      </c>
+      <c r="F241" t="s">
+        <v>10</v>
+      </c>
+      <c r="G241" t="s">
+        <v>10</v>
+      </c>
+      <c r="H241"/>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>516</v>
+      </c>
+      <c r="B242" t="s">
+        <v>517</v>
+      </c>
+      <c r="C242" t="s">
+        <v>502</v>
+      </c>
+      <c r="D242">
+        <v>1</v>
+      </c>
+      <c r="E242" t="s">
+        <v>11</v>
+      </c>
+      <c r="F242" t="s">
+        <v>10</v>
+      </c>
+      <c r="G242" t="s">
+        <v>10</v>
+      </c>
+      <c r="H242" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>519</v>
+      </c>
+      <c r="B243" t="s">
+        <v>520</v>
+      </c>
+      <c r="C243" t="s">
+        <v>502</v>
+      </c>
+      <c r="D243">
+        <v>1</v>
+      </c>
+      <c r="E243"/>
+      <c r="F243" t="s">
+        <v>11</v>
+      </c>
+      <c r="G243" t="s">
+        <v>11</v>
+      </c>
+      <c r="H243"/>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>292</v>
+      </c>
+      <c r="B244" t="s">
+        <v>505</v>
+      </c>
+      <c r="C244" t="s">
+        <v>502</v>
+      </c>
+      <c r="D244">
+        <v>1</v>
+      </c>
+      <c r="E244" t="s">
+        <v>11</v>
+      </c>
+      <c r="F244" t="s">
+        <v>10</v>
+      </c>
+      <c r="G244" t="s">
+        <v>10</v>
+      </c>
+      <c r="H244" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>522</v>
+      </c>
+      <c r="B245" t="s">
+        <v>523</v>
+      </c>
+      <c r="C245" t="s">
+        <v>502</v>
+      </c>
+      <c r="D245">
+        <v>1</v>
+      </c>
+      <c r="E245"/>
+      <c r="F245" t="s">
+        <v>10</v>
+      </c>
+      <c r="G245" t="s">
+        <v>11</v>
+      </c>
+      <c r="H245"/>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>524</v>
+      </c>
+      <c r="B246" t="s">
+        <v>525</v>
+      </c>
+      <c r="C246" t="s">
+        <v>502</v>
+      </c>
+      <c r="D246">
+        <v>1</v>
+      </c>
+      <c r="E246" t="s">
+        <v>11</v>
+      </c>
+      <c r="F246" t="s">
+        <v>10</v>
+      </c>
+      <c r="G246" t="s">
+        <v>10</v>
+      </c>
+      <c r="H246" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>527</v>
+      </c>
+      <c r="B247" t="s">
+        <v>528</v>
+      </c>
+      <c r="C247" t="s">
+        <v>502</v>
+      </c>
+      <c r="D247">
+        <v>1</v>
+      </c>
+      <c r="E247" t="s">
+        <v>10</v>
+      </c>
+      <c r="F247" t="s">
+        <v>10</v>
+      </c>
+      <c r="G247" t="s">
+        <v>10</v>
+      </c>
+      <c r="H247"/>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>529</v>
+      </c>
+      <c r="B248" t="s">
+        <v>530</v>
+      </c>
+      <c r="C248" t="s">
+        <v>502</v>
+      </c>
+      <c r="D248">
+        <v>1</v>
+      </c>
+      <c r="E248" t="s">
+        <v>11</v>
+      </c>
+      <c r="F248" t="s">
+        <v>10</v>
+      </c>
+      <c r="G248" t="s">
+        <v>10</v>
+      </c>
+      <c r="H248" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>532</v>
+      </c>
+      <c r="B249" t="s">
+        <v>533</v>
+      </c>
+      <c r="C249" t="s">
+        <v>502</v>
+      </c>
+      <c r="D249">
+        <v>1</v>
+      </c>
+      <c r="E249" t="s">
+        <v>10</v>
+      </c>
+      <c r="F249" t="s">
+        <v>10</v>
+      </c>
+      <c r="G249" t="s">
+        <v>10</v>
+      </c>
+      <c r="H249"/>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>534</v>
+      </c>
+      <c r="B250" t="s">
+        <v>535</v>
+      </c>
+      <c r="C250" t="s">
+        <v>502</v>
+      </c>
+      <c r="D250">
+        <v>1</v>
+      </c>
+      <c r="E250"/>
+      <c r="F250" t="s">
+        <v>10</v>
+      </c>
+      <c r="G250" t="s">
+        <v>11</v>
+      </c>
+      <c r="H250"/>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>536</v>
+      </c>
+      <c r="B251" t="s">
+        <v>501</v>
+      </c>
+      <c r="C251" t="s">
+        <v>502</v>
+      </c>
+      <c r="D251">
+        <v>1</v>
+      </c>
+      <c r="E251"/>
+      <c r="F251" t="s">
+        <v>10</v>
+      </c>
+      <c r="G251" t="s">
+        <v>11</v>
+      </c>
+      <c r="H251"/>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>537</v>
+      </c>
+      <c r="B252" t="s">
+        <v>538</v>
+      </c>
+      <c r="C252" t="s">
+        <v>502</v>
+      </c>
+      <c r="D252">
+        <v>1</v>
+      </c>
+      <c r="E252" t="s">
+        <v>11</v>
+      </c>
+      <c r="F252" t="s">
+        <v>10</v>
+      </c>
+      <c r="G252" t="s">
+        <v>10</v>
+      </c>
+      <c r="H252" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>67</v>
+      </c>
+      <c r="B253" t="s">
+        <v>540</v>
+      </c>
+      <c r="C253" t="s">
+        <v>502</v>
+      </c>
+      <c r="D253">
+        <v>1</v>
+      </c>
+      <c r="E253" t="s">
+        <v>10</v>
+      </c>
+      <c r="F253" t="s">
+        <v>10</v>
+      </c>
+      <c r="G253" t="s">
+        <v>10</v>
+      </c>
+      <c r="H253"/>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>12</v>
+      </c>
+      <c r="B254" t="s">
+        <v>475</v>
+      </c>
+      <c r="C254" t="s">
+        <v>502</v>
+      </c>
+      <c r="D254">
+        <v>1</v>
+      </c>
+      <c r="E254" t="s">
+        <v>10</v>
+      </c>
+      <c r="F254" t="s">
+        <v>10</v>
+      </c>
+      <c r="G254" t="s">
+        <v>10</v>
+      </c>
+      <c r="H254"/>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>52</v>
+      </c>
+      <c r="B255" t="s">
+        <v>530</v>
+      </c>
+      <c r="C255" t="s">
+        <v>502</v>
+      </c>
+      <c r="D255">
+        <v>1</v>
+      </c>
+      <c r="E255" t="s">
+        <v>11</v>
+      </c>
+      <c r="F255" t="s">
+        <v>10</v>
+      </c>
+      <c r="G255" t="s">
+        <v>10</v>
+      </c>
+      <c r="H255" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>321</v>
+      </c>
+      <c r="B256" t="s">
+        <v>542</v>
+      </c>
+      <c r="C256" t="s">
+        <v>502</v>
+      </c>
+      <c r="D256">
+        <v>1</v>
+      </c>
+      <c r="E256"/>
+      <c r="F256" t="s">
+        <v>10</v>
+      </c>
+      <c r="G256" t="s">
+        <v>11</v>
+      </c>
+      <c r="H256"/>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>543</v>
+      </c>
+      <c r="B257" t="s">
+        <v>515</v>
+      </c>
+      <c r="C257" t="s">
+        <v>502</v>
+      </c>
+      <c r="D257">
+        <v>1</v>
+      </c>
+      <c r="E257" t="s">
+        <v>10</v>
+      </c>
+      <c r="F257" t="s">
+        <v>10</v>
+      </c>
+      <c r="G257" t="s">
+        <v>10</v>
+      </c>
+      <c r="H257"/>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>544</v>
+      </c>
+      <c r="B258" t="s">
+        <v>533</v>
+      </c>
+      <c r="C258" t="s">
+        <v>502</v>
+      </c>
+      <c r="D258">
+        <v>1</v>
+      </c>
+      <c r="E258" t="s">
+        <v>11</v>
+      </c>
+      <c r="F258" t="s">
+        <v>10</v>
+      </c>
+      <c r="G258" t="s">
+        <v>10</v>
+      </c>
+      <c r="H258" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>546</v>
+      </c>
+      <c r="B259" t="s">
+        <v>547</v>
+      </c>
+      <c r="C259" t="s">
+        <v>548</v>
+      </c>
+      <c r="D259">
+        <v>1</v>
+      </c>
+      <c r="E259" t="s">
+        <v>11</v>
+      </c>
+      <c r="F259" t="s">
+        <v>10</v>
+      </c>
+      <c r="G259" t="s">
+        <v>10</v>
+      </c>
+      <c r="H259" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>550</v>
+      </c>
+      <c r="B260" t="s">
+        <v>551</v>
+      </c>
+      <c r="C260" t="s">
+        <v>548</v>
+      </c>
+      <c r="D260">
+        <v>1</v>
+      </c>
+      <c r="E260" t="s">
+        <v>11</v>
+      </c>
+      <c r="F260" t="s">
+        <v>10</v>
+      </c>
+      <c r="G260" t="s">
+        <v>10</v>
+      </c>
+      <c r="H260" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>546</v>
+      </c>
+      <c r="B261" t="s">
+        <v>553</v>
+      </c>
+      <c r="C261" t="s">
+        <v>548</v>
+      </c>
+      <c r="D261">
+        <v>1</v>
+      </c>
+      <c r="E261" t="s">
+        <v>10</v>
+      </c>
+      <c r="F261" t="s">
+        <v>10</v>
+      </c>
+      <c r="G261" t="s">
+        <v>10</v>
+      </c>
+      <c r="H261"/>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>474</v>
+      </c>
+      <c r="B262" t="s">
+        <v>554</v>
+      </c>
+      <c r="C262" t="s">
+        <v>548</v>
+      </c>
+      <c r="D262">
+        <v>1</v>
+      </c>
+      <c r="E262" t="s">
+        <v>10</v>
+      </c>
+      <c r="F262" t="s">
+        <v>10</v>
+      </c>
+      <c r="G262" t="s">
+        <v>10</v>
+      </c>
+      <c r="H262"/>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>52</v>
+      </c>
+      <c r="B263" t="s">
+        <v>555</v>
+      </c>
+      <c r="C263" t="s">
+        <v>548</v>
+      </c>
+      <c r="D263">
+        <v>1</v>
+      </c>
+      <c r="E263"/>
+      <c r="F263" t="s">
+        <v>10</v>
+      </c>
+      <c r="G263" t="s">
+        <v>11</v>
+      </c>
+      <c r="H263"/>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>556</v>
+      </c>
+      <c r="B264" t="s">
+        <v>557</v>
+      </c>
+      <c r="C264" t="s">
+        <v>548</v>
+      </c>
+      <c r="D264">
+        <v>1</v>
+      </c>
+      <c r="E264" t="s">
+        <v>10</v>
+      </c>
+      <c r="F264" t="s">
+        <v>10</v>
+      </c>
+      <c r="G264" t="s">
+        <v>10</v>
+      </c>
+      <c r="H264"/>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>558</v>
+      </c>
+      <c r="B265" t="s">
+        <v>559</v>
+      </c>
+      <c r="C265" t="s">
+        <v>548</v>
+      </c>
+      <c r="D265">
+        <v>1</v>
+      </c>
+      <c r="E265" t="s">
+        <v>10</v>
+      </c>
+      <c r="F265" t="s">
+        <v>10</v>
+      </c>
+      <c r="G265" t="s">
+        <v>10</v>
+      </c>
+      <c r="H265"/>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>474</v>
+      </c>
+      <c r="B266" t="s">
+        <v>560</v>
+      </c>
+      <c r="C266" t="s">
+        <v>548</v>
+      </c>
+      <c r="D266">
+        <v>1</v>
+      </c>
+      <c r="E266" t="s">
+        <v>11</v>
+      </c>
+      <c r="F266" t="s">
+        <v>10</v>
+      </c>
+      <c r="G266" t="s">
+        <v>10</v>
+      </c>
+      <c r="H266" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>562</v>
+      </c>
+      <c r="B267" t="s">
+        <v>557</v>
+      </c>
+      <c r="C267" t="s">
+        <v>548</v>
+      </c>
+      <c r="D267">
+        <v>1</v>
+      </c>
+      <c r="E267" t="s">
+        <v>11</v>
+      </c>
+      <c r="F267" t="s">
+        <v>10</v>
+      </c>
+      <c r="G267" t="s">
+        <v>10</v>
+      </c>
+      <c r="H267" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>80</v>
+      </c>
+      <c r="B268" t="s">
+        <v>507</v>
+      </c>
+      <c r="C268" t="s">
+        <v>548</v>
+      </c>
+      <c r="D268">
+        <v>1</v>
+      </c>
+      <c r="E268" t="s">
+        <v>11</v>
+      </c>
+      <c r="F268" t="s">
+        <v>10</v>
+      </c>
+      <c r="G268" t="s">
+        <v>10</v>
+      </c>
+      <c r="H268" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>565</v>
+      </c>
+      <c r="B269" t="s">
+        <v>566</v>
+      </c>
+      <c r="C269" t="s">
+        <v>548</v>
+      </c>
+      <c r="D269">
+        <v>1</v>
+      </c>
+      <c r="E269" t="s">
+        <v>10</v>
+      </c>
+      <c r="F269" t="s">
+        <v>10</v>
+      </c>
+      <c r="G269" t="s">
+        <v>10</v>
+      </c>
+      <c r="H269"/>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>428</v>
+      </c>
+      <c r="B270" t="s">
+        <v>559</v>
+      </c>
+      <c r="C270" t="s">
+        <v>548</v>
+      </c>
+      <c r="D270">
+        <v>1</v>
+      </c>
+      <c r="E270" t="s">
+        <v>10</v>
+      </c>
+      <c r="F270" t="s">
+        <v>10</v>
+      </c>
+      <c r="G270" t="s">
+        <v>10</v>
+      </c>
+      <c r="H270"/>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>567</v>
+      </c>
+      <c r="B271" t="s">
+        <v>568</v>
+      </c>
+      <c r="C271" t="s">
+        <v>548</v>
+      </c>
+      <c r="D271">
+        <v>1</v>
+      </c>
+      <c r="E271"/>
+      <c r="F271" t="s">
+        <v>10</v>
+      </c>
+      <c r="G271" t="s">
+        <v>11</v>
+      </c>
+      <c r="H271"/>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>569</v>
+      </c>
+      <c r="B272" t="s">
+        <v>570</v>
+      </c>
+      <c r="C272" t="s">
+        <v>548</v>
+      </c>
+      <c r="D272">
+        <v>1</v>
+      </c>
+      <c r="E272" t="s">
+        <v>11</v>
+      </c>
+      <c r="F272" t="s">
+        <v>10</v>
+      </c>
+      <c r="G272" t="s">
+        <v>10</v>
+      </c>
+      <c r="H272" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>438</v>
+      </c>
+      <c r="B273" t="s">
+        <v>572</v>
+      </c>
+      <c r="C273" t="s">
+        <v>548</v>
+      </c>
+      <c r="D273">
+        <v>1</v>
+      </c>
+      <c r="E273" t="s">
+        <v>10</v>
+      </c>
+      <c r="F273" t="s">
+        <v>10</v>
+      </c>
+      <c r="G273" t="s">
+        <v>10</v>
+      </c>
+      <c r="H273"/>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>197</v>
+      </c>
+      <c r="B274" t="s">
+        <v>573</v>
+      </c>
+      <c r="C274" t="s">
+        <v>548</v>
+      </c>
+      <c r="D274">
+        <v>1</v>
+      </c>
+      <c r="E274" t="s">
+        <v>10</v>
+      </c>
+      <c r="F274" t="s">
+        <v>10</v>
+      </c>
+      <c r="G274" t="s">
+        <v>10</v>
+      </c>
+      <c r="H274"/>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>574</v>
+      </c>
+      <c r="B275" t="s">
+        <v>575</v>
+      </c>
+      <c r="C275" t="s">
+        <v>548</v>
+      </c>
+      <c r="D275">
+        <v>1</v>
+      </c>
+      <c r="E275" t="s">
+        <v>10</v>
+      </c>
+      <c r="F275" t="s">
+        <v>10</v>
+      </c>
+      <c r="G275" t="s">
+        <v>10</v>
+      </c>
+      <c r="H275"/>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>576</v>
+      </c>
+      <c r="B276" t="s">
+        <v>577</v>
+      </c>
+      <c r="C276" t="s">
+        <v>548</v>
+      </c>
+      <c r="D276">
+        <v>1</v>
+      </c>
+      <c r="E276"/>
+      <c r="F276" t="s">
+        <v>11</v>
+      </c>
+      <c r="G276" t="s">
+        <v>11</v>
+      </c>
+      <c r="H276"/>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>182</v>
+      </c>
+      <c r="B277" t="s">
+        <v>572</v>
+      </c>
+      <c r="C277" t="s">
+        <v>548</v>
+      </c>
+      <c r="D277">
+        <v>1</v>
+      </c>
+      <c r="E277" t="s">
+        <v>10</v>
+      </c>
+      <c r="F277" t="s">
+        <v>10</v>
+      </c>
+      <c r="G277" t="s">
+        <v>10</v>
+      </c>
+      <c r="H277"/>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>578</v>
+      </c>
+      <c r="B278" t="s">
+        <v>579</v>
+      </c>
+      <c r="C278" t="s">
+        <v>548</v>
+      </c>
+      <c r="D278">
+        <v>1</v>
+      </c>
+      <c r="E278" t="s">
+        <v>11</v>
+      </c>
+      <c r="F278" t="s">
+        <v>10</v>
+      </c>
+      <c r="G278" t="s">
+        <v>10</v>
+      </c>
+      <c r="H278" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>581</v>
+      </c>
+      <c r="B279" t="s">
+        <v>582</v>
+      </c>
+      <c r="C279" t="s">
+        <v>548</v>
+      </c>
+      <c r="D279">
+        <v>1</v>
+      </c>
+      <c r="E279" t="s">
+        <v>10</v>
+      </c>
+      <c r="F279" t="s">
+        <v>10</v>
+      </c>
+      <c r="G279" t="s">
+        <v>10</v>
+      </c>
+      <c r="H279"/>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>583</v>
+      </c>
+      <c r="B280" t="s">
+        <v>584</v>
+      </c>
+      <c r="C280" t="s">
+        <v>548</v>
+      </c>
+      <c r="D280">
+        <v>1</v>
+      </c>
+      <c r="E280" t="s">
+        <v>11</v>
+      </c>
+      <c r="F280" t="s">
+        <v>10</v>
+      </c>
+      <c r="G280" t="s">
+        <v>10</v>
+      </c>
+      <c r="H280" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>586</v>
+      </c>
+      <c r="B281" t="s">
+        <v>587</v>
+      </c>
+      <c r="C281" t="s">
+        <v>548</v>
+      </c>
+      <c r="D281">
+        <v>1</v>
+      </c>
+      <c r="E281" t="s">
+        <v>10</v>
+      </c>
+      <c r="F281" t="s">
+        <v>10</v>
+      </c>
+      <c r="G281" t="s">
+        <v>10</v>
+      </c>
+      <c r="H281"/>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>321</v>
+      </c>
+      <c r="B282" t="s">
+        <v>588</v>
+      </c>
+      <c r="C282" t="s">
+        <v>548</v>
+      </c>
+      <c r="D282">
+        <v>1</v>
+      </c>
+      <c r="E282" t="s">
+        <v>10</v>
+      </c>
+      <c r="F282" t="s">
+        <v>10</v>
+      </c>
+      <c r="G282" t="s">
+        <v>10</v>
+      </c>
+      <c r="H282"/>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>34</v>
+      </c>
+      <c r="B283" t="s">
+        <v>589</v>
+      </c>
+      <c r="C283" t="s">
+        <v>548</v>
+      </c>
+      <c r="D283">
+        <v>1</v>
+      </c>
+      <c r="E283" t="s">
+        <v>10</v>
+      </c>
+      <c r="F283" t="s">
+        <v>10</v>
+      </c>
+      <c r="G283" t="s">
+        <v>10</v>
+      </c>
+      <c r="H283"/>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>590</v>
+      </c>
+      <c r="B284" t="s">
+        <v>591</v>
+      </c>
+      <c r="C284" t="s">
+        <v>592</v>
+      </c>
+      <c r="D284">
+        <v>1</v>
+      </c>
+      <c r="E284" t="s">
+        <v>11</v>
+      </c>
+      <c r="F284" t="s">
+        <v>10</v>
+      </c>
+      <c r="G284" t="s">
+        <v>10</v>
+      </c>
+      <c r="H284" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>594</v>
+      </c>
+      <c r="B285" t="s">
+        <v>595</v>
+      </c>
+      <c r="C285" t="s">
+        <v>592</v>
+      </c>
+      <c r="D285">
+        <v>1</v>
+      </c>
+      <c r="E285" t="s">
+        <v>11</v>
+      </c>
+      <c r="F285" t="s">
+        <v>10</v>
+      </c>
+      <c r="G285" t="s">
+        <v>10</v>
+      </c>
+      <c r="H285" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>474</v>
+      </c>
+      <c r="B286" t="s">
+        <v>597</v>
+      </c>
+      <c r="C286" t="s">
+        <v>592</v>
+      </c>
+      <c r="D286">
+        <v>1</v>
+      </c>
+      <c r="E286" t="s">
+        <v>11</v>
+      </c>
+      <c r="F286" t="s">
+        <v>10</v>
+      </c>
+      <c r="G286" t="s">
+        <v>10</v>
+      </c>
+      <c r="H286" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>144</v>
+      </c>
+      <c r="B287" t="s">
+        <v>599</v>
+      </c>
+      <c r="C287" t="s">
+        <v>592</v>
+      </c>
+      <c r="D287">
+        <v>1</v>
+      </c>
+      <c r="E287"/>
+      <c r="F287" t="s">
+        <v>10</v>
+      </c>
+      <c r="G287" t="s">
+        <v>11</v>
+      </c>
+      <c r="H287"/>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>92</v>
+      </c>
+      <c r="B288" t="s">
+        <v>600</v>
+      </c>
+      <c r="C288" t="s">
+        <v>592</v>
+      </c>
+      <c r="D288">
+        <v>1</v>
+      </c>
+      <c r="E288"/>
+      <c r="F288" t="s">
+        <v>11</v>
+      </c>
+      <c r="G288" t="s">
+        <v>11</v>
+      </c>
+      <c r="H288"/>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>519</v>
+      </c>
+      <c r="B289" t="s">
+        <v>601</v>
+      </c>
+      <c r="C289" t="s">
+        <v>592</v>
+      </c>
+      <c r="D289">
+        <v>1</v>
+      </c>
+      <c r="E289"/>
+      <c r="F289" t="s">
+        <v>10</v>
+      </c>
+      <c r="G289" t="s">
+        <v>11</v>
+      </c>
+      <c r="H289"/>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>402</v>
+      </c>
+      <c r="B290" t="s">
+        <v>602</v>
+      </c>
+      <c r="C290" t="s">
+        <v>592</v>
+      </c>
+      <c r="D290">
+        <v>1</v>
+      </c>
+      <c r="E290" t="s">
+        <v>11</v>
+      </c>
+      <c r="F290" t="s">
+        <v>10</v>
+      </c>
+      <c r="G290" t="s">
+        <v>10</v>
+      </c>
+      <c r="H290" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>604</v>
+      </c>
+      <c r="B291" t="s">
+        <v>605</v>
+      </c>
+      <c r="C291" t="s">
+        <v>592</v>
+      </c>
+      <c r="D291">
+        <v>1</v>
+      </c>
+      <c r="E291" t="s">
+        <v>11</v>
+      </c>
+      <c r="F291" t="s">
+        <v>10</v>
+      </c>
+      <c r="G291" t="s">
+        <v>10</v>
+      </c>
+      <c r="H291" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>321</v>
+      </c>
+      <c r="B292" t="s">
+        <v>607</v>
+      </c>
+      <c r="C292" t="s">
+        <v>592</v>
+      </c>
+      <c r="D292">
+        <v>1</v>
+      </c>
+      <c r="E292" t="s">
+        <v>11</v>
+      </c>
+      <c r="F292" t="s">
+        <v>10</v>
+      </c>
+      <c r="G292" t="s">
+        <v>10</v>
+      </c>
+      <c r="H292" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>609</v>
+      </c>
+      <c r="B293" t="s">
+        <v>610</v>
+      </c>
+      <c r="C293" t="s">
+        <v>592</v>
+      </c>
+      <c r="D293">
+        <v>1</v>
+      </c>
+      <c r="E293"/>
+      <c r="F293" t="s">
+        <v>10</v>
+      </c>
+      <c r="G293" t="s">
+        <v>11</v>
+      </c>
+      <c r="H293"/>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>611</v>
+      </c>
+      <c r="B294" t="s">
+        <v>612</v>
+      </c>
+      <c r="C294" t="s">
+        <v>613</v>
+      </c>
+      <c r="D294">
+        <v>1</v>
+      </c>
+      <c r="E294" t="s">
+        <v>11</v>
+      </c>
+      <c r="F294" t="s">
+        <v>10</v>
+      </c>
+      <c r="G294" t="s">
+        <v>10</v>
+      </c>
+      <c r="H294" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>615</v>
+      </c>
+      <c r="B295" t="s">
+        <v>616</v>
+      </c>
+      <c r="C295" t="s">
+        <v>613</v>
+      </c>
+      <c r="D295">
+        <v>1</v>
+      </c>
+      <c r="E295" t="s">
+        <v>11</v>
+      </c>
+      <c r="F295" t="s">
+        <v>10</v>
+      </c>
+      <c r="G295" t="s">
+        <v>10</v>
+      </c>
+      <c r="H295" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>618</v>
+      </c>
+      <c r="B296" t="s">
+        <v>619</v>
+      </c>
+      <c r="C296" t="s">
+        <v>613</v>
+      </c>
+      <c r="D296">
+        <v>1</v>
+      </c>
+      <c r="E296" t="s">
+        <v>10</v>
+      </c>
+      <c r="F296" t="s">
+        <v>10</v>
+      </c>
+      <c r="G296" t="s">
+        <v>10</v>
+      </c>
+      <c r="H296"/>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>620</v>
+      </c>
+      <c r="B297" t="s">
+        <v>621</v>
+      </c>
+      <c r="C297" t="s">
+        <v>613</v>
+      </c>
+      <c r="D297">
+        <v>1</v>
+      </c>
+      <c r="E297"/>
+      <c r="F297" t="s">
+        <v>10</v>
+      </c>
+      <c r="G297" t="s">
+        <v>11</v>
+      </c>
+      <c r="H297"/>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>534</v>
+      </c>
+      <c r="B298" t="s">
+        <v>622</v>
+      </c>
+      <c r="C298" t="s">
+        <v>613</v>
+      </c>
+      <c r="D298">
+        <v>1</v>
+      </c>
+      <c r="E298"/>
+      <c r="F298" t="s">
+        <v>10</v>
+      </c>
+      <c r="G298" t="s">
+        <v>11</v>
+      </c>
+      <c r="H298"/>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>565</v>
+      </c>
+      <c r="B299" t="s">
+        <v>623</v>
+      </c>
+      <c r="C299" t="s">
+        <v>613</v>
+      </c>
+      <c r="D299">
+        <v>1</v>
+      </c>
+      <c r="E299"/>
+      <c r="F299" t="s">
+        <v>10</v>
+      </c>
+      <c r="G299" t="s">
+        <v>11</v>
+      </c>
+      <c r="H299"/>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>556</v>
+      </c>
+      <c r="B300" t="s">
+        <v>624</v>
+      </c>
+      <c r="C300" t="s">
+        <v>613</v>
+      </c>
+      <c r="D300">
+        <v>1</v>
+      </c>
+      <c r="E300"/>
+      <c r="F300" t="s">
+        <v>10</v>
+      </c>
+      <c r="G300" t="s">
+        <v>11</v>
+      </c>
+      <c r="H300"/>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>625</v>
+      </c>
+      <c r="B301" t="s">
+        <v>626</v>
+      </c>
+      <c r="C301" t="s">
+        <v>613</v>
+      </c>
+      <c r="D301">
+        <v>1</v>
+      </c>
+      <c r="E301"/>
+      <c r="F301" t="s">
+        <v>11</v>
+      </c>
+      <c r="G301" t="s">
+        <v>11</v>
+      </c>
+      <c r="H301"/>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>627</v>
+      </c>
+      <c r="B302" t="s">
+        <v>628</v>
+      </c>
+      <c r="C302" t="s">
+        <v>613</v>
+      </c>
+      <c r="D302">
+        <v>1</v>
+      </c>
+      <c r="E302"/>
+      <c r="F302" t="s">
+        <v>10</v>
+      </c>
+      <c r="G302" t="s">
+        <v>11</v>
+      </c>
+      <c r="H302"/>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>95</v>
+      </c>
+      <c r="B303" t="s">
+        <v>629</v>
+      </c>
+      <c r="C303" t="s">
+        <v>613</v>
+      </c>
+      <c r="D303">
+        <v>1</v>
+      </c>
+      <c r="E303"/>
+      <c r="F303" t="s">
+        <v>10</v>
+      </c>
+      <c r="G303" t="s">
+        <v>11</v>
+      </c>
+      <c r="H303"/>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>630</v>
+      </c>
+      <c r="B304" t="s">
+        <v>631</v>
+      </c>
+      <c r="C304" t="s">
+        <v>613</v>
+      </c>
+      <c r="D304">
+        <v>1</v>
+      </c>
+      <c r="E304" t="s">
+        <v>11</v>
+      </c>
+      <c r="F304" t="s">
+        <v>10</v>
+      </c>
+      <c r="G304" t="s">
+        <v>10</v>
+      </c>
+      <c r="H304" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>633</v>
+      </c>
+      <c r="B305" t="s">
+        <v>634</v>
+      </c>
+      <c r="C305" t="s">
+        <v>613</v>
+      </c>
+      <c r="D305">
+        <v>1</v>
+      </c>
+      <c r="E305"/>
+      <c r="F305" t="s">
+        <v>10</v>
+      </c>
+      <c r="G305" t="s">
+        <v>11</v>
+      </c>
+      <c r="H305"/>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>194</v>
+      </c>
+      <c r="B306" t="s">
+        <v>635</v>
+      </c>
+      <c r="C306" t="s">
+        <v>613</v>
+      </c>
+      <c r="D306">
+        <v>1</v>
+      </c>
+      <c r="E306" t="s">
+        <v>11</v>
+      </c>
+      <c r="F306" t="s">
+        <v>10</v>
+      </c>
+      <c r="G306" t="s">
+        <v>10</v>
+      </c>
+      <c r="H306" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>637</v>
+      </c>
+      <c r="B307" t="s">
+        <v>638</v>
+      </c>
+      <c r="C307" t="s">
+        <v>613</v>
+      </c>
+      <c r="D307">
+        <v>1</v>
+      </c>
+      <c r="E307"/>
+      <c r="F307" t="s">
+        <v>10</v>
+      </c>
+      <c r="G307" t="s">
+        <v>11</v>
+      </c>
+      <c r="H307"/>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>639</v>
+      </c>
+      <c r="B308" t="s">
+        <v>624</v>
+      </c>
+      <c r="C308" t="s">
+        <v>613</v>
+      </c>
+      <c r="D308">
+        <v>1</v>
+      </c>
+      <c r="E308"/>
+      <c r="F308" t="s">
+        <v>10</v>
+      </c>
+      <c r="G308" t="s">
+        <v>11</v>
+      </c>
+      <c r="H308"/>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>312</v>
+      </c>
+      <c r="B309" t="s">
+        <v>640</v>
+      </c>
+      <c r="C309" t="s">
+        <v>613</v>
+      </c>
+      <c r="D309">
+        <v>1</v>
+      </c>
+      <c r="E309"/>
+      <c r="F309" t="s">
+        <v>10</v>
+      </c>
+      <c r="G309" t="s">
+        <v>11</v>
+      </c>
+      <c r="H309"/>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>641</v>
+      </c>
+      <c r="B310" t="s">
+        <v>642</v>
+      </c>
+      <c r="C310" t="s">
+        <v>613</v>
+      </c>
+      <c r="D310">
+        <v>1</v>
+      </c>
+      <c r="E310"/>
+      <c r="F310" t="s">
+        <v>10</v>
+      </c>
+      <c r="G310" t="s">
+        <v>11</v>
+      </c>
+      <c r="H310"/>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>428</v>
+      </c>
+      <c r="B311" t="s">
+        <v>643</v>
+      </c>
+      <c r="C311" t="s">
+        <v>613</v>
+      </c>
+      <c r="D311">
+        <v>1</v>
+      </c>
+      <c r="E311"/>
+      <c r="F311" t="s">
+        <v>10</v>
+      </c>
+      <c r="G311" t="s">
+        <v>11</v>
+      </c>
+      <c r="H311"/>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>372</v>
+      </c>
+      <c r="B312" t="s">
+        <v>644</v>
+      </c>
+      <c r="C312" t="s">
+        <v>613</v>
+      </c>
+      <c r="D312">
+        <v>1</v>
+      </c>
+      <c r="E312" t="s">
+        <v>11</v>
+      </c>
+      <c r="F312" t="s">
+        <v>10</v>
+      </c>
+      <c r="G312" t="s">
+        <v>10</v>
+      </c>
+      <c r="H312" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>241</v>
+      </c>
+      <c r="B313" t="s">
+        <v>646</v>
+      </c>
+      <c r="C313" t="s">
+        <v>647</v>
+      </c>
+      <c r="D313">
+        <v>1</v>
+      </c>
+      <c r="E313" t="s">
+        <v>11</v>
+      </c>
+      <c r="F313" t="s">
+        <v>10</v>
+      </c>
+      <c r="G313" t="s">
+        <v>10</v>
+      </c>
+      <c r="H313" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>649</v>
+      </c>
+      <c r="B314" t="s">
+        <v>650</v>
+      </c>
+      <c r="C314" t="s">
+        <v>647</v>
+      </c>
+      <c r="D314">
+        <v>1</v>
+      </c>
+      <c r="E314" t="s">
+        <v>11</v>
+      </c>
+      <c r="F314" t="s">
+        <v>10</v>
+      </c>
+      <c r="G314" t="s">
+        <v>10</v>
+      </c>
+      <c r="H314" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>258</v>
+      </c>
+      <c r="B315" t="s">
+        <v>652</v>
+      </c>
+      <c r="C315" t="s">
+        <v>653</v>
+      </c>
+      <c r="D315">
+        <v>1</v>
+      </c>
+      <c r="E315"/>
+      <c r="F315" t="s">
+        <v>10</v>
+      </c>
+      <c r="G315" t="s">
+        <v>11</v>
+      </c>
+      <c r="H315"/>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" t="s">
+        <v>654</v>
+      </c>
+      <c r="B316" t="s">
+        <v>655</v>
+      </c>
+      <c r="C316" t="s">
+        <v>653</v>
+      </c>
+      <c r="D316">
+        <v>1</v>
+      </c>
+      <c r="E316" t="s">
+        <v>11</v>
+      </c>
+      <c r="F316" t="s">
+        <v>10</v>
+      </c>
+      <c r="G316" t="s">
+        <v>10</v>
+      </c>
+      <c r="H316" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" t="s">
+        <v>657</v>
+      </c>
+      <c r="B317" t="s">
+        <v>658</v>
+      </c>
+      <c r="C317" t="s">
+        <v>653</v>
+      </c>
+      <c r="D317">
+        <v>1</v>
+      </c>
+      <c r="E317" t="s">
+        <v>11</v>
+      </c>
+      <c r="F317" t="s">
+        <v>10</v>
+      </c>
+      <c r="G317" t="s">
+        <v>10</v>
+      </c>
+      <c r="H317" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" t="s">
+        <v>660</v>
+      </c>
+      <c r="B318" t="s">
+        <v>661</v>
+      </c>
+      <c r="C318" t="s">
+        <v>653</v>
+      </c>
+      <c r="D318">
+        <v>1</v>
+      </c>
+      <c r="E318"/>
+      <c r="F318" t="s">
+        <v>10</v>
+      </c>
+      <c r="G318" t="s">
+        <v>11</v>
+      </c>
+      <c r="H318"/>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>95</v>
+      </c>
+      <c r="B319" t="s">
+        <v>662</v>
+      </c>
+      <c r="C319" t="s">
+        <v>653</v>
+      </c>
+      <c r="D319">
+        <v>1</v>
+      </c>
+      <c r="E319" t="s">
+        <v>11</v>
+      </c>
+      <c r="F319" t="s">
+        <v>10</v>
+      </c>
+      <c r="G319" t="s">
+        <v>10</v>
+      </c>
+      <c r="H319" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>471</v>
+      </c>
+      <c r="B320" t="s">
+        <v>262</v>
+      </c>
+      <c r="C320" t="s">
+        <v>653</v>
+      </c>
+      <c r="D320">
+        <v>1</v>
+      </c>
+      <c r="E320" t="s">
+        <v>10</v>
+      </c>
+      <c r="F320" t="s">
+        <v>10</v>
+      </c>
+      <c r="G320" t="s">
+        <v>10</v>
+      </c>
+      <c r="H320"/>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>307</v>
+      </c>
+      <c r="B321" t="s">
+        <v>664</v>
+      </c>
+      <c r="C321" t="s">
+        <v>665</v>
+      </c>
+      <c r="D321">
+        <v>1</v>
+      </c>
+      <c r="E321" t="s">
+        <v>11</v>
+      </c>
+      <c r="F321" t="s">
+        <v>10</v>
+      </c>
+      <c r="G321" t="s">
+        <v>10</v>
+      </c>
+      <c r="H321" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>365</v>
+      </c>
+      <c r="B322" t="s">
+        <v>667</v>
+      </c>
+      <c r="C322" t="s">
+        <v>665</v>
+      </c>
+      <c r="D322">
+        <v>1</v>
+      </c>
+      <c r="E322" t="s">
+        <v>10</v>
+      </c>
+      <c r="F322" t="s">
+        <v>10</v>
+      </c>
+      <c r="G322" t="s">
+        <v>10</v>
+      </c>
+      <c r="H322"/>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>668</v>
+      </c>
+      <c r="B323" t="s">
+        <v>669</v>
+      </c>
+      <c r="C323" t="s">
+        <v>665</v>
+      </c>
+      <c r="D323">
+        <v>1</v>
+      </c>
+      <c r="E323" t="s">
+        <v>11</v>
+      </c>
+      <c r="F323" t="s">
+        <v>10</v>
+      </c>
+      <c r="G323" t="s">
+        <v>10</v>
+      </c>
+      <c r="H323" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>182</v>
+      </c>
+      <c r="B324" t="s">
+        <v>671</v>
+      </c>
+      <c r="C324" t="s">
+        <v>665</v>
+      </c>
+      <c r="D324">
+        <v>1</v>
+      </c>
+      <c r="E324" t="s">
+        <v>10</v>
+      </c>
+      <c r="F324" t="s">
+        <v>10</v>
+      </c>
+      <c r="G324" t="s">
+        <v>10</v>
+      </c>
+      <c r="H324"/>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>402</v>
+      </c>
+      <c r="B325" t="s">
+        <v>672</v>
+      </c>
+      <c r="C325" t="s">
+        <v>665</v>
+      </c>
+      <c r="D325">
+        <v>1</v>
+      </c>
+      <c r="E325"/>
+      <c r="F325" t="s">
+        <v>11</v>
+      </c>
+      <c r="G325" t="s">
+        <v>10</v>
+      </c>
+      <c r="H325"/>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>311</v>
+      </c>
+      <c r="B326" t="s">
+        <v>673</v>
+      </c>
+      <c r="C326" t="s">
+        <v>674</v>
+      </c>
+      <c r="D326">
+        <v>1</v>
+      </c>
+      <c r="E326"/>
+      <c r="F326" t="s">
+        <v>11</v>
+      </c>
+      <c r="G326" t="s">
+        <v>11</v>
+      </c>
+      <c r="H326"/>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>675</v>
+      </c>
+      <c r="B327" t="s">
+        <v>676</v>
+      </c>
+      <c r="C327" t="s">
+        <v>674</v>
+      </c>
+      <c r="D327">
+        <v>1</v>
+      </c>
+      <c r="E327" t="s">
+        <v>11</v>
+      </c>
+      <c r="F327" t="s">
+        <v>10</v>
+      </c>
+      <c r="G327" t="s">
+        <v>10</v>
+      </c>
+      <c r="H327" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>678</v>
+      </c>
+      <c r="B328" t="s">
+        <v>679</v>
+      </c>
+      <c r="C328" t="s">
+        <v>674</v>
+      </c>
+      <c r="D328">
+        <v>1</v>
+      </c>
+      <c r="E328"/>
+      <c r="F328" t="s">
+        <v>10</v>
+      </c>
+      <c r="G328" t="s">
+        <v>11</v>
+      </c>
+      <c r="H328"/>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>680</v>
+      </c>
+      <c r="B329" t="s">
+        <v>681</v>
+      </c>
+      <c r="C329" t="s">
+        <v>674</v>
+      </c>
+      <c r="D329">
+        <v>1</v>
+      </c>
+      <c r="E329" t="s">
+        <v>11</v>
+      </c>
+      <c r="F329" t="s">
+        <v>10</v>
+      </c>
+      <c r="G329" t="s">
+        <v>10</v>
+      </c>
+      <c r="H329" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>34</v>
+      </c>
+      <c r="B330" t="s">
+        <v>53</v>
+      </c>
+      <c r="C330" t="s">
+        <v>674</v>
+      </c>
+      <c r="D330">
+        <v>1</v>
+      </c>
+      <c r="E330"/>
+      <c r="F330" t="s">
+        <v>10</v>
+      </c>
+      <c r="G330" t="s">
+        <v>11</v>
+      </c>
+      <c r="H330"/>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>683</v>
+      </c>
+      <c r="B331" t="s">
+        <v>684</v>
+      </c>
+      <c r="C331" t="s">
+        <v>674</v>
+      </c>
+      <c r="D331">
+        <v>1</v>
+      </c>
+      <c r="E331" t="s">
+        <v>10</v>
+      </c>
+      <c r="F331" t="s">
+        <v>10</v>
+      </c>
+      <c r="G331" t="s">
+        <v>10</v>
+      </c>
+      <c r="H331"/>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>311</v>
+      </c>
+      <c r="B332" t="s">
+        <v>324</v>
+      </c>
+      <c r="C332" t="s">
+        <v>674</v>
+      </c>
+      <c r="D332">
+        <v>1</v>
+      </c>
+      <c r="E332" t="s">
+        <v>11</v>
+      </c>
+      <c r="F332" t="s">
+        <v>10</v>
+      </c>
+      <c r="G332" t="s">
+        <v>10</v>
+      </c>
+      <c r="H332" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>686</v>
+      </c>
+      <c r="B333" t="s">
+        <v>145</v>
+      </c>
+      <c r="C333" t="s">
+        <v>687</v>
+      </c>
+      <c r="D333">
+        <v>1</v>
+      </c>
+      <c r="E333" t="s">
+        <v>11</v>
+      </c>
+      <c r="F333" t="s">
+        <v>10</v>
+      </c>
+      <c r="G333" t="s">
+        <v>10</v>
+      </c>
+      <c r="H333" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>192</v>
+      </c>
+      <c r="B334" t="s">
+        <v>689</v>
+      </c>
+      <c r="C334" t="s">
+        <v>687</v>
+      </c>
+      <c r="D334">
+        <v>1</v>
+      </c>
+      <c r="E334" t="s">
+        <v>11</v>
+      </c>
+      <c r="F334" t="s">
+        <v>10</v>
+      </c>
+      <c r="G334" t="s">
+        <v>10</v>
+      </c>
+      <c r="H334" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>390</v>
+      </c>
+      <c r="B335" t="s">
+        <v>689</v>
+      </c>
+      <c r="C335" t="s">
+        <v>687</v>
+      </c>
+      <c r="D335">
+        <v>1</v>
+      </c>
+      <c r="E335" t="s">
+        <v>11</v>
+      </c>
+      <c r="F335" t="s">
+        <v>10</v>
+      </c>
+      <c r="G335" t="s">
+        <v>10</v>
+      </c>
+      <c r="H335" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>52</v>
+      </c>
+      <c r="B336" t="s">
+        <v>692</v>
+      </c>
+      <c r="C336" t="s">
+        <v>687</v>
+      </c>
+      <c r="D336">
+        <v>1</v>
+      </c>
+      <c r="E336" t="s">
+        <v>11</v>
+      </c>
+      <c r="F336" t="s">
+        <v>10</v>
+      </c>
+      <c r="G336" t="s">
+        <v>10</v>
+      </c>
+      <c r="H336" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>694</v>
+      </c>
+      <c r="B337" t="s">
+        <v>65</v>
+      </c>
+      <c r="C337" t="s">
+        <v>687</v>
+      </c>
+      <c r="D337">
+        <v>1</v>
+      </c>
+      <c r="E337" t="s">
+        <v>11</v>
+      </c>
+      <c r="F337" t="s">
+        <v>10</v>
+      </c>
+      <c r="G337" t="s">
+        <v>10</v>
+      </c>
+      <c r="H337" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>409</v>
+      </c>
+      <c r="B338" t="s">
+        <v>696</v>
+      </c>
+      <c r="C338" t="s">
+        <v>687</v>
+      </c>
+      <c r="D338">
+        <v>1</v>
+      </c>
+      <c r="E338"/>
+      <c r="F338" t="s">
+        <v>10</v>
+      </c>
+      <c r="G338" t="s">
+        <v>11</v>
+      </c>
+      <c r="H338"/>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>697</v>
+      </c>
+      <c r="B339" t="s">
+        <v>631</v>
+      </c>
+      <c r="C339" t="s">
+        <v>687</v>
+      </c>
+      <c r="D339">
+        <v>1</v>
+      </c>
+      <c r="E339"/>
+      <c r="F339" t="s">
+        <v>10</v>
+      </c>
+      <c r="G339" t="s">
+        <v>11</v>
+      </c>
+      <c r="H339"/>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>698</v>
+      </c>
+      <c r="B340" t="s">
+        <v>689</v>
+      </c>
+      <c r="C340" t="s">
+        <v>687</v>
+      </c>
+      <c r="D340">
+        <v>1</v>
+      </c>
+      <c r="E340" t="s">
+        <v>11</v>
+      </c>
+      <c r="F340" t="s">
+        <v>10</v>
+      </c>
+      <c r="G340" t="s">
+        <v>10</v>
+      </c>
+      <c r="H340" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>700</v>
+      </c>
+      <c r="B341" t="s">
+        <v>701</v>
+      </c>
+      <c r="C341" t="s">
+        <v>687</v>
+      </c>
+      <c r="D341">
+        <v>1</v>
+      </c>
+      <c r="E341" t="s">
+        <v>11</v>
+      </c>
+      <c r="F341" t="s">
+        <v>10</v>
+      </c>
+      <c r="G341" t="s">
+        <v>10</v>
+      </c>
+      <c r="H341" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>192</v>
+      </c>
+      <c r="B342" t="s">
+        <v>703</v>
+      </c>
+      <c r="C342" t="s">
+        <v>687</v>
+      </c>
+      <c r="D342">
+        <v>1</v>
+      </c>
+      <c r="E342" t="s">
+        <v>11</v>
+      </c>
+      <c r="F342" t="s">
+        <v>10</v>
+      </c>
+      <c r="G342" t="s">
+        <v>10</v>
+      </c>
+      <c r="H342" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>176</v>
+      </c>
+      <c r="B343" t="s">
+        <v>705</v>
+      </c>
+      <c r="C343" t="s">
+        <v>687</v>
+      </c>
+      <c r="D343">
+        <v>1</v>
+      </c>
+      <c r="E343" t="s">
+        <v>11</v>
+      </c>
+      <c r="F343" t="s">
+        <v>10</v>
+      </c>
+      <c r="G343" t="s">
+        <v>10</v>
+      </c>
+      <c r="H343" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>627</v>
+      </c>
+      <c r="B344" t="s">
+        <v>517</v>
+      </c>
+      <c r="C344" t="s">
+        <v>687</v>
+      </c>
+      <c r="D344">
+        <v>1</v>
+      </c>
+      <c r="E344" t="s">
+        <v>11</v>
+      </c>
+      <c r="F344" t="s">
+        <v>10</v>
+      </c>
+      <c r="G344" t="s">
+        <v>10</v>
+      </c>
+      <c r="H344" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>148</v>
+      </c>
+      <c r="B345" t="s">
+        <v>708</v>
+      </c>
+      <c r="C345" t="s">
+        <v>709</v>
+      </c>
+      <c r="D345">
+        <v>1</v>
+      </c>
+      <c r="E345" t="s">
+        <v>11</v>
+      </c>
+      <c r="F345" t="s">
+        <v>10</v>
+      </c>
+      <c r="G345" t="s">
+        <v>10</v>
+      </c>
+      <c r="H345" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>440</v>
+      </c>
+      <c r="B346" t="s">
+        <v>711</v>
+      </c>
+      <c r="C346" t="s">
+        <v>709</v>
+      </c>
+      <c r="D346">
+        <v>1</v>
+      </c>
+      <c r="E346" t="s">
+        <v>10</v>
+      </c>
+      <c r="F346" t="s">
+        <v>10</v>
+      </c>
+      <c r="G346" t="s">
+        <v>10</v>
+      </c>
+      <c r="H346"/>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>252</v>
+      </c>
+      <c r="B347" t="s">
+        <v>712</v>
+      </c>
+      <c r="C347" t="s">
+        <v>709</v>
+      </c>
+      <c r="D347">
+        <v>1</v>
+      </c>
+      <c r="E347" t="s">
+        <v>10</v>
+      </c>
+      <c r="F347" t="s">
+        <v>10</v>
+      </c>
+      <c r="G347" t="s">
+        <v>10</v>
+      </c>
+      <c r="H347"/>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>713</v>
+      </c>
+      <c r="B348" t="s">
+        <v>714</v>
+      </c>
+      <c r="C348" t="s">
+        <v>709</v>
+      </c>
+      <c r="D348">
+        <v>1</v>
+      </c>
+      <c r="E348" t="s">
+        <v>10</v>
+      </c>
+      <c r="F348" t="s">
+        <v>10</v>
+      </c>
+      <c r="G348" t="s">
+        <v>10</v>
+      </c>
+      <c r="H348"/>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>285</v>
+      </c>
+      <c r="B349" t="s">
+        <v>456</v>
+      </c>
+      <c r="C349" t="s">
+        <v>709</v>
+      </c>
+      <c r="D349">
+        <v>1</v>
+      </c>
+      <c r="E349"/>
+      <c r="F349" t="s">
+        <v>11</v>
+      </c>
+      <c r="G349" t="s">
+        <v>11</v>
+      </c>
+      <c r="H349"/>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>440</v>
+      </c>
+      <c r="B350" t="s">
+        <v>715</v>
+      </c>
+      <c r="C350" t="s">
+        <v>709</v>
+      </c>
+      <c r="D350">
+        <v>1</v>
+      </c>
+      <c r="E350" t="s">
+        <v>11</v>
+      </c>
+      <c r="F350" t="s">
+        <v>10</v>
+      </c>
+      <c r="G350" t="s">
+        <v>10</v>
+      </c>
+      <c r="H350" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>717</v>
+      </c>
+      <c r="B351" t="s">
+        <v>718</v>
+      </c>
+      <c r="C351" t="s">
+        <v>709</v>
+      </c>
+      <c r="D351">
+        <v>1</v>
+      </c>
+      <c r="E351" t="s">
+        <v>10</v>
+      </c>
+      <c r="F351" t="s">
+        <v>10</v>
+      </c>
+      <c r="G351" t="s">
+        <v>10</v>
+      </c>
+      <c r="H351"/>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>719</v>
+      </c>
+      <c r="B352" t="s">
+        <v>715</v>
+      </c>
+      <c r="C352" t="s">
+        <v>709</v>
+      </c>
+      <c r="D352">
+        <v>1</v>
+      </c>
+      <c r="E352" t="s">
+        <v>10</v>
+      </c>
+      <c r="F352" t="s">
+        <v>10</v>
+      </c>
+      <c r="G352" t="s">
+        <v>10</v>
+      </c>
+      <c r="H352"/>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>720</v>
+      </c>
+      <c r="B353" t="s">
+        <v>351</v>
+      </c>
+      <c r="C353" t="s">
+        <v>709</v>
+      </c>
+      <c r="D353">
+        <v>1</v>
+      </c>
+      <c r="E353" t="s">
+        <v>11</v>
+      </c>
+      <c r="F353" t="s">
+        <v>10</v>
+      </c>
+      <c r="G353" t="s">
+        <v>10</v>
+      </c>
+      <c r="H353" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>722</v>
+      </c>
+      <c r="B354" t="s">
+        <v>723</v>
+      </c>
+      <c r="C354" t="s">
+        <v>709</v>
+      </c>
+      <c r="D354">
+        <v>1</v>
+      </c>
+      <c r="E354" t="s">
+        <v>10</v>
+      </c>
+      <c r="F354" t="s">
+        <v>10</v>
+      </c>
+      <c r="G354" t="s">
+        <v>10</v>
+      </c>
+      <c r="H354"/>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>639</v>
+      </c>
+      <c r="B355" t="s">
+        <v>724</v>
+      </c>
+      <c r="C355" t="s">
+        <v>709</v>
+      </c>
+      <c r="D355">
+        <v>1</v>
+      </c>
+      <c r="E355" t="s">
+        <v>11</v>
+      </c>
+      <c r="F355" t="s">
+        <v>10</v>
+      </c>
+      <c r="G355" t="s">
+        <v>10</v>
+      </c>
+      <c r="H355" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>52</v>
+      </c>
+      <c r="B356" t="s">
+        <v>726</v>
+      </c>
+      <c r="C356" t="s">
+        <v>709</v>
+      </c>
+      <c r="D356">
+        <v>1</v>
+      </c>
+      <c r="E356"/>
+      <c r="F356" t="s">
+        <v>10</v>
+      </c>
+      <c r="G356" t="s">
+        <v>11</v>
+      </c>
+      <c r="H356"/>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>727</v>
+      </c>
+      <c r="B357" t="s">
+        <v>728</v>
+      </c>
+      <c r="C357" t="s">
+        <v>709</v>
+      </c>
+      <c r="D357">
+        <v>1</v>
+      </c>
+      <c r="E357" t="s">
+        <v>11</v>
+      </c>
+      <c r="F357" t="s">
+        <v>10</v>
+      </c>
+      <c r="G357" t="s">
+        <v>10</v>
+      </c>
+      <c r="H357" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>730</v>
+      </c>
+      <c r="B358" t="s">
+        <v>731</v>
+      </c>
+      <c r="C358" t="s">
+        <v>709</v>
+      </c>
+      <c r="D358">
+        <v>1</v>
+      </c>
+      <c r="E358" t="s">
+        <v>10</v>
+      </c>
+      <c r="F358" t="s">
+        <v>10</v>
+      </c>
+      <c r="G358" t="s">
+        <v>10</v>
+      </c>
+      <c r="H358"/>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>732</v>
+      </c>
+      <c r="B359" t="s">
+        <v>715</v>
+      </c>
+      <c r="C359" t="s">
+        <v>709</v>
+      </c>
+      <c r="D359">
+        <v>1</v>
+      </c>
+      <c r="E359" t="s">
+        <v>10</v>
+      </c>
+      <c r="F359" t="s">
+        <v>10</v>
+      </c>
+      <c r="G359" t="s">
+        <v>10</v>
+      </c>
+      <c r="H359"/>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>75</v>
+      </c>
+      <c r="B360" t="s">
+        <v>733</v>
+      </c>
+      <c r="C360" t="s">
+        <v>709</v>
+      </c>
+      <c r="D360">
+        <v>1</v>
+      </c>
+      <c r="E360" t="s">
+        <v>10</v>
+      </c>
+      <c r="F360" t="s">
+        <v>10</v>
+      </c>
+      <c r="G360" t="s">
+        <v>10</v>
+      </c>
+      <c r="H360"/>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>312</v>
+      </c>
+      <c r="B361" t="s">
+        <v>734</v>
+      </c>
+      <c r="C361" t="s">
+        <v>735</v>
+      </c>
+      <c r="D361">
+        <v>1</v>
+      </c>
+      <c r="E361"/>
+      <c r="F361" t="s">
+        <v>11</v>
+      </c>
+      <c r="G361" t="s">
+        <v>10</v>
+      </c>
+      <c r="H361"/>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>736</v>
+      </c>
+      <c r="B362" t="s">
+        <v>737</v>
+      </c>
+      <c r="C362" t="s">
+        <v>735</v>
+      </c>
+      <c r="D362">
+        <v>1</v>
+      </c>
+      <c r="E362" t="s">
+        <v>11</v>
+      </c>
+      <c r="F362" t="s">
+        <v>10</v>
+      </c>
+      <c r="G362" t="s">
+        <v>10</v>
+      </c>
+      <c r="H362" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>41</v>
+      </c>
+      <c r="B363" t="s">
+        <v>739</v>
+      </c>
+      <c r="C363" t="s">
+        <v>735</v>
+      </c>
+      <c r="D363">
+        <v>1</v>
+      </c>
+      <c r="E363"/>
+      <c r="F363" t="s">
+        <v>10</v>
+      </c>
+      <c r="G363" t="s">
+        <v>11</v>
+      </c>
+      <c r="H363"/>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>740</v>
+      </c>
+      <c r="B364" t="s">
+        <v>273</v>
+      </c>
+      <c r="C364" t="s">
+        <v>735</v>
+      </c>
+      <c r="D364">
+        <v>1</v>
+      </c>
+      <c r="E364" t="s">
+        <v>11</v>
+      </c>
+      <c r="F364" t="s">
+        <v>10</v>
+      </c>
+      <c r="G364" t="s">
+        <v>10</v>
+      </c>
+      <c r="H364" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>742</v>
+      </c>
+      <c r="B365" t="s">
+        <v>739</v>
+      </c>
+      <c r="C365" t="s">
+        <v>735</v>
+      </c>
+      <c r="D365">
+        <v>1</v>
+      </c>
+      <c r="E365" t="s">
+        <v>11</v>
+      </c>
+      <c r="F365" t="s">
+        <v>10</v>
+      </c>
+      <c r="G365" t="s">
+        <v>10</v>
+      </c>
+      <c r="H365" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>34</v>
+      </c>
+      <c r="B366" t="s">
+        <v>281</v>
+      </c>
+      <c r="C366" t="s">
+        <v>744</v>
+      </c>
+      <c r="D366">
+        <v>1</v>
+      </c>
+      <c r="E366" t="s">
+        <v>11</v>
+      </c>
+      <c r="F366" t="s">
+        <v>10</v>
+      </c>
+      <c r="G366" t="s">
+        <v>10</v>
+      </c>
+      <c r="H366" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>182</v>
+      </c>
+      <c r="B367" t="s">
+        <v>746</v>
+      </c>
+      <c r="C367" t="s">
+        <v>744</v>
+      </c>
+      <c r="D367">
+        <v>1</v>
+      </c>
+      <c r="E367"/>
+      <c r="F367" t="s">
+        <v>10</v>
+      </c>
+      <c r="G367" t="s">
+        <v>11</v>
+      </c>
+      <c r="H367"/>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>747</v>
+      </c>
+      <c r="B368" t="s">
+        <v>748</v>
+      </c>
+      <c r="C368" t="s">
+        <v>744</v>
+      </c>
+      <c r="D368">
+        <v>1</v>
+      </c>
+      <c r="E368" t="s">
+        <v>11</v>
+      </c>
+      <c r="F368" t="s">
+        <v>10</v>
+      </c>
+      <c r="G368" t="s">
+        <v>10</v>
+      </c>
+      <c r="H368" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>750</v>
+      </c>
+      <c r="B369" t="s">
+        <v>409</v>
+      </c>
+      <c r="C369" t="s">
+        <v>744</v>
+      </c>
+      <c r="D369">
+        <v>1</v>
+      </c>
+      <c r="E369" t="s">
+        <v>11</v>
+      </c>
+      <c r="F369" t="s">
+        <v>10</v>
+      </c>
+      <c r="G369" t="s">
+        <v>10</v>
+      </c>
+      <c r="H369" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>752</v>
+      </c>
+      <c r="B370" t="s">
+        <v>753</v>
+      </c>
+      <c r="C370" t="s">
+        <v>744</v>
+      </c>
+      <c r="D370">
+        <v>1</v>
+      </c>
+      <c r="E370" t="s">
+        <v>11</v>
+      </c>
+      <c r="F370" t="s">
+        <v>10</v>
+      </c>
+      <c r="G370" t="s">
+        <v>10</v>
+      </c>
+      <c r="H370" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>92</v>
+      </c>
+      <c r="B371" t="s">
+        <v>753</v>
+      </c>
+      <c r="C371" t="s">
+        <v>744</v>
+      </c>
+      <c r="D371">
+        <v>1</v>
+      </c>
+      <c r="E371"/>
+      <c r="F371" t="s">
+        <v>10</v>
+      </c>
+      <c r="G371" t="s">
+        <v>11</v>
+      </c>
+      <c r="H371"/>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>23</v>
+      </c>
+      <c r="B372" t="s">
+        <v>409</v>
+      </c>
+      <c r="C372" t="s">
+        <v>744</v>
+      </c>
+      <c r="D372">
+        <v>1</v>
+      </c>
+      <c r="E372"/>
+      <c r="F372" t="s">
+        <v>11</v>
+      </c>
+      <c r="G372" t="s">
+        <v>11</v>
+      </c>
+      <c r="H372"/>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>311</v>
+      </c>
+      <c r="B373" t="s">
+        <v>755</v>
+      </c>
+      <c r="C373" t="s">
+        <v>756</v>
+      </c>
+      <c r="D373">
+        <v>1</v>
+      </c>
+      <c r="E373" t="s">
+        <v>10</v>
+      </c>
+      <c r="F373" t="s">
+        <v>10</v>
+      </c>
+      <c r="G373" t="s">
+        <v>10</v>
+      </c>
+      <c r="H373"/>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>252</v>
+      </c>
+      <c r="B374" t="s">
+        <v>757</v>
+      </c>
+      <c r="C374" t="s">
+        <v>756</v>
+      </c>
+      <c r="D374">
+        <v>1</v>
+      </c>
+      <c r="E374" t="s">
+        <v>11</v>
+      </c>
+      <c r="F374" t="s">
+        <v>10</v>
+      </c>
+      <c r="G374" t="s">
+        <v>10</v>
+      </c>
+      <c r="H374" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>759</v>
+      </c>
+      <c r="B375" t="s">
+        <v>760</v>
+      </c>
+      <c r="C375" t="s">
+        <v>756</v>
+      </c>
+      <c r="D375">
+        <v>1</v>
+      </c>
+      <c r="E375" t="s">
+        <v>11</v>
+      </c>
+      <c r="F375" t="s">
+        <v>10</v>
+      </c>
+      <c r="G375" t="s">
+        <v>10</v>
+      </c>
+      <c r="H375" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>762</v>
+      </c>
+      <c r="B376" t="s">
+        <v>763</v>
+      </c>
+      <c r="C376" t="s">
+        <v>756</v>
+      </c>
+      <c r="D376">
+        <v>1</v>
+      </c>
+      <c r="E376" t="s">
+        <v>11</v>
+      </c>
+      <c r="F376" t="s">
+        <v>10</v>
+      </c>
+      <c r="G376" t="s">
+        <v>10</v>
+      </c>
+      <c r="H376" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>765</v>
+      </c>
+      <c r="B377" t="s">
+        <v>766</v>
+      </c>
+      <c r="C377" t="s">
+        <v>756</v>
+      </c>
+      <c r="D377">
+        <v>1</v>
+      </c>
+      <c r="E377"/>
+      <c r="F377" t="s">
+        <v>11</v>
+      </c>
+      <c r="G377" t="s">
+        <v>11</v>
+      </c>
+      <c r="H377"/>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>493</v>
+      </c>
+      <c r="B378" t="s">
+        <v>767</v>
+      </c>
+      <c r="C378" t="s">
+        <v>756</v>
+      </c>
+      <c r="D378">
+        <v>1</v>
+      </c>
+      <c r="E378" t="s">
+        <v>11</v>
+      </c>
+      <c r="F378" t="s">
+        <v>10</v>
+      </c>
+      <c r="G378" t="s">
+        <v>10</v>
+      </c>
+      <c r="H378" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>109</v>
+      </c>
+      <c r="B379" t="s">
+        <v>273</v>
+      </c>
+      <c r="C379" t="s">
+        <v>756</v>
+      </c>
+      <c r="D379">
+        <v>1</v>
+      </c>
+      <c r="E379"/>
+      <c r="F379" t="s">
+        <v>10</v>
+      </c>
+      <c r="G379" t="s">
+        <v>11</v>
+      </c>
+      <c r="H379"/>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" t="s">
+        <v>769</v>
+      </c>
+      <c r="B380" t="s">
+        <v>58</v>
+      </c>
+      <c r="C380" t="s">
+        <v>756</v>
+      </c>
+      <c r="D380">
+        <v>1</v>
+      </c>
+      <c r="E380" t="s">
+        <v>11</v>
+      </c>
+      <c r="F380" t="s">
+        <v>10</v>
+      </c>
+      <c r="G380" t="s">
+        <v>10</v>
+      </c>
+      <c r="H380" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" t="s">
+        <v>285</v>
+      </c>
+      <c r="B381" t="s">
+        <v>771</v>
+      </c>
+      <c r="C381" t="s">
+        <v>756</v>
+      </c>
+      <c r="D381">
+        <v>1</v>
+      </c>
+      <c r="E381" t="s">
+        <v>11</v>
+      </c>
+      <c r="F381" t="s">
+        <v>10</v>
+      </c>
+      <c r="G381" t="s">
+        <v>10</v>
+      </c>
+      <c r="H381" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" t="s">
+        <v>34</v>
+      </c>
+      <c r="B382" t="s">
+        <v>773</v>
+      </c>
+      <c r="C382" t="s">
+        <v>756</v>
+      </c>
+      <c r="D382">
+        <v>1</v>
+      </c>
+      <c r="E382" t="s">
+        <v>10</v>
+      </c>
+      <c r="F382" t="s">
+        <v>10</v>
+      </c>
+      <c r="G382" t="s">
+        <v>10</v>
+      </c>
+      <c r="H382"/>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" t="s">
+        <v>356</v>
+      </c>
+      <c r="B383" t="s">
+        <v>774</v>
+      </c>
+      <c r="C383" t="s">
+        <v>756</v>
+      </c>
+      <c r="D383">
+        <v>1</v>
+      </c>
+      <c r="E383" t="s">
+        <v>10</v>
+      </c>
+      <c r="F383" t="s">
+        <v>10</v>
+      </c>
+      <c r="G383" t="s">
+        <v>10</v>
+      </c>
+      <c r="H383"/>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" t="s">
+        <v>182</v>
+      </c>
+      <c r="B384" t="s">
+        <v>760</v>
+      </c>
+      <c r="C384" t="s">
+        <v>756</v>
+      </c>
+      <c r="D384">
+        <v>1</v>
+      </c>
+      <c r="E384" t="s">
+        <v>10</v>
+      </c>
+      <c r="F384" t="s">
+        <v>10</v>
+      </c>
+      <c r="G384" t="s">
+        <v>10</v>
+      </c>
+      <c r="H384"/>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" t="s">
+        <v>775</v>
+      </c>
+      <c r="B385" t="s">
+        <v>776</v>
+      </c>
+      <c r="C385" t="s">
+        <v>756</v>
+      </c>
+      <c r="D385">
+        <v>1</v>
+      </c>
+      <c r="E385" t="s">
+        <v>11</v>
+      </c>
+      <c r="F385" t="s">
+        <v>10</v>
+      </c>
+      <c r="G385" t="s">
+        <v>10</v>
+      </c>
+      <c r="H385" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" t="s">
+        <v>778</v>
+      </c>
+      <c r="B386" t="s">
+        <v>779</v>
+      </c>
+      <c r="C386" t="s">
+        <v>780</v>
+      </c>
+      <c r="D386">
+        <v>1</v>
+      </c>
+      <c r="E386"/>
+      <c r="F386" t="s">
+        <v>10</v>
+      </c>
+      <c r="G386" t="s">
+        <v>11</v>
+      </c>
+      <c r="H386"/>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" t="s">
+        <v>781</v>
+      </c>
+      <c r="B387" t="s">
+        <v>782</v>
+      </c>
+      <c r="C387" t="s">
+        <v>780</v>
+      </c>
+      <c r="D387">
+        <v>1</v>
+      </c>
+      <c r="E387" t="s">
+        <v>11</v>
+      </c>
+      <c r="F387" t="s">
+        <v>10</v>
+      </c>
+      <c r="G387" t="s">
+        <v>10</v>
+      </c>
+      <c r="H387" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>784</v>
+      </c>
+      <c r="B388" t="s">
+        <v>785</v>
+      </c>
+      <c r="C388" t="s">
+        <v>780</v>
+      </c>
+      <c r="D388">
+        <v>1</v>
+      </c>
+      <c r="E388" t="s">
+        <v>11</v>
+      </c>
+      <c r="F388" t="s">
+        <v>10</v>
+      </c>
+      <c r="G388" t="s">
+        <v>10</v>
+      </c>
+      <c r="H388" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>787</v>
+      </c>
+      <c r="B389" t="s">
+        <v>397</v>
+      </c>
+      <c r="C389" t="s">
+        <v>780</v>
+      </c>
+      <c r="D389">
+        <v>1</v>
+      </c>
+      <c r="E389" t="s">
+        <v>11</v>
+      </c>
+      <c r="F389" t="s">
+        <v>10</v>
+      </c>
+      <c r="G389" t="s">
+        <v>10</v>
+      </c>
+      <c r="H389" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" t="s">
+        <v>311</v>
+      </c>
+      <c r="B390" t="s">
+        <v>58</v>
+      </c>
+      <c r="C390" t="s">
+        <v>780</v>
+      </c>
+      <c r="D390">
+        <v>1</v>
+      </c>
+      <c r="E390" t="s">
+        <v>10</v>
+      </c>
+      <c r="F390" t="s">
+        <v>10</v>
+      </c>
+      <c r="G390" t="s">
+        <v>10</v>
+      </c>
+      <c r="H390"/>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" t="s">
+        <v>789</v>
+      </c>
+      <c r="B391" t="s">
+        <v>790</v>
+      </c>
+      <c r="C391" t="s">
+        <v>780</v>
+      </c>
+      <c r="D391">
+        <v>1</v>
+      </c>
+      <c r="E391"/>
+      <c r="F391" t="s">
+        <v>11</v>
+      </c>
+      <c r="G391" t="s">
+        <v>11</v>
+      </c>
+      <c r="H391"/>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" t="s">
+        <v>37</v>
+      </c>
+      <c r="B392" t="s">
+        <v>791</v>
+      </c>
+      <c r="C392" t="s">
+        <v>780</v>
+      </c>
+      <c r="D392">
+        <v>1</v>
+      </c>
+      <c r="E392"/>
+      <c r="F392" t="s">
+        <v>10</v>
+      </c>
+      <c r="G392" t="s">
+        <v>11</v>
+      </c>
+      <c r="H392"/>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>109</v>
+      </c>
+      <c r="B393" t="s">
+        <v>774</v>
+      </c>
+      <c r="C393" t="s">
+        <v>792</v>
+      </c>
+      <c r="D393">
+        <v>1</v>
+      </c>
+      <c r="E393" t="s">
+        <v>11</v>
+      </c>
+      <c r="F393" t="s">
+        <v>10</v>
+      </c>
+      <c r="G393" t="s">
+        <v>10</v>
+      </c>
+      <c r="H393" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>465</v>
+      </c>
+      <c r="B394" t="s">
+        <v>794</v>
+      </c>
+      <c r="C394" t="s">
+        <v>792</v>
+      </c>
+      <c r="D394">
+        <v>1</v>
+      </c>
+      <c r="E394" t="s">
+        <v>11</v>
+      </c>
+      <c r="F394" t="s">
+        <v>10</v>
+      </c>
+      <c r="G394" t="s">
+        <v>10</v>
+      </c>
+      <c r="H394" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>796</v>
+      </c>
+      <c r="B395" t="s">
+        <v>797</v>
+      </c>
+      <c r="C395" t="s">
+        <v>792</v>
+      </c>
+      <c r="D395">
+        <v>1</v>
+      </c>
+      <c r="E395" t="s">
+        <v>11</v>
+      </c>
+      <c r="F395" t="s">
+        <v>10</v>
+      </c>
+      <c r="G395" t="s">
+        <v>10</v>
+      </c>
+      <c r="H395" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>799</v>
+      </c>
+      <c r="B396" t="s">
+        <v>800</v>
+      </c>
+      <c r="C396" t="s">
+        <v>792</v>
+      </c>
+      <c r="D396">
+        <v>1</v>
+      </c>
+      <c r="E396" t="s">
+        <v>10</v>
+      </c>
+      <c r="F396" t="s">
+        <v>10</v>
+      </c>
+      <c r="G396" t="s">
+        <v>10</v>
+      </c>
+      <c r="H396"/>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>801</v>
+      </c>
+      <c r="B397" t="s">
+        <v>802</v>
+      </c>
+      <c r="C397" t="s">
+        <v>792</v>
+      </c>
+      <c r="D397">
+        <v>1</v>
+      </c>
+      <c r="E397"/>
+      <c r="F397" t="s">
+        <v>11</v>
+      </c>
+      <c r="G397" t="s">
+        <v>10</v>
+      </c>
+      <c r="H397"/>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>803</v>
+      </c>
+      <c r="B398" t="s">
+        <v>658</v>
+      </c>
+      <c r="C398" t="s">
+        <v>804</v>
+      </c>
+      <c r="D398">
+        <v>1</v>
+      </c>
+      <c r="E398" t="s">
+        <v>11</v>
+      </c>
+      <c r="F398" t="s">
+        <v>10</v>
+      </c>
+      <c r="G398" t="s">
+        <v>10</v>
+      </c>
+      <c r="H398" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>372</v>
+      </c>
+      <c r="B399" t="s">
+        <v>102</v>
+      </c>
+      <c r="C399" t="s">
+        <v>804</v>
+      </c>
+      <c r="D399">
+        <v>1</v>
+      </c>
+      <c r="E399" t="s">
+        <v>11</v>
+      </c>
+      <c r="F399" t="s">
+        <v>10</v>
+      </c>
+      <c r="G399" t="s">
+        <v>10</v>
+      </c>
+      <c r="H399" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>807</v>
+      </c>
+      <c r="B400" t="s">
+        <v>808</v>
+      </c>
+      <c r="C400" t="s">
+        <v>804</v>
+      </c>
+      <c r="D400">
+        <v>1</v>
+      </c>
+      <c r="E400" t="s">
+        <v>11</v>
+      </c>
+      <c r="F400" t="s">
+        <v>10</v>
+      </c>
+      <c r="G400" t="s">
+        <v>10</v>
+      </c>
+      <c r="H400" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>810</v>
+      </c>
+      <c r="B401" t="s">
+        <v>811</v>
+      </c>
+      <c r="C401" t="s">
+        <v>804</v>
+      </c>
+      <c r="D401">
+        <v>1</v>
+      </c>
+      <c r="E401" t="s">
+        <v>11</v>
+      </c>
+      <c r="F401" t="s">
+        <v>10</v>
+      </c>
+      <c r="G401" t="s">
+        <v>10</v>
+      </c>
+      <c r="H401" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>813</v>
+      </c>
+      <c r="B402" t="s">
+        <v>814</v>
+      </c>
+      <c r="C402" t="s">
+        <v>804</v>
+      </c>
+      <c r="D402">
+        <v>1</v>
+      </c>
+      <c r="E402"/>
+      <c r="F402" t="s">
+        <v>10</v>
+      </c>
+      <c r="G402" t="s">
+        <v>11</v>
+      </c>
+      <c r="H402"/>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>321</v>
+      </c>
+      <c r="B403" t="s">
+        <v>815</v>
+      </c>
+      <c r="C403" t="s">
+        <v>804</v>
+      </c>
+      <c r="D403">
+        <v>1</v>
+      </c>
+      <c r="E403"/>
+      <c r="F403" t="s">
+        <v>11</v>
+      </c>
+      <c r="G403" t="s">
+        <v>10</v>
+      </c>
+      <c r="H403"/>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>762</v>
+      </c>
+      <c r="B404" t="s">
+        <v>816</v>
+      </c>
+      <c r="C404" t="s">
+        <v>804</v>
+      </c>
+      <c r="D404">
+        <v>1</v>
+      </c>
+      <c r="E404" t="s">
+        <v>11</v>
+      </c>
+      <c r="F404" t="s">
+        <v>10</v>
+      </c>
+      <c r="G404" t="s">
+        <v>10</v>
+      </c>
+      <c r="H404" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>52</v>
+      </c>
+      <c r="B405" t="s">
+        <v>31</v>
+      </c>
+      <c r="C405" t="s">
+        <v>818</v>
+      </c>
+      <c r="D405">
+        <v>1</v>
+      </c>
+      <c r="E405" t="s">
+        <v>11</v>
+      </c>
+      <c r="F405" t="s">
+        <v>10</v>
+      </c>
+      <c r="G405" t="s">
+        <v>10</v>
+      </c>
+      <c r="H405" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>100</v>
+      </c>
+      <c r="B406" t="s">
+        <v>820</v>
+      </c>
+      <c r="C406" t="s">
+        <v>818</v>
+      </c>
+      <c r="D406">
+        <v>1</v>
+      </c>
+      <c r="E406" t="s">
+        <v>11</v>
+      </c>
+      <c r="F406" t="s">
+        <v>10</v>
+      </c>
+      <c r="G406" t="s">
+        <v>10</v>
+      </c>
+      <c r="H406" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>822</v>
+      </c>
+      <c r="B407" t="s">
+        <v>823</v>
+      </c>
+      <c r="C407" t="s">
+        <v>818</v>
+      </c>
+      <c r="D407">
+        <v>1</v>
+      </c>
+      <c r="E407" t="s">
+        <v>11</v>
+      </c>
+      <c r="F407" t="s">
+        <v>10</v>
+      </c>
+      <c r="G407" t="s">
+        <v>10</v>
+      </c>
+      <c r="H407" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>519</v>
+      </c>
+      <c r="B408" t="s">
+        <v>825</v>
+      </c>
+      <c r="C408" t="s">
+        <v>818</v>
+      </c>
+      <c r="D408">
+        <v>1</v>
+      </c>
+      <c r="E408"/>
+      <c r="F408" t="s">
+        <v>11</v>
+      </c>
+      <c r="G408" t="s">
+        <v>10</v>
+      </c>
+      <c r="H408"/>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>826</v>
+      </c>
+      <c r="B409" t="s">
+        <v>827</v>
+      </c>
+      <c r="C409" t="s">
+        <v>828</v>
+      </c>
+      <c r="D409">
+        <v>1</v>
+      </c>
+      <c r="E409"/>
+      <c r="F409" t="s">
+        <v>11</v>
+      </c>
+      <c r="G409" t="s">
+        <v>10</v>
+      </c>
+      <c r="H409"/>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>829</v>
+      </c>
+      <c r="B410" t="s">
+        <v>830</v>
+      </c>
+      <c r="C410" t="s">
+        <v>828</v>
+      </c>
+      <c r="D410">
+        <v>1</v>
+      </c>
+      <c r="E410" t="s">
+        <v>10</v>
+      </c>
+      <c r="F410" t="s">
+        <v>10</v>
+      </c>
+      <c r="G410" t="s">
+        <v>10</v>
+      </c>
+      <c r="H410"/>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>831</v>
+      </c>
+      <c r="B411" t="s">
+        <v>830</v>
+      </c>
+      <c r="C411" t="s">
+        <v>828</v>
+      </c>
+      <c r="D411">
+        <v>1</v>
+      </c>
+      <c r="E411" t="s">
+        <v>10</v>
+      </c>
+      <c r="F411" t="s">
+        <v>10</v>
+      </c>
+      <c r="G411" t="s">
+        <v>10</v>
+      </c>
+      <c r="H411"/>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>832</v>
+      </c>
+      <c r="B412" t="s">
+        <v>35</v>
+      </c>
+      <c r="C412" t="s">
+        <v>828</v>
+      </c>
+      <c r="D412">
+        <v>1</v>
+      </c>
+      <c r="E412" t="s">
+        <v>11</v>
+      </c>
+      <c r="F412" t="s">
+        <v>10</v>
+      </c>
+      <c r="G412" t="s">
+        <v>10</v>
+      </c>
+      <c r="H412" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>834</v>
+      </c>
+      <c r="B413" t="s">
+        <v>835</v>
+      </c>
+      <c r="C413" t="s">
+        <v>828</v>
+      </c>
+      <c r="D413">
+        <v>1</v>
+      </c>
+      <c r="E413" t="s">
+        <v>11</v>
+      </c>
+      <c r="F413" t="s">
+        <v>10</v>
+      </c>
+      <c r="G413" t="s">
+        <v>10</v>
+      </c>
+      <c r="H413" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>252</v>
+      </c>
+      <c r="B414" t="s">
+        <v>837</v>
+      </c>
+      <c r="C414" t="s">
+        <v>828</v>
+      </c>
+      <c r="D414">
+        <v>1</v>
+      </c>
+      <c r="E414" t="s">
+        <v>11</v>
+      </c>
+      <c r="F414" t="s">
+        <v>10</v>
+      </c>
+      <c r="G414" t="s">
+        <v>10</v>
+      </c>
+      <c r="H414" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>92</v>
+      </c>
+      <c r="B415" t="s">
+        <v>257</v>
+      </c>
+      <c r="C415" t="s">
+        <v>839</v>
+      </c>
+      <c r="D415">
+        <v>1</v>
+      </c>
+      <c r="E415" t="s">
+        <v>11</v>
+      </c>
+      <c r="F415" t="s">
+        <v>10</v>
+      </c>
+      <c r="G415" t="s">
+        <v>10</v>
+      </c>
+      <c r="H415" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>678</v>
+      </c>
+      <c r="B416" t="s">
+        <v>841</v>
+      </c>
+      <c r="C416" t="s">
+        <v>839</v>
+      </c>
+      <c r="D416">
+        <v>1</v>
+      </c>
+      <c r="E416" t="s">
+        <v>10</v>
+      </c>
+      <c r="F416" t="s">
+        <v>10</v>
+      </c>
+      <c r="G416" t="s">
+        <v>10</v>
+      </c>
+      <c r="H416"/>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>144</v>
+      </c>
+      <c r="B417" t="s">
+        <v>842</v>
+      </c>
+      <c r="C417" t="s">
+        <v>839</v>
+      </c>
+      <c r="D417">
+        <v>1</v>
+      </c>
+      <c r="E417" t="s">
+        <v>11</v>
+      </c>
+      <c r="F417" t="s">
+        <v>10</v>
+      </c>
+      <c r="G417" t="s">
+        <v>10</v>
+      </c>
+      <c r="H417" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>41</v>
+      </c>
+      <c r="B418" t="s">
+        <v>844</v>
+      </c>
+      <c r="C418" t="s">
+        <v>839</v>
+      </c>
+      <c r="D418">
+        <v>1</v>
+      </c>
+      <c r="E418" t="s">
+        <v>11</v>
+      </c>
+      <c r="F418" t="s">
+        <v>10</v>
+      </c>
+      <c r="G418" t="s">
+        <v>10</v>
+      </c>
+      <c r="H418" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>52</v>
+      </c>
+      <c r="B419" t="s">
+        <v>145</v>
+      </c>
+      <c r="C419" t="s">
+        <v>839</v>
+      </c>
+      <c r="D419">
+        <v>1</v>
+      </c>
+      <c r="E419" t="s">
+        <v>11</v>
+      </c>
+      <c r="F419" t="s">
+        <v>10</v>
+      </c>
+      <c r="G419" t="s">
+        <v>10</v>
+      </c>
+      <c r="H419" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>847</v>
+      </c>
+      <c r="B420" t="s">
+        <v>273</v>
+      </c>
+      <c r="C420" t="s">
+        <v>839</v>
+      </c>
+      <c r="D420">
+        <v>1</v>
+      </c>
+      <c r="E420"/>
+      <c r="F420" t="s">
+        <v>11</v>
+      </c>
+      <c r="G420" t="s">
+        <v>11</v>
+      </c>
+      <c r="H420"/>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>848</v>
+      </c>
+      <c r="B421" t="s">
+        <v>849</v>
+      </c>
+      <c r="C421" t="s">
+        <v>850</v>
+      </c>
+      <c r="D421">
+        <v>1</v>
+      </c>
+      <c r="E421"/>
+      <c r="F421" t="s">
+        <v>11</v>
+      </c>
+      <c r="G421" t="s">
+        <v>11</v>
+      </c>
+      <c r="H421"/>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>381</v>
+      </c>
+      <c r="B422" t="s">
+        <v>851</v>
+      </c>
+      <c r="C422" t="s">
+        <v>850</v>
+      </c>
+      <c r="D422">
+        <v>1</v>
+      </c>
+      <c r="E422" t="s">
+        <v>11</v>
+      </c>
+      <c r="F422" t="s">
+        <v>10</v>
+      </c>
+      <c r="G422" t="s">
+        <v>10</v>
+      </c>
+      <c r="H422" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>853</v>
+      </c>
+      <c r="B423" t="s">
+        <v>854</v>
+      </c>
+      <c r="C423" t="s">
+        <v>850</v>
+      </c>
+      <c r="D423">
+        <v>1</v>
+      </c>
+      <c r="E423" t="s">
+        <v>10</v>
+      </c>
+      <c r="F423" t="s">
+        <v>10</v>
+      </c>
+      <c r="G423" t="s">
+        <v>10</v>
+      </c>
+      <c r="H423"/>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>855</v>
+      </c>
+      <c r="B424" t="s">
+        <v>655</v>
+      </c>
+      <c r="C424" t="s">
+        <v>856</v>
+      </c>
+      <c r="D424">
+        <v>1</v>
+      </c>
+      <c r="E424" t="s">
+        <v>10</v>
+      </c>
+      <c r="F424" t="s">
+        <v>10</v>
+      </c>
+      <c r="G424" t="s">
+        <v>10</v>
+      </c>
+      <c r="H424"/>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>857</v>
+      </c>
+      <c r="B425" t="s">
+        <v>858</v>
+      </c>
+      <c r="C425" t="s">
+        <v>856</v>
+      </c>
+      <c r="D425">
+        <v>1</v>
+      </c>
+      <c r="E425" t="s">
+        <v>11</v>
+      </c>
+      <c r="F425" t="s">
+        <v>10</v>
+      </c>
+      <c r="G425" t="s">
+        <v>10</v>
+      </c>
+      <c r="H425" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>860</v>
+      </c>
+      <c r="B426" t="s">
+        <v>861</v>
+      </c>
+      <c r="C426" t="s">
+        <v>856</v>
+      </c>
+      <c r="D426">
+        <v>1</v>
+      </c>
+      <c r="E426" t="s">
+        <v>11</v>
+      </c>
+      <c r="F426" t="s">
+        <v>10</v>
+      </c>
+      <c r="G426" t="s">
+        <v>10</v>
+      </c>
+      <c r="H426" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>135</v>
+      </c>
+      <c r="B427" t="s">
+        <v>863</v>
+      </c>
+      <c r="C427" t="s">
+        <v>856</v>
+      </c>
+      <c r="D427">
+        <v>1</v>
+      </c>
+      <c r="E427" t="s">
+        <v>10</v>
+      </c>
+      <c r="F427" t="s">
+        <v>10</v>
+      </c>
+      <c r="G427" t="s">
+        <v>10</v>
+      </c>
+      <c r="H427"/>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>864</v>
+      </c>
+      <c r="B428" t="s">
+        <v>327</v>
+      </c>
+      <c r="C428" t="s">
+        <v>856</v>
+      </c>
+      <c r="D428">
+        <v>1</v>
+      </c>
+      <c r="E428"/>
+      <c r="F428" t="s">
+        <v>10</v>
+      </c>
+      <c r="G428" t="s">
+        <v>11</v>
+      </c>
+      <c r="H428"/>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>321</v>
+      </c>
+      <c r="B429" t="s">
+        <v>865</v>
+      </c>
+      <c r="C429" t="s">
+        <v>856</v>
+      </c>
+      <c r="D429">
+        <v>1</v>
+      </c>
+      <c r="E429"/>
+      <c r="F429" t="s">
+        <v>10</v>
+      </c>
+      <c r="G429" t="s">
+        <v>11</v>
+      </c>
+      <c r="H429"/>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>866</v>
+      </c>
+      <c r="B430" t="s">
+        <v>858</v>
+      </c>
+      <c r="C430" t="s">
+        <v>856</v>
+      </c>
+      <c r="D430">
+        <v>1</v>
+      </c>
+      <c r="E430" t="s">
+        <v>10</v>
+      </c>
+      <c r="F430" t="s">
+        <v>10</v>
+      </c>
+      <c r="G430" t="s">
+        <v>10</v>
+      </c>
+      <c r="H430"/>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>867</v>
+      </c>
+      <c r="B431" t="s">
+        <v>868</v>
+      </c>
+      <c r="C431" t="s">
+        <v>856</v>
+      </c>
+      <c r="D431">
+        <v>1</v>
+      </c>
+      <c r="E431" t="s">
+        <v>11</v>
+      </c>
+      <c r="F431" t="s">
+        <v>10</v>
+      </c>
+      <c r="G431" t="s">
+        <v>10</v>
+      </c>
+      <c r="H431" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>870</v>
+      </c>
+      <c r="B432" t="s">
+        <v>871</v>
+      </c>
+      <c r="C432" t="s">
+        <v>856</v>
+      </c>
+      <c r="D432">
+        <v>1</v>
+      </c>
+      <c r="E432" t="s">
+        <v>11</v>
+      </c>
+      <c r="F432" t="s">
+        <v>10</v>
+      </c>
+      <c r="G432" t="s">
+        <v>10</v>
+      </c>
+      <c r="H432" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>873</v>
+      </c>
+      <c r="B433" t="s">
+        <v>874</v>
+      </c>
+      <c r="C433" t="s">
+        <v>856</v>
+      </c>
+      <c r="D433">
+        <v>1</v>
+      </c>
+      <c r="E433" t="s">
+        <v>10</v>
+      </c>
+      <c r="F433" t="s">
+        <v>10</v>
+      </c>
+      <c r="G433" t="s">
+        <v>10</v>
+      </c>
+      <c r="H433"/>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>135</v>
+      </c>
+      <c r="B434" t="s">
+        <v>875</v>
+      </c>
+      <c r="C434" t="s">
+        <v>856</v>
+      </c>
+      <c r="D434">
+        <v>1</v>
+      </c>
+      <c r="E434" t="s">
+        <v>11</v>
+      </c>
+      <c r="F434" t="s">
+        <v>10</v>
+      </c>
+      <c r="G434" t="s">
+        <v>10</v>
+      </c>
+      <c r="H434" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>34</v>
+      </c>
+      <c r="B435" t="s">
+        <v>877</v>
+      </c>
+      <c r="C435" t="s">
+        <v>856</v>
+      </c>
+      <c r="D435">
+        <v>1</v>
+      </c>
+      <c r="E435" t="s">
+        <v>10</v>
+      </c>
+      <c r="F435" t="s">
+        <v>10</v>
+      </c>
+      <c r="G435" t="s">
+        <v>10</v>
+      </c>
+      <c r="H435"/>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>831</v>
+      </c>
+      <c r="B436" t="s">
+        <v>878</v>
+      </c>
+      <c r="C436" t="s">
+        <v>856</v>
+      </c>
+      <c r="D436">
+        <v>1</v>
+      </c>
+      <c r="E436"/>
+      <c r="F436" t="s">
+        <v>10</v>
+      </c>
+      <c r="G436" t="s">
+        <v>11</v>
+      </c>
+      <c r="H436"/>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>778</v>
+      </c>
+      <c r="B437" t="s">
+        <v>879</v>
+      </c>
+      <c r="C437" t="s">
+        <v>856</v>
+      </c>
+      <c r="D437">
+        <v>1</v>
+      </c>
+      <c r="E437" t="s">
+        <v>10</v>
+      </c>
+      <c r="F437" t="s">
+        <v>10</v>
+      </c>
+      <c r="G437" t="s">
+        <v>10</v>
+      </c>
+      <c r="H437"/>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>880</v>
+      </c>
+      <c r="B438" t="s">
+        <v>881</v>
+      </c>
+      <c r="C438" t="s">
+        <v>856</v>
+      </c>
+      <c r="D438">
+        <v>1</v>
+      </c>
+      <c r="E438" t="s">
+        <v>10</v>
+      </c>
+      <c r="F438" t="s">
+        <v>10</v>
+      </c>
+      <c r="G438" t="s">
+        <v>10</v>
+      </c>
+      <c r="H438"/>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>182</v>
+      </c>
+      <c r="B439" t="s">
+        <v>577</v>
+      </c>
+      <c r="C439" t="s">
+        <v>856</v>
+      </c>
+      <c r="D439">
+        <v>1</v>
+      </c>
+      <c r="E439" t="s">
+        <v>11</v>
+      </c>
+      <c r="F439" t="s">
+        <v>10</v>
+      </c>
+      <c r="G439" t="s">
+        <v>10</v>
+      </c>
+      <c r="H439" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>883</v>
+      </c>
+      <c r="B440" t="s">
+        <v>884</v>
+      </c>
+      <c r="C440" t="s">
+        <v>856</v>
+      </c>
+      <c r="D440">
+        <v>1</v>
+      </c>
+      <c r="E440"/>
+      <c r="F440" t="s">
+        <v>11</v>
+      </c>
+      <c r="G440" t="s">
+        <v>10</v>
+      </c>
+      <c r="H440"/>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>379</v>
+      </c>
+      <c r="B441" t="s">
+        <v>885</v>
+      </c>
+      <c r="C441" t="s">
+        <v>856</v>
+      </c>
+      <c r="D441">
+        <v>1</v>
+      </c>
+      <c r="E441"/>
+      <c r="F441" t="s">
+        <v>10</v>
+      </c>
+      <c r="G441" t="s">
+        <v>11</v>
+      </c>
+      <c r="H441"/>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>886</v>
+      </c>
+      <c r="B442" t="s">
+        <v>887</v>
+      </c>
+      <c r="C442" t="s">
+        <v>856</v>
+      </c>
+      <c r="D442">
+        <v>1</v>
+      </c>
+      <c r="E442" t="s">
+        <v>10</v>
+      </c>
+      <c r="F442" t="s">
+        <v>10</v>
+      </c>
+      <c r="G442" t="s">
+        <v>10</v>
+      </c>
+      <c r="H442"/>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>888</v>
+      </c>
+      <c r="B443" t="s">
+        <v>889</v>
+      </c>
+      <c r="C443" t="s">
+        <v>856</v>
+      </c>
+      <c r="D443">
+        <v>1</v>
+      </c>
+      <c r="E443" t="s">
+        <v>11</v>
+      </c>
+      <c r="F443" t="s">
+        <v>10</v>
+      </c>
+      <c r="G443" t="s">
+        <v>10</v>
+      </c>
+      <c r="H443" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>891</v>
+      </c>
+      <c r="B444" t="s">
+        <v>892</v>
+      </c>
+      <c r="C444" t="s">
+        <v>856</v>
+      </c>
+      <c r="D444">
+        <v>1</v>
+      </c>
+      <c r="E444" t="s">
+        <v>11</v>
+      </c>
+      <c r="F444" t="s">
+        <v>10</v>
+      </c>
+      <c r="G444" t="s">
+        <v>10</v>
+      </c>
+      <c r="H444" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>894</v>
+      </c>
+      <c r="B445" t="s">
+        <v>895</v>
+      </c>
+      <c r="C445" t="s">
+        <v>856</v>
+      </c>
+      <c r="D445">
+        <v>1</v>
+      </c>
+      <c r="E445" t="s">
+        <v>10</v>
+      </c>
+      <c r="F445" t="s">
+        <v>10</v>
+      </c>
+      <c r="G445" t="s">
+        <v>10</v>
+      </c>
+      <c r="H445"/>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>896</v>
+      </c>
+      <c r="B446" t="s">
+        <v>897</v>
+      </c>
+      <c r="C446" t="s">
+        <v>856</v>
+      </c>
+      <c r="D446">
+        <v>1</v>
+      </c>
+      <c r="E446" t="s">
+        <v>10</v>
+      </c>
+      <c r="F446" t="s">
+        <v>10</v>
+      </c>
+      <c r="G446" t="s">
+        <v>10</v>
+      </c>
+      <c r="H446"/>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>182</v>
+      </c>
+      <c r="B447" t="s">
+        <v>898</v>
+      </c>
+      <c r="C447" t="s">
+        <v>856</v>
+      </c>
+      <c r="D447">
+        <v>1</v>
+      </c>
+      <c r="E447"/>
+      <c r="F447" t="s">
+        <v>10</v>
+      </c>
+      <c r="G447" t="s">
+        <v>11</v>
+      </c>
+      <c r="H447"/>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>135</v>
+      </c>
+      <c r="B448" t="s">
+        <v>655</v>
+      </c>
+      <c r="C448" t="s">
+        <v>856</v>
+      </c>
+      <c r="D448">
+        <v>1</v>
+      </c>
+      <c r="E448" t="s">
+        <v>11</v>
+      </c>
+      <c r="F448" t="s">
+        <v>10</v>
+      </c>
+      <c r="G448" t="s">
+        <v>10</v>
+      </c>
+      <c r="H448" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>61</v>
+      </c>
+      <c r="B449" t="s">
+        <v>900</v>
+      </c>
+      <c r="C449" t="s">
+        <v>901</v>
+      </c>
+      <c r="D449">
+        <v>1</v>
+      </c>
+      <c r="E449" t="s">
+        <v>11</v>
+      </c>
+      <c r="F449" t="s">
+        <v>10</v>
+      </c>
+      <c r="G449" t="s">
+        <v>10</v>
+      </c>
+      <c r="H449" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>903</v>
+      </c>
+      <c r="B450" t="s">
+        <v>904</v>
+      </c>
+      <c r="C450" t="s">
+        <v>901</v>
+      </c>
+      <c r="D450">
+        <v>1</v>
+      </c>
+      <c r="E450" t="s">
+        <v>10</v>
+      </c>
+      <c r="F450" t="s">
+        <v>10</v>
+      </c>
+      <c r="G450" t="s">
+        <v>10</v>
+      </c>
+      <c r="H450"/>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>402</v>
+      </c>
+      <c r="B451" t="s">
+        <v>390</v>
+      </c>
+      <c r="C451" t="s">
+        <v>901</v>
+      </c>
+      <c r="D451">
+        <v>1</v>
+      </c>
+      <c r="E451" t="s">
+        <v>11</v>
+      </c>
+      <c r="F451" t="s">
+        <v>10</v>
+      </c>
+      <c r="G451" t="s">
+        <v>10</v>
+      </c>
+      <c r="H451" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>127</v>
+      </c>
+      <c r="B452" t="s">
+        <v>906</v>
+      </c>
+      <c r="C452" t="s">
+        <v>901</v>
+      </c>
+      <c r="D452">
+        <v>1</v>
+      </c>
+      <c r="E452"/>
+      <c r="F452" t="s">
+        <v>10</v>
+      </c>
+      <c r="G452" t="s">
+        <v>11</v>
+      </c>
+      <c r="H452"/>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>907</v>
+      </c>
+      <c r="B453" t="s">
+        <v>908</v>
+      </c>
+      <c r="C453" t="s">
+        <v>901</v>
+      </c>
+      <c r="D453">
+        <v>1</v>
+      </c>
+      <c r="E453"/>
+      <c r="F453" t="s">
+        <v>11</v>
+      </c>
+      <c r="G453" t="s">
+        <v>11</v>
+      </c>
+      <c r="H453"/>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>148</v>
+      </c>
+      <c r="B454" t="s">
+        <v>714</v>
+      </c>
+      <c r="C454" t="s">
+        <v>901</v>
+      </c>
+      <c r="D454">
+        <v>1</v>
+      </c>
+      <c r="E454" t="s">
+        <v>10</v>
+      </c>
+      <c r="F454" t="s">
+        <v>10</v>
+      </c>
+      <c r="G454" t="s">
+        <v>10</v>
+      </c>
+      <c r="H454"/>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>909</v>
+      </c>
+      <c r="B455" t="s">
+        <v>910</v>
+      </c>
+      <c r="C455" t="s">
+        <v>901</v>
+      </c>
+      <c r="D455">
+        <v>1</v>
+      </c>
+      <c r="E455" t="s">
+        <v>11</v>
+      </c>
+      <c r="F455" t="s">
+        <v>10</v>
+      </c>
+      <c r="G455" t="s">
+        <v>10</v>
+      </c>
+      <c r="H455" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>109</v>
+      </c>
+      <c r="B456" t="s">
+        <v>912</v>
+      </c>
+      <c r="C456" t="s">
+        <v>901</v>
+      </c>
+      <c r="D456">
+        <v>1</v>
+      </c>
+      <c r="E456" t="s">
+        <v>11</v>
+      </c>
+      <c r="F456" t="s">
+        <v>10</v>
+      </c>
+      <c r="G456" t="s">
+        <v>10</v>
+      </c>
+      <c r="H456" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>914</v>
+      </c>
+      <c r="B457" t="s">
+        <v>133</v>
+      </c>
+      <c r="C457" t="s">
+        <v>901</v>
+      </c>
+      <c r="D457">
+        <v>1</v>
+      </c>
+      <c r="E457" t="s">
+        <v>11</v>
+      </c>
+      <c r="F457" t="s">
+        <v>10</v>
+      </c>
+      <c r="G457" t="s">
+        <v>10</v>
+      </c>
+      <c r="H457" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>916</v>
+      </c>
+      <c r="B458" t="s">
+        <v>192</v>
+      </c>
+      <c r="C458" t="s">
+        <v>901</v>
+      </c>
+      <c r="D458">
+        <v>1</v>
+      </c>
+      <c r="E458" t="s">
+        <v>10</v>
+      </c>
+      <c r="F458" t="s">
+        <v>10</v>
+      </c>
+      <c r="G458" t="s">
+        <v>10</v>
+      </c>
+      <c r="H458"/>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>84</v>
+      </c>
+      <c r="B459" t="s">
+        <v>917</v>
+      </c>
+      <c r="C459" t="s">
+        <v>901</v>
+      </c>
+      <c r="D459">
+        <v>1</v>
+      </c>
+      <c r="E459" t="s">
+        <v>11</v>
+      </c>
+      <c r="F459" t="s">
+        <v>10</v>
+      </c>
+      <c r="G459" t="s">
+        <v>10</v>
+      </c>
+      <c r="H459" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>146</v>
+      </c>
+      <c r="B460" t="s">
+        <v>192</v>
+      </c>
+      <c r="C460" t="s">
+        <v>901</v>
+      </c>
+      <c r="D460">
+        <v>1</v>
+      </c>
+      <c r="E460" t="s">
+        <v>10</v>
+      </c>
+      <c r="F460" t="s">
+        <v>10</v>
+      </c>
+      <c r="G460" t="s">
+        <v>10</v>
+      </c>
+      <c r="H460"/>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>919</v>
+      </c>
+      <c r="B461" t="s">
+        <v>910</v>
+      </c>
+      <c r="C461" t="s">
+        <v>901</v>
+      </c>
+      <c r="D461">
+        <v>1</v>
+      </c>
+      <c r="E461" t="s">
+        <v>11</v>
+      </c>
+      <c r="F461" t="s">
+        <v>10</v>
+      </c>
+      <c r="G461" t="s">
+        <v>10</v>
+      </c>
+      <c r="H461" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>921</v>
+      </c>
+      <c r="B462" t="s">
+        <v>922</v>
+      </c>
+      <c r="C462" t="s">
+        <v>901</v>
+      </c>
+      <c r="D462">
+        <v>1</v>
+      </c>
+      <c r="E462" t="s">
+        <v>11</v>
+      </c>
+      <c r="F462" t="s">
+        <v>10</v>
+      </c>
+      <c r="G462" t="s">
+        <v>10</v>
+      </c>
+      <c r="H462" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>379</v>
+      </c>
+      <c r="B463" t="s">
+        <v>924</v>
+      </c>
+      <c r="C463" t="s">
+        <v>901</v>
+      </c>
+      <c r="D463">
+        <v>1</v>
+      </c>
+      <c r="E463" t="s">
+        <v>10</v>
+      </c>
+      <c r="F463" t="s">
+        <v>10</v>
+      </c>
+      <c r="G463" t="s">
+        <v>10</v>
+      </c>
+      <c r="H463"/>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>144</v>
+      </c>
+      <c r="B464" t="s">
+        <v>925</v>
+      </c>
+      <c r="C464" t="s">
+        <v>901</v>
+      </c>
+      <c r="D464">
+        <v>1</v>
+      </c>
+      <c r="E464" t="s">
+        <v>10</v>
+      </c>
+      <c r="F464" t="s">
+        <v>10</v>
+      </c>
+      <c r="G464" t="s">
+        <v>10</v>
+      </c>
+      <c r="H464"/>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>926</v>
+      </c>
+      <c r="B465" t="s">
+        <v>35</v>
+      </c>
+      <c r="C465" t="s">
+        <v>901</v>
+      </c>
+      <c r="D465">
+        <v>1</v>
+      </c>
+      <c r="E465" t="s">
+        <v>11</v>
+      </c>
+      <c r="F465" t="s">
+        <v>10</v>
+      </c>
+      <c r="G465" t="s">
+        <v>10</v>
+      </c>
+      <c r="H465" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>298</v>
+      </c>
+      <c r="B466" t="s">
+        <v>928</v>
+      </c>
+      <c r="C466" t="s">
+        <v>901</v>
+      </c>
+      <c r="D466">
+        <v>1</v>
+      </c>
+      <c r="E466" t="s">
+        <v>10</v>
+      </c>
+      <c r="F466" t="s">
+        <v>10</v>
+      </c>
+      <c r="G466" t="s">
+        <v>10</v>
+      </c>
+      <c r="H466"/>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>929</v>
+      </c>
+      <c r="B467" t="s">
+        <v>930</v>
+      </c>
+      <c r="C467" t="s">
+        <v>901</v>
+      </c>
+      <c r="D467">
+        <v>1</v>
+      </c>
+      <c r="E467" t="s">
+        <v>10</v>
+      </c>
+      <c r="F467" t="s">
+        <v>10</v>
+      </c>
+      <c r="G467" t="s">
+        <v>10</v>
+      </c>
+      <c r="H467"/>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>931</v>
+      </c>
+      <c r="B468" t="s">
+        <v>932</v>
+      </c>
+      <c r="C468" t="s">
+        <v>933</v>
+      </c>
+      <c r="D468">
+        <v>2</v>
+      </c>
+      <c r="E468"/>
+      <c r="F468" t="s">
+        <v>11</v>
+      </c>
+      <c r="G468" t="s">
+        <v>11</v>
+      </c>
+      <c r="H468"/>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>345</v>
+      </c>
+      <c r="B469" t="s">
+        <v>934</v>
+      </c>
+      <c r="C469" t="s">
+        <v>933</v>
+      </c>
+      <c r="D469">
+        <v>2</v>
+      </c>
+      <c r="E469"/>
+      <c r="F469" t="s">
+        <v>10</v>
+      </c>
+      <c r="G469" t="s">
+        <v>11</v>
+      </c>
+      <c r="H469"/>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>440</v>
+      </c>
+      <c r="B470" t="s">
+        <v>935</v>
+      </c>
+      <c r="C470" t="s">
+        <v>933</v>
+      </c>
+      <c r="D470">
+        <v>2</v>
+      </c>
+      <c r="E470"/>
+      <c r="F470" t="s">
+        <v>10</v>
+      </c>
+      <c r="G470" t="s">
+        <v>11</v>
+      </c>
+      <c r="H470"/>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>778</v>
+      </c>
+      <c r="B471" t="s">
+        <v>123</v>
+      </c>
+      <c r="C471" t="s">
+        <v>933</v>
+      </c>
+      <c r="D471">
+        <v>2</v>
+      </c>
+      <c r="E471"/>
+      <c r="F471" t="s">
+        <v>10</v>
+      </c>
+      <c r="G471" t="s">
+        <v>11</v>
+      </c>
+      <c r="H471"/>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>936</v>
+      </c>
+      <c r="B472" t="s">
+        <v>937</v>
+      </c>
+      <c r="C472" t="s">
+        <v>933</v>
+      </c>
+      <c r="D472">
+        <v>2</v>
+      </c>
+      <c r="E472" t="s">
+        <v>11</v>
+      </c>
+      <c r="F472" t="s">
+        <v>10</v>
+      </c>
+      <c r="G472" t="s">
+        <v>10</v>
+      </c>
+      <c r="H472" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>939</v>
+      </c>
+      <c r="B473" t="s">
+        <v>940</v>
+      </c>
+      <c r="C473" t="s">
+        <v>933</v>
+      </c>
+      <c r="D473">
+        <v>2</v>
+      </c>
+      <c r="E473" t="s">
+        <v>11</v>
+      </c>
+      <c r="F473" t="s">
+        <v>10</v>
+      </c>
+      <c r="G473" t="s">
+        <v>10</v>
+      </c>
+      <c r="H473" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>942</v>
+      </c>
+      <c r="B474" t="s">
+        <v>943</v>
+      </c>
+      <c r="C474" t="s">
+        <v>944</v>
+      </c>
+      <c r="D474">
+        <v>2</v>
+      </c>
+      <c r="E474" t="s">
+        <v>11</v>
+      </c>
+      <c r="F474" t="s">
+        <v>10</v>
+      </c>
+      <c r="G474" t="s">
+        <v>10</v>
+      </c>
+      <c r="H474" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>946</v>
+      </c>
+      <c r="B475" t="s">
+        <v>947</v>
+      </c>
+      <c r="C475" t="s">
+        <v>944</v>
+      </c>
+      <c r="D475">
+        <v>2</v>
+      </c>
+      <c r="E475" t="s">
+        <v>11</v>
+      </c>
+      <c r="F475" t="s">
+        <v>10</v>
+      </c>
+      <c r="G475" t="s">
+        <v>10</v>
+      </c>
+      <c r="H475" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>949</v>
+      </c>
+      <c r="B476" t="s">
+        <v>950</v>
+      </c>
+      <c r="C476" t="s">
+        <v>944</v>
+      </c>
+      <c r="D476">
+        <v>2</v>
+      </c>
+      <c r="E476" t="s">
+        <v>10</v>
+      </c>
+      <c r="F476" t="s">
+        <v>10</v>
+      </c>
+      <c r="G476" t="s">
+        <v>10</v>
+      </c>
+      <c r="H476"/>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>30</v>
+      </c>
+      <c r="B477" t="s">
+        <v>951</v>
+      </c>
+      <c r="C477" t="s">
+        <v>944</v>
+      </c>
+      <c r="D477">
+        <v>2</v>
+      </c>
+      <c r="E477"/>
+      <c r="F477" t="s">
+        <v>10</v>
+      </c>
+      <c r="G477" t="s">
+        <v>11</v>
+      </c>
+      <c r="H477"/>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>538</v>
+      </c>
+      <c r="B478" t="s">
+        <v>952</v>
+      </c>
+      <c r="C478" t="s">
+        <v>944</v>
+      </c>
+      <c r="D478">
+        <v>2</v>
+      </c>
+      <c r="E478"/>
+      <c r="F478" t="s">
+        <v>10</v>
+      </c>
+      <c r="G478" t="s">
+        <v>11</v>
+      </c>
+      <c r="H478"/>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>615</v>
+      </c>
+      <c r="B479" t="s">
+        <v>186</v>
+      </c>
+      <c r="C479" t="s">
+        <v>944</v>
+      </c>
+      <c r="D479">
+        <v>2</v>
+      </c>
+      <c r="E479" t="s">
+        <v>10</v>
+      </c>
+      <c r="F479" t="s">
+        <v>10</v>
+      </c>
+      <c r="G479" t="s">
+        <v>10</v>
+      </c>
+      <c r="H479"/>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>953</v>
+      </c>
+      <c r="B480" t="s">
+        <v>954</v>
+      </c>
+      <c r="C480" t="s">
+        <v>955</v>
+      </c>
+      <c r="D480">
+        <v>2</v>
+      </c>
+      <c r="E480" t="s">
+        <v>10</v>
+      </c>
+      <c r="F480" t="s">
+        <v>10</v>
+      </c>
+      <c r="G480" t="s">
+        <v>10</v>
+      </c>
+      <c r="H480"/>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>956</v>
+      </c>
+      <c r="B481" t="s">
+        <v>957</v>
+      </c>
+      <c r="C481" t="s">
+        <v>955</v>
+      </c>
+      <c r="D481">
+        <v>2</v>
+      </c>
+      <c r="E481" t="s">
+        <v>11</v>
+      </c>
+      <c r="F481" t="s">
+        <v>10</v>
+      </c>
+      <c r="G481" t="s">
+        <v>10</v>
+      </c>
+      <c r="H481" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>959</v>
+      </c>
+      <c r="B482" t="s">
+        <v>960</v>
+      </c>
+      <c r="C482" t="s">
+        <v>955</v>
+      </c>
+      <c r="D482">
+        <v>2</v>
+      </c>
+      <c r="E482" t="s">
+        <v>11</v>
+      </c>
+      <c r="F482" t="s">
+        <v>10</v>
+      </c>
+      <c r="G482" t="s">
+        <v>10</v>
+      </c>
+      <c r="H482" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>345</v>
+      </c>
+      <c r="B483" t="s">
+        <v>962</v>
+      </c>
+      <c r="C483" t="s">
+        <v>955</v>
+      </c>
+      <c r="D483">
+        <v>2</v>
+      </c>
+      <c r="E483" t="s">
+        <v>10</v>
+      </c>
+      <c r="F483" t="s">
+        <v>10</v>
+      </c>
+      <c r="G483" t="s">
+        <v>10</v>
+      </c>
+      <c r="H483"/>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>963</v>
+      </c>
+      <c r="B484" t="s">
+        <v>964</v>
+      </c>
+      <c r="C484" t="s">
+        <v>965</v>
+      </c>
+      <c r="D484">
+        <v>1</v>
+      </c>
+      <c r="E484" t="s">
+        <v>11</v>
+      </c>
+      <c r="F484" t="s">
+        <v>10</v>
+      </c>
+      <c r="G484" t="s">
+        <v>10</v>
+      </c>
+      <c r="H484" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>967</v>
+      </c>
+      <c r="B485" t="s">
+        <v>968</v>
+      </c>
+      <c r="C485" t="s">
+        <v>969</v>
+      </c>
+      <c r="D485">
+        <v>1</v>
+      </c>
+      <c r="E485" t="s">
+        <v>10</v>
+      </c>
+      <c r="F485" t="s">
+        <v>10</v>
+      </c>
+      <c r="G485" t="s">
+        <v>10</v>
+      </c>
+      <c r="H485"/>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>81</v>
+      </c>
+      <c r="B486" t="s">
+        <v>970</v>
+      </c>
+      <c r="C486" t="s">
+        <v>969</v>
+      </c>
+      <c r="D486">
+        <v>1</v>
+      </c>
+      <c r="E486" t="s">
+        <v>11</v>
+      </c>
+      <c r="F486" t="s">
+        <v>10</v>
+      </c>
+      <c r="G486" t="s">
+        <v>10</v>
+      </c>
+      <c r="H486" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>972</v>
+      </c>
+      <c r="B487" t="s">
+        <v>973</v>
+      </c>
+      <c r="C487" t="s">
+        <v>969</v>
+      </c>
+      <c r="D487">
+        <v>1</v>
+      </c>
+      <c r="E487" t="s">
+        <v>11</v>
+      </c>
+      <c r="F487" t="s">
+        <v>10</v>
+      </c>
+      <c r="G487" t="s">
+        <v>10</v>
+      </c>
+      <c r="H487" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>975</v>
+      </c>
+      <c r="B488" t="s">
+        <v>976</v>
+      </c>
+      <c r="C488" t="s">
+        <v>969</v>
+      </c>
+      <c r="D488">
+        <v>1</v>
+      </c>
+      <c r="E488" t="s">
+        <v>11</v>
+      </c>
+      <c r="F488" t="s">
+        <v>10</v>
+      </c>
+      <c r="G488" t="s">
+        <v>10</v>
+      </c>
+      <c r="H488" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>978</v>
+      </c>
+      <c r="B489" t="s">
+        <v>979</v>
+      </c>
+      <c r="C489" t="s">
+        <v>969</v>
+      </c>
+      <c r="D489">
+        <v>1</v>
+      </c>
+      <c r="E489"/>
+      <c r="F489" t="s">
+        <v>10</v>
+      </c>
+      <c r="G489" t="s">
+        <v>11</v>
+      </c>
+      <c r="H489"/>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>980</v>
+      </c>
+      <c r="B490" t="s">
+        <v>981</v>
+      </c>
+      <c r="C490" t="s">
+        <v>982</v>
+      </c>
+      <c r="D490">
+        <v>1</v>
+      </c>
+      <c r="E490"/>
+      <c r="F490" t="s">
+        <v>11</v>
+      </c>
+      <c r="G490" t="s">
+        <v>11</v>
+      </c>
+      <c r="H490"/>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>203</v>
+      </c>
+      <c r="B491" t="s">
+        <v>983</v>
+      </c>
+      <c r="C491" t="s">
+        <v>982</v>
+      </c>
+      <c r="D491">
+        <v>1</v>
+      </c>
+      <c r="E491" t="s">
+        <v>11</v>
+      </c>
+      <c r="F491" t="s">
+        <v>10</v>
+      </c>
+      <c r="G491" t="s">
+        <v>10</v>
+      </c>
+      <c r="H491" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>34</v>
+      </c>
+      <c r="B492" t="s">
+        <v>985</v>
+      </c>
+      <c r="C492" t="s">
+        <v>982</v>
+      </c>
+      <c r="D492">
+        <v>1</v>
+      </c>
+      <c r="E492" t="s">
+        <v>11</v>
+      </c>
+      <c r="F492" t="s">
+        <v>10</v>
+      </c>
+      <c r="G492" t="s">
+        <v>10</v>
+      </c>
+      <c r="H492" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>34</v>
+      </c>
+      <c r="B493" t="s">
+        <v>987</v>
+      </c>
+      <c r="C493" t="s">
+        <v>982</v>
+      </c>
+      <c r="D493">
+        <v>1</v>
+      </c>
+      <c r="E493" t="s">
+        <v>10</v>
+      </c>
+      <c r="F493" t="s">
+        <v>10</v>
+      </c>
+      <c r="G493" t="s">
+        <v>10</v>
+      </c>
+      <c r="H493"/>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>534</v>
+      </c>
+      <c r="B494" t="s">
+        <v>988</v>
+      </c>
+      <c r="C494" t="s">
+        <v>982</v>
+      </c>
+      <c r="D494">
+        <v>1</v>
+      </c>
+      <c r="E494" t="s">
+        <v>11</v>
+      </c>
+      <c r="F494" t="s">
+        <v>10</v>
+      </c>
+      <c r="G494" t="s">
+        <v>10</v>
+      </c>
+      <c r="H494" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>97</v>
+      </c>
+      <c r="B495" t="s">
+        <v>990</v>
+      </c>
+      <c r="C495" t="s">
+        <v>982</v>
+      </c>
+      <c r="D495">
+        <v>1</v>
+      </c>
+      <c r="E495" t="s">
+        <v>10</v>
+      </c>
+      <c r="F495" t="s">
+        <v>10</v>
+      </c>
+      <c r="G495" t="s">
+        <v>10</v>
+      </c>
+      <c r="H495"/>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>991</v>
+      </c>
+      <c r="B496" t="s">
+        <v>992</v>
+      </c>
+      <c r="C496" t="s">
+        <v>982</v>
+      </c>
+      <c r="D496">
+        <v>1</v>
+      </c>
+      <c r="E496"/>
+      <c r="F496" t="s">
+        <v>10</v>
+      </c>
+      <c r="G496" t="s">
+        <v>11</v>
+      </c>
+      <c r="H496"/>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>428</v>
+      </c>
+      <c r="B497" t="s">
+        <v>620</v>
+      </c>
+      <c r="C497" t="s">
+        <v>982</v>
+      </c>
+      <c r="D497">
+        <v>1</v>
+      </c>
+      <c r="E497"/>
+      <c r="F497" t="s">
+        <v>10</v>
+      </c>
+      <c r="G497" t="s">
+        <v>11</v>
+      </c>
+      <c r="H497"/>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
         <v>54</v>
       </c>
-      <c r="AC11"/>
-[...30 lines deleted...]
-      <c r="I12" t="s">
+      <c r="B498" t="s">
+        <v>993</v>
+      </c>
+      <c r="C498" t="s">
+        <v>982</v>
+      </c>
+      <c r="D498">
+        <v>1</v>
+      </c>
+      <c r="E498" t="s">
+        <v>10</v>
+      </c>
+      <c r="F498" t="s">
+        <v>10</v>
+      </c>
+      <c r="G498" t="s">
+        <v>10</v>
+      </c>
+      <c r="H498"/>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>148</v>
+      </c>
+      <c r="B499" t="s">
+        <v>993</v>
+      </c>
+      <c r="C499" t="s">
+        <v>982</v>
+      </c>
+      <c r="D499">
+        <v>1</v>
+      </c>
+      <c r="E499"/>
+      <c r="F499" t="s">
+        <v>10</v>
+      </c>
+      <c r="G499" t="s">
+        <v>11</v>
+      </c>
+      <c r="H499"/>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>994</v>
+      </c>
+      <c r="B500" t="s">
+        <v>995</v>
+      </c>
+      <c r="C500" t="s">
+        <v>996</v>
+      </c>
+      <c r="D500">
+        <v>1</v>
+      </c>
+      <c r="E500" t="s">
+        <v>11</v>
+      </c>
+      <c r="F500" t="s">
+        <v>10</v>
+      </c>
+      <c r="G500" t="s">
+        <v>10</v>
+      </c>
+      <c r="H500" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>998</v>
+      </c>
+      <c r="B501" t="s">
+        <v>999</v>
+      </c>
+      <c r="C501" t="s">
+        <v>996</v>
+      </c>
+      <c r="D501">
+        <v>1</v>
+      </c>
+      <c r="E501"/>
+      <c r="F501" t="s">
+        <v>11</v>
+      </c>
+      <c r="G501" t="s">
+        <v>10</v>
+      </c>
+      <c r="H501"/>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B502" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C502" t="s">
+        <v>996</v>
+      </c>
+      <c r="D502">
+        <v>1</v>
+      </c>
+      <c r="E502" t="s">
+        <v>11</v>
+      </c>
+      <c r="F502" t="s">
+        <v>10</v>
+      </c>
+      <c r="G502" t="s">
+        <v>10</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>75</v>
+      </c>
+      <c r="B503" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C503" t="s">
+        <v>996</v>
+      </c>
+      <c r="D503">
+        <v>1</v>
+      </c>
+      <c r="E503" t="s">
+        <v>10</v>
+      </c>
+      <c r="F503" t="s">
+        <v>10</v>
+      </c>
+      <c r="G503" t="s">
+        <v>10</v>
+      </c>
+      <c r="H503"/>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>534</v>
+      </c>
+      <c r="B504" t="s">
+        <v>286</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D504">
+        <v>1</v>
+      </c>
+      <c r="E504"/>
+      <c r="F504" t="s">
+        <v>11</v>
+      </c>
+      <c r="G504" t="s">
+        <v>10</v>
+      </c>
+      <c r="H504"/>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B505" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D505">
+        <v>1</v>
+      </c>
+      <c r="E505" t="s">
+        <v>11</v>
+      </c>
+      <c r="F505" t="s">
+        <v>10</v>
+      </c>
+      <c r="G505" t="s">
+        <v>10</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B506" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D506">
+        <v>1</v>
+      </c>
+      <c r="E506" t="s">
+        <v>11</v>
+      </c>
+      <c r="F506" t="s">
+        <v>10</v>
+      </c>
+      <c r="G506" t="s">
+        <v>10</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B507" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D507">
+        <v>1</v>
+      </c>
+      <c r="E507"/>
+      <c r="F507" t="s">
+        <v>10</v>
+      </c>
+      <c r="G507" t="s">
+        <v>11</v>
+      </c>
+      <c r="H507"/>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1014</v>
+      </c>
+      <c r="B508" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C508" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D508">
+        <v>1</v>
+      </c>
+      <c r="E508" t="s">
+        <v>11</v>
+      </c>
+      <c r="F508" t="s">
+        <v>10</v>
+      </c>
+      <c r="G508" t="s">
+        <v>10</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B509" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C509" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D509">
+        <v>1</v>
+      </c>
+      <c r="E509" t="s">
+        <v>11</v>
+      </c>
+      <c r="F509" t="s">
+        <v>10</v>
+      </c>
+      <c r="G509" t="s">
+        <v>10</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>857</v>
+      </c>
+      <c r="B510" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C510" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D510">
+        <v>1</v>
+      </c>
+      <c r="E510" t="s">
+        <v>11</v>
+      </c>
+      <c r="F510" t="s">
+        <v>10</v>
+      </c>
+      <c r="G510" t="s">
+        <v>10</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1022</v>
+      </c>
+      <c r="B511" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D511">
+        <v>1</v>
+      </c>
+      <c r="E511"/>
+      <c r="F511" t="s">
+        <v>11</v>
+      </c>
+      <c r="G511" t="s">
+        <v>11</v>
+      </c>
+      <c r="H511"/>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>409</v>
+      </c>
+      <c r="B512" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C512" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D512">
+        <v>1</v>
+      </c>
+      <c r="E512" t="s">
+        <v>11</v>
+      </c>
+      <c r="F512" t="s">
+        <v>10</v>
+      </c>
+      <c r="G512" t="s">
+        <v>10</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B513" t="s">
+        <v>1028</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D513">
+        <v>1</v>
+      </c>
+      <c r="E513" t="s">
+        <v>10</v>
+      </c>
+      <c r="F513" t="s">
+        <v>10</v>
+      </c>
+      <c r="G513" t="s">
+        <v>10</v>
+      </c>
+      <c r="H513"/>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B514" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C514" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D514">
+        <v>1</v>
+      </c>
+      <c r="E514" t="s">
+        <v>11</v>
+      </c>
+      <c r="F514" t="s">
+        <v>10</v>
+      </c>
+      <c r="G514" t="s">
+        <v>10</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>146</v>
+      </c>
+      <c r="B515" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C515" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D515">
+        <v>1</v>
+      </c>
+      <c r="E515" t="s">
+        <v>11</v>
+      </c>
+      <c r="F515" t="s">
+        <v>10</v>
+      </c>
+      <c r="G515" t="s">
+        <v>10</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1034</v>
+      </c>
+      <c r="B516" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C516" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D516">
+        <v>1</v>
+      </c>
+      <c r="E516"/>
+      <c r="F516" t="s">
+        <v>11</v>
+      </c>
+      <c r="G516" t="s">
+        <v>11</v>
+      </c>
+      <c r="H516"/>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>921</v>
+      </c>
+      <c r="B517" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C517" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D517">
+        <v>1</v>
+      </c>
+      <c r="E517" t="s">
+        <v>11</v>
+      </c>
+      <c r="F517" t="s">
+        <v>10</v>
+      </c>
+      <c r="G517" t="s">
+        <v>10</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>959</v>
+      </c>
+      <c r="B518" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D518">
+        <v>1</v>
+      </c>
+      <c r="E518"/>
+      <c r="F518" t="s">
+        <v>10</v>
+      </c>
+      <c r="G518" t="s">
+        <v>11</v>
+      </c>
+      <c r="H518"/>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>157</v>
+      </c>
+      <c r="B519" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D519">
+        <v>1</v>
+      </c>
+      <c r="E519"/>
+      <c r="F519" t="s">
+        <v>10</v>
+      </c>
+      <c r="G519" t="s">
+        <v>11</v>
+      </c>
+      <c r="H519"/>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B520" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D520">
+        <v>1</v>
+      </c>
+      <c r="E520" t="s">
+        <v>11</v>
+      </c>
+      <c r="F520" t="s">
+        <v>10</v>
+      </c>
+      <c r="G520" t="s">
+        <v>10</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>615</v>
+      </c>
+      <c r="B521" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D521">
+        <v>1</v>
+      </c>
+      <c r="E521" t="s">
+        <v>11</v>
+      </c>
+      <c r="F521" t="s">
+        <v>10</v>
+      </c>
+      <c r="G521" t="s">
+        <v>10</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B522" t="s">
+        <v>193</v>
+      </c>
+      <c r="C522" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D522">
+        <v>1</v>
+      </c>
+      <c r="E522"/>
+      <c r="F522" t="s">
+        <v>10</v>
+      </c>
+      <c r="G522" t="s">
+        <v>11</v>
+      </c>
+      <c r="H522"/>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>54</v>
+      </c>
+      <c r="B523" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C523" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D523">
+        <v>1</v>
+      </c>
+      <c r="E523"/>
+      <c r="F523" t="s">
+        <v>11</v>
+      </c>
+      <c r="G523" t="s">
+        <v>11</v>
+      </c>
+      <c r="H523"/>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B524" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C524" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D524">
+        <v>1</v>
+      </c>
+      <c r="E524" t="s">
+        <v>11</v>
+      </c>
+      <c r="F524" t="s">
+        <v>10</v>
+      </c>
+      <c r="G524" t="s">
+        <v>10</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>252</v>
+      </c>
+      <c r="B525" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C525" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D525">
+        <v>1</v>
+      </c>
+      <c r="E525" t="s">
+        <v>11</v>
+      </c>
+      <c r="F525" t="s">
+        <v>10</v>
+      </c>
+      <c r="G525" t="s">
+        <v>10</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>529</v>
+      </c>
+      <c r="B526" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D526">
+        <v>2</v>
+      </c>
+      <c r="E526" t="s">
+        <v>11</v>
+      </c>
+      <c r="F526" t="s">
+        <v>10</v>
+      </c>
+      <c r="G526" t="s">
+        <v>10</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>75</v>
+      </c>
+      <c r="B527" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D527">
+        <v>2</v>
+      </c>
+      <c r="E527" t="s">
+        <v>11</v>
+      </c>
+      <c r="F527" t="s">
+        <v>10</v>
+      </c>
+      <c r="G527" t="s">
+        <v>10</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1058</v>
+      </c>
+      <c r="B528" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D528">
+        <v>2</v>
+      </c>
+      <c r="E528" t="s">
+        <v>11</v>
+      </c>
+      <c r="F528" t="s">
+        <v>10</v>
+      </c>
+      <c r="G528" t="s">
+        <v>10</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B529" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D529">
+        <v>2</v>
+      </c>
+      <c r="E529" t="s">
+        <v>11</v>
+      </c>
+      <c r="F529" t="s">
+        <v>10</v>
+      </c>
+      <c r="G529" t="s">
+        <v>10</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B530" t="s">
+        <v>714</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D530">
+        <v>2</v>
+      </c>
+      <c r="E530" t="s">
+        <v>11</v>
+      </c>
+      <c r="F530" t="s">
+        <v>10</v>
+      </c>
+      <c r="G530" t="s">
+        <v>10</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1066</v>
+      </c>
+      <c r="B531" t="s">
+        <v>58</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D531">
+        <v>2</v>
+      </c>
+      <c r="E531" t="s">
+        <v>11</v>
+      </c>
+      <c r="F531" t="s">
+        <v>10</v>
+      </c>
+      <c r="G531" t="s">
+        <v>10</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B532" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D532">
+        <v>2</v>
+      </c>
+      <c r="E532" t="s">
+        <v>11</v>
+      </c>
+      <c r="F532" t="s">
+        <v>10</v>
+      </c>
+      <c r="G532" t="s">
+        <v>10</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B533" t="s">
+        <v>815</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D533">
+        <v>2</v>
+      </c>
+      <c r="E533" t="s">
+        <v>11</v>
+      </c>
+      <c r="F533" t="s">
+        <v>10</v>
+      </c>
+      <c r="G533" t="s">
+        <v>10</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B534" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D534">
+        <v>2</v>
+      </c>
+      <c r="E534"/>
+      <c r="F534" t="s">
+        <v>11</v>
+      </c>
+      <c r="G534" t="s">
+        <v>10</v>
+      </c>
+      <c r="H534"/>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1074</v>
+      </c>
+      <c r="B535" t="s">
+        <v>186</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D535">
+        <v>1</v>
+      </c>
+      <c r="E535" t="s">
+        <v>10</v>
+      </c>
+      <c r="F535" t="s">
+        <v>10</v>
+      </c>
+      <c r="G535" t="s">
+        <v>10</v>
+      </c>
+      <c r="H535"/>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>775</v>
+      </c>
+      <c r="B536" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D536">
+        <v>1</v>
+      </c>
+      <c r="E536" t="s">
+        <v>11</v>
+      </c>
+      <c r="F536" t="s">
+        <v>10</v>
+      </c>
+      <c r="G536" t="s">
+        <v>10</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>1078</v>
+      </c>
+      <c r="B537" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C537" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D537">
+        <v>1</v>
+      </c>
+      <c r="E537" t="s">
+        <v>11</v>
+      </c>
+      <c r="F537" t="s">
+        <v>10</v>
+      </c>
+      <c r="G537" t="s">
+        <v>10</v>
+      </c>
+      <c r="H537" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>931</v>
+      </c>
+      <c r="B538" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C538" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D538">
+        <v>1</v>
+      </c>
+      <c r="E538" t="s">
+        <v>11</v>
+      </c>
+      <c r="F538" t="s">
+        <v>10</v>
+      </c>
+      <c r="G538" t="s">
+        <v>10</v>
+      </c>
+      <c r="H538" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>519</v>
+      </c>
+      <c r="B539" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D539">
+        <v>1</v>
+      </c>
+      <c r="E539" t="s">
+        <v>11</v>
+      </c>
+      <c r="F539" t="s">
+        <v>10</v>
+      </c>
+      <c r="G539" t="s">
+        <v>10</v>
+      </c>
+      <c r="H539" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>305</v>
+      </c>
+      <c r="B540" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D540">
+        <v>2</v>
+      </c>
+      <c r="E540"/>
+      <c r="F540" t="s">
+        <v>11</v>
+      </c>
+      <c r="G540" t="s">
+        <v>10</v>
+      </c>
+      <c r="H540"/>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>146</v>
+      </c>
+      <c r="B541" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C541" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D541">
+        <v>2</v>
+      </c>
+      <c r="E541" t="s">
+        <v>11</v>
+      </c>
+      <c r="F541" t="s">
+        <v>10</v>
+      </c>
+      <c r="G541" t="s">
+        <v>10</v>
+      </c>
+      <c r="H541" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>104</v>
+      </c>
+      <c r="B542" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C542" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D542">
+        <v>2</v>
+      </c>
+      <c r="E542" t="s">
+        <v>10</v>
+      </c>
+      <c r="F542" t="s">
+        <v>10</v>
+      </c>
+      <c r="G542" t="s">
+        <v>10</v>
+      </c>
+      <c r="H542"/>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>519</v>
+      </c>
+      <c r="B543" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C543" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D543">
+        <v>1</v>
+      </c>
+      <c r="E543" t="s">
+        <v>11</v>
+      </c>
+      <c r="F543" t="s">
+        <v>10</v>
+      </c>
+      <c r="G543" t="s">
+        <v>10</v>
+      </c>
+      <c r="H543" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>312</v>
+      </c>
+      <c r="B544" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D544">
+        <v>1</v>
+      </c>
+      <c r="E544" t="s">
+        <v>11</v>
+      </c>
+      <c r="F544" t="s">
+        <v>10</v>
+      </c>
+      <c r="G544" t="s">
+        <v>10</v>
+      </c>
+      <c r="H544" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>18</v>
+      </c>
+      <c r="B545" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D545">
+        <v>1</v>
+      </c>
+      <c r="E545" t="s">
+        <v>11</v>
+      </c>
+      <c r="F545" t="s">
+        <v>10</v>
+      </c>
+      <c r="G545" t="s">
+        <v>10</v>
+      </c>
+      <c r="H545" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" t="s">
+        <v>64</v>
+      </c>
+      <c r="B546" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D546">
+        <v>1</v>
+      </c>
+      <c r="E546" t="s">
+        <v>10</v>
+      </c>
+      <c r="F546" t="s">
+        <v>10</v>
+      </c>
+      <c r="G546" t="s">
+        <v>10</v>
+      </c>
+      <c r="H546"/>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" t="s">
+        <v>359</v>
+      </c>
+      <c r="B547" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D547">
+        <v>1</v>
+      </c>
+      <c r="E547" t="s">
+        <v>11</v>
+      </c>
+      <c r="F547" t="s">
+        <v>10</v>
+      </c>
+      <c r="G547" t="s">
+        <v>10</v>
+      </c>
+      <c r="H547" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B548" t="s">
+        <v>158</v>
+      </c>
+      <c r="C548" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D548">
+        <v>1</v>
+      </c>
+      <c r="E548" t="s">
+        <v>10</v>
+      </c>
+      <c r="F548" t="s">
+        <v>10</v>
+      </c>
+      <c r="G548" t="s">
+        <v>10</v>
+      </c>
+      <c r="H548"/>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" t="s">
+        <v>713</v>
+      </c>
+      <c r="B549" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C549" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D549">
+        <v>1</v>
+      </c>
+      <c r="E549"/>
+      <c r="F549" t="s">
+        <v>11</v>
+      </c>
+      <c r="G549" t="s">
+        <v>10</v>
+      </c>
+      <c r="H549"/>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" t="s">
+        <v>95</v>
+      </c>
+      <c r="B550" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C550" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D550">
+        <v>1</v>
+      </c>
+      <c r="E550"/>
+      <c r="F550" t="s">
+        <v>11</v>
+      </c>
+      <c r="G550" t="s">
+        <v>11</v>
+      </c>
+      <c r="H550"/>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B551" t="s">
+        <v>35</v>
+      </c>
+      <c r="C551" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D551">
+        <v>1</v>
+      </c>
+      <c r="E551" t="s">
+        <v>11</v>
+      </c>
+      <c r="F551" t="s">
+        <v>10</v>
+      </c>
+      <c r="G551" t="s">
+        <v>10</v>
+      </c>
+      <c r="H551" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" t="s">
+        <v>1105</v>
+      </c>
+      <c r="B552" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C552" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D552">
+        <v>1</v>
+      </c>
+      <c r="E552" t="s">
+        <v>10</v>
+      </c>
+      <c r="F552" t="s">
+        <v>10</v>
+      </c>
+      <c r="G552" t="s">
+        <v>10</v>
+      </c>
+      <c r="H552"/>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" t="s">
+        <v>1108</v>
+      </c>
+      <c r="B553" t="s">
+        <v>237</v>
+      </c>
+      <c r="C553" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D553">
+        <v>1</v>
+      </c>
+      <c r="E553" t="s">
+        <v>10</v>
+      </c>
+      <c r="F553" t="s">
+        <v>10</v>
+      </c>
+      <c r="G553" t="s">
+        <v>10</v>
+      </c>
+      <c r="H553"/>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" t="s">
+        <v>283</v>
+      </c>
+      <c r="B554" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C554" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D554">
+        <v>1</v>
+      </c>
+      <c r="E554"/>
+      <c r="F554" t="s">
+        <v>11</v>
+      </c>
+      <c r="G554" t="s">
+        <v>11</v>
+      </c>
+      <c r="H554"/>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>152</v>
+      </c>
+      <c r="B555" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C555" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D555">
+        <v>1</v>
+      </c>
+      <c r="E555" t="s">
+        <v>10</v>
+      </c>
+      <c r="F555" t="s">
+        <v>10</v>
+      </c>
+      <c r="G555" t="s">
+        <v>10</v>
+      </c>
+      <c r="H555"/>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>565</v>
+      </c>
+      <c r="B556" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C556" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D556">
+        <v>1</v>
+      </c>
+      <c r="E556" t="s">
+        <v>11</v>
+      </c>
+      <c r="F556" t="s">
+        <v>10</v>
+      </c>
+      <c r="G556" t="s">
+        <v>10</v>
+      </c>
+      <c r="H556" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" t="s">
+        <v>1113</v>
+      </c>
+      <c r="B557" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C557" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D557">
+        <v>1</v>
+      </c>
+      <c r="E557" t="s">
+        <v>10</v>
+      </c>
+      <c r="F557" t="s">
+        <v>10</v>
+      </c>
+      <c r="G557" t="s">
+        <v>10</v>
+      </c>
+      <c r="H557"/>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B558" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C558" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D558">
+        <v>1</v>
+      </c>
+      <c r="E558" t="s">
+        <v>11</v>
+      </c>
+      <c r="F558" t="s">
+        <v>10</v>
+      </c>
+      <c r="G558" t="s">
+        <v>10</v>
+      </c>
+      <c r="H558" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" t="s">
+        <v>762</v>
+      </c>
+      <c r="B559" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C559" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D559">
+        <v>1</v>
+      </c>
+      <c r="E559" t="s">
+        <v>11</v>
+      </c>
+      <c r="F559" t="s">
+        <v>10</v>
+      </c>
+      <c r="G559" t="s">
+        <v>10</v>
+      </c>
+      <c r="H559" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" t="s">
+        <v>54</v>
+      </c>
+      <c r="B560" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C560" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D560">
+        <v>1</v>
+      </c>
+      <c r="E560" t="s">
+        <v>10</v>
+      </c>
+      <c r="F560" t="s">
+        <v>10</v>
+      </c>
+      <c r="G560" t="s">
+        <v>10</v>
+      </c>
+      <c r="H560"/>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" t="s">
+        <v>173</v>
+      </c>
+      <c r="B561" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C561" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D561">
+        <v>1</v>
+      </c>
+      <c r="E561" t="s">
+        <v>11</v>
+      </c>
+      <c r="F561" t="s">
+        <v>10</v>
+      </c>
+      <c r="G561" t="s">
+        <v>10</v>
+      </c>
+      <c r="H561" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B562" t="s">
+        <v>237</v>
+      </c>
+      <c r="C562" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D562">
+        <v>1</v>
+      </c>
+      <c r="E562" t="s">
+        <v>10</v>
+      </c>
+      <c r="F562" t="s">
+        <v>10</v>
+      </c>
+      <c r="G562" t="s">
+        <v>10</v>
+      </c>
+      <c r="H562"/>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B563" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C563" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D563">
+        <v>1</v>
+      </c>
+      <c r="E563"/>
+      <c r="F563" t="s">
+        <v>11</v>
+      </c>
+      <c r="G563" t="s">
+        <v>10</v>
+      </c>
+      <c r="H563"/>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" t="s">
+        <v>1126</v>
+      </c>
+      <c r="B564" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D564">
+        <v>1</v>
+      </c>
+      <c r="E564" t="s">
+        <v>10</v>
+      </c>
+      <c r="F564" t="s">
+        <v>10</v>
+      </c>
+      <c r="G564" t="s">
+        <v>10</v>
+      </c>
+      <c r="H564"/>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" t="s">
+        <v>1128</v>
+      </c>
+      <c r="B565" t="s">
+        <v>35</v>
+      </c>
+      <c r="C565" t="s">
+        <v>1125</v>
+      </c>
+      <c r="D565">
+        <v>1</v>
+      </c>
+      <c r="E565" t="s">
+        <v>11</v>
+      </c>
+      <c r="F565" t="s">
+        <v>10</v>
+      </c>
+      <c r="G565" t="s">
+        <v>10</v>
+      </c>
+      <c r="H565" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" t="s">
+        <v>1130</v>
+      </c>
+      <c r="B566" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C566" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D566">
+        <v>1</v>
+      </c>
+      <c r="E566" t="s">
+        <v>10</v>
+      </c>
+      <c r="F566" t="s">
+        <v>10</v>
+      </c>
+      <c r="G566" t="s">
+        <v>10</v>
+      </c>
+      <c r="H566"/>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" t="s">
+        <v>381</v>
+      </c>
+      <c r="B567" t="s">
+        <v>718</v>
+      </c>
+      <c r="C567" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D567">
+        <v>1</v>
+      </c>
+      <c r="E567" t="s">
+        <v>11</v>
+      </c>
+      <c r="F567" t="s">
+        <v>10</v>
+      </c>
+      <c r="G567" t="s">
+        <v>10</v>
+      </c>
+      <c r="H567" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" t="s">
+        <v>980</v>
+      </c>
+      <c r="B568" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D568">
+        <v>1</v>
+      </c>
+      <c r="E568"/>
+      <c r="F568" t="s">
+        <v>11</v>
+      </c>
+      <c r="G568" t="s">
+        <v>11</v>
+      </c>
+      <c r="H568"/>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B569" t="s">
+        <v>718</v>
+      </c>
+      <c r="C569" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D569">
+        <v>1</v>
+      </c>
+      <c r="E569" t="s">
+        <v>11</v>
+      </c>
+      <c r="F569" t="s">
+        <v>10</v>
+      </c>
+      <c r="G569" t="s">
+        <v>10</v>
+      </c>
+      <c r="H569" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" t="s">
+        <v>1137</v>
+      </c>
+      <c r="B570" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C570" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D570">
+        <v>1</v>
+      </c>
+      <c r="E570" t="s">
+        <v>11</v>
+      </c>
+      <c r="F570" t="s">
+        <v>10</v>
+      </c>
+      <c r="G570" t="s">
+        <v>10</v>
+      </c>
+      <c r="H570" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
+        <v>1140</v>
+      </c>
+      <c r="B571" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C571" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D571">
+        <v>1</v>
+      </c>
+      <c r="E571" t="s">
+        <v>10</v>
+      </c>
+      <c r="F571" t="s">
+        <v>10</v>
+      </c>
+      <c r="G571" t="s">
+        <v>10</v>
+      </c>
+      <c r="H571"/>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>1142</v>
+      </c>
+      <c r="B572" t="s">
+        <v>257</v>
+      </c>
+      <c r="C572" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D572">
+        <v>1</v>
+      </c>
+      <c r="E572" t="s">
+        <v>11</v>
+      </c>
+      <c r="F572" t="s">
+        <v>10</v>
+      </c>
+      <c r="G572" t="s">
+        <v>10</v>
+      </c>
+      <c r="H572" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>627</v>
+      </c>
+      <c r="B573" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C573" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D573">
+        <v>1</v>
+      </c>
+      <c r="E573" t="s">
+        <v>10</v>
+      </c>
+      <c r="F573" t="s">
+        <v>10</v>
+      </c>
+      <c r="G573" t="s">
+        <v>10</v>
+      </c>
+      <c r="H573"/>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
         <v>120</v>
       </c>
-      <c r="J12"/>
-[...284 lines deleted...]
-      <c r="I16" t="s">
+      <c r="B574" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C574" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D574">
+        <v>1</v>
+      </c>
+      <c r="E574"/>
+      <c r="F574" t="s">
+        <v>10</v>
+      </c>
+      <c r="G574" t="s">
+        <v>11</v>
+      </c>
+      <c r="H574"/>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B575" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C575" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D575">
+        <v>1</v>
+      </c>
+      <c r="E575" t="s">
+        <v>10</v>
+      </c>
+      <c r="F575" t="s">
+        <v>10</v>
+      </c>
+      <c r="G575" t="s">
+        <v>10</v>
+      </c>
+      <c r="H575"/>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>305</v>
+      </c>
+      <c r="B576" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C576" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D576">
+        <v>1</v>
+      </c>
+      <c r="E576"/>
+      <c r="F576" t="s">
+        <v>10</v>
+      </c>
+      <c r="G576" t="s">
+        <v>11</v>
+      </c>
+      <c r="H576"/>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>292</v>
+      </c>
+      <c r="B577" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C577" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D577">
+        <v>1</v>
+      </c>
+      <c r="E577"/>
+      <c r="F577" t="s">
+        <v>10</v>
+      </c>
+      <c r="G577" t="s">
+        <v>11</v>
+      </c>
+      <c r="H577"/>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>359</v>
+      </c>
+      <c r="B578" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C578" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D578">
+        <v>1</v>
+      </c>
+      <c r="E578" t="s">
+        <v>10</v>
+      </c>
+      <c r="F578" t="s">
+        <v>10</v>
+      </c>
+      <c r="G578" t="s">
+        <v>10</v>
+      </c>
+      <c r="H578"/>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B579" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C579" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D579">
+        <v>1</v>
+      </c>
+      <c r="E579"/>
+      <c r="F579" t="s">
+        <v>10</v>
+      </c>
+      <c r="G579" t="s">
+        <v>11</v>
+      </c>
+      <c r="H579"/>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>438</v>
+      </c>
+      <c r="B580" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C580" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D580">
+        <v>1</v>
+      </c>
+      <c r="E580" t="s">
+        <v>10</v>
+      </c>
+      <c r="F580" t="s">
+        <v>10</v>
+      </c>
+      <c r="G580" t="s">
+        <v>10</v>
+      </c>
+      <c r="H580"/>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>84</v>
+      </c>
+      <c r="B581" t="s">
+        <v>105</v>
+      </c>
+      <c r="C581" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D581">
+        <v>1</v>
+      </c>
+      <c r="E581" t="s">
+        <v>10</v>
+      </c>
+      <c r="F581" t="s">
+        <v>10</v>
+      </c>
+      <c r="G581" t="s">
+        <v>10</v>
+      </c>
+      <c r="H581"/>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B582" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C582" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D582">
+        <v>1</v>
+      </c>
+      <c r="E582" t="s">
+        <v>11</v>
+      </c>
+      <c r="F582" t="s">
+        <v>10</v>
+      </c>
+      <c r="G582" t="s">
+        <v>10</v>
+      </c>
+      <c r="H582" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>998</v>
+      </c>
+      <c r="B583" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C583" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D583">
+        <v>1</v>
+      </c>
+      <c r="E583" t="s">
+        <v>11</v>
+      </c>
+      <c r="F583" t="s">
+        <v>10</v>
+      </c>
+      <c r="G583" t="s">
+        <v>10</v>
+      </c>
+      <c r="H583" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>52</v>
+      </c>
+      <c r="B584" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C584" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D584">
+        <v>1</v>
+      </c>
+      <c r="E584" t="s">
+        <v>10</v>
+      </c>
+      <c r="F584" t="s">
+        <v>10</v>
+      </c>
+      <c r="G584" t="s">
+        <v>10</v>
+      </c>
+      <c r="H584"/>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
         <v>148</v>
       </c>
-      <c r="J16"/>
-[...197 lines deleted...]
-      <c r="A19">
+      <c r="B585" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C585" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D585">
+        <v>1</v>
+      </c>
+      <c r="E585"/>
+      <c r="F585" t="s">
+        <v>10</v>
+      </c>
+      <c r="G585" t="s">
+        <v>11</v>
+      </c>
+      <c r="H585"/>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>292</v>
+      </c>
+      <c r="B586" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C586" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D586">
+        <v>1</v>
+      </c>
+      <c r="E586" t="s">
+        <v>10</v>
+      </c>
+      <c r="F586" t="s">
+        <v>10</v>
+      </c>
+      <c r="G586" t="s">
+        <v>10</v>
+      </c>
+      <c r="H586"/>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>37</v>
+      </c>
+      <c r="B587" t="s">
+        <v>73</v>
+      </c>
+      <c r="C587" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D587">
+        <v>1</v>
+      </c>
+      <c r="E587" t="s">
+        <v>11</v>
+      </c>
+      <c r="F587" t="s">
+        <v>10</v>
+      </c>
+      <c r="G587" t="s">
+        <v>10</v>
+      </c>
+      <c r="H587" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>283</v>
+      </c>
+      <c r="B588" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C588" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D588">
+        <v>1</v>
+      </c>
+      <c r="E588" t="s">
+        <v>10</v>
+      </c>
+      <c r="F588" t="s">
+        <v>10</v>
+      </c>
+      <c r="G588" t="s">
+        <v>10</v>
+      </c>
+      <c r="H588"/>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B589" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C589" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D589">
+        <v>1</v>
+      </c>
+      <c r="E589"/>
+      <c r="F589" t="s">
+        <v>10</v>
+      </c>
+      <c r="G589" t="s">
+        <v>11</v>
+      </c>
+      <c r="H589"/>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B590" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C590" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D590">
+        <v>1</v>
+      </c>
+      <c r="E590" t="s">
+        <v>11</v>
+      </c>
+      <c r="F590" t="s">
+        <v>10</v>
+      </c>
+      <c r="G590" t="s">
+        <v>10</v>
+      </c>
+      <c r="H590" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B591" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C591" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D591">
+        <v>1</v>
+      </c>
+      <c r="E591" t="s">
+        <v>10</v>
+      </c>
+      <c r="F591" t="s">
+        <v>10</v>
+      </c>
+      <c r="G591" t="s">
+        <v>10</v>
+      </c>
+      <c r="H591"/>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>590</v>
+      </c>
+      <c r="B592" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C592" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D592">
+        <v>1</v>
+      </c>
+      <c r="E592" t="s">
+        <v>11</v>
+      </c>
+      <c r="F592" t="s">
+        <v>10</v>
+      </c>
+      <c r="G592" t="s">
+        <v>10</v>
+      </c>
+      <c r="H592" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B593" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C593" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D593">
+        <v>1</v>
+      </c>
+      <c r="E593" t="s">
+        <v>10</v>
+      </c>
+      <c r="F593" t="s">
+        <v>10</v>
+      </c>
+      <c r="G593" t="s">
+        <v>10</v>
+      </c>
+      <c r="H593"/>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B594" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C594" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D594">
+        <v>1</v>
+      </c>
+      <c r="E594" t="s">
+        <v>10</v>
+      </c>
+      <c r="F594" t="s">
+        <v>10</v>
+      </c>
+      <c r="G594" t="s">
+        <v>10</v>
+      </c>
+      <c r="H594"/>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>959</v>
+      </c>
+      <c r="B595" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C595" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D595">
+        <v>1</v>
+      </c>
+      <c r="E595"/>
+      <c r="F595" t="s">
+        <v>11</v>
+      </c>
+      <c r="G595" t="s">
+        <v>10</v>
+      </c>
+      <c r="H595"/>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>639</v>
+      </c>
+      <c r="B596" t="s">
+        <v>1176</v>
+      </c>
+      <c r="C596" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D596">
+        <v>1</v>
+      </c>
+      <c r="E596" t="s">
+        <v>10</v>
+      </c>
+      <c r="F596" t="s">
+        <v>10</v>
+      </c>
+      <c r="G596" t="s">
+        <v>10</v>
+      </c>
+      <c r="H596"/>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>428</v>
+      </c>
+      <c r="B597" t="s">
+        <v>1177</v>
+      </c>
+      <c r="C597" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D597">
+        <v>1</v>
+      </c>
+      <c r="E597" t="s">
+        <v>11</v>
+      </c>
+      <c r="F597" t="s">
+        <v>10</v>
+      </c>
+      <c r="G597" t="s">
+        <v>10</v>
+      </c>
+      <c r="H597" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>359</v>
+      </c>
+      <c r="B598" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C598" t="s">
+        <v>1153</v>
+      </c>
+      <c r="D598">
+        <v>1</v>
+      </c>
+      <c r="E598" t="s">
+        <v>10</v>
+      </c>
+      <c r="F598" t="s">
+        <v>10</v>
+      </c>
+      <c r="G598" t="s">
+        <v>10</v>
+      </c>
+      <c r="H598"/>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B599" t="s">
+        <v>275</v>
+      </c>
+      <c r="C599" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D599">
+        <v>1</v>
+      </c>
+      <c r="E599" t="s">
+        <v>11</v>
+      </c>
+      <c r="F599" t="s">
+        <v>10</v>
+      </c>
+      <c r="G599" t="s">
+        <v>10</v>
+      </c>
+      <c r="H599" t="s">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>556</v>
+      </c>
+      <c r="B600" t="s">
+        <v>327</v>
+      </c>
+      <c r="C600" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D600">
+        <v>1</v>
+      </c>
+      <c r="E600"/>
+      <c r="F600" t="s">
+        <v>11</v>
+      </c>
+      <c r="G600" t="s">
+        <v>11</v>
+      </c>
+      <c r="H600"/>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B601" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C601" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D601">
+        <v>1</v>
+      </c>
+      <c r="E601"/>
+      <c r="F601" t="s">
+        <v>10</v>
+      </c>
+      <c r="G601" t="s">
+        <v>11</v>
+      </c>
+      <c r="H601"/>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>1184</v>
+      </c>
+      <c r="B602" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C602" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D602">
+        <v>1</v>
+      </c>
+      <c r="E602" t="s">
+        <v>10</v>
+      </c>
+      <c r="F602" t="s">
+        <v>10</v>
+      </c>
+      <c r="G602" t="s">
+        <v>10</v>
+      </c>
+      <c r="H602"/>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
         <v>52</v>
       </c>
-      <c r="B19" t="s">
-[...106 lines deleted...]
-      <c r="N20" t="s">
+      <c r="B603" t="s">
+        <v>1186</v>
+      </c>
+      <c r="C603" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D603">
+        <v>1</v>
+      </c>
+      <c r="E603" t="s">
+        <v>11</v>
+      </c>
+      <c r="F603" t="s">
+        <v>10</v>
+      </c>
+      <c r="G603" t="s">
+        <v>10</v>
+      </c>
+      <c r="H603" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B604" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C604" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D604">
+        <v>1</v>
+      </c>
+      <c r="E604" t="s">
+        <v>11</v>
+      </c>
+      <c r="F604" t="s">
+        <v>10</v>
+      </c>
+      <c r="G604" t="s">
+        <v>10</v>
+      </c>
+      <c r="H604" t="s">
+        <v>1191</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>1192</v>
+      </c>
+      <c r="B605" t="s">
+        <v>193</v>
+      </c>
+      <c r="C605" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D605">
+        <v>1</v>
+      </c>
+      <c r="E605" t="s">
+        <v>10</v>
+      </c>
+      <c r="F605" t="s">
+        <v>10</v>
+      </c>
+      <c r="G605" t="s">
+        <v>10</v>
+      </c>
+      <c r="H605"/>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>120</v>
+      </c>
+      <c r="B606" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C606" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D606">
+        <v>1</v>
+      </c>
+      <c r="E606" t="s">
+        <v>10</v>
+      </c>
+      <c r="F606" t="s">
+        <v>10</v>
+      </c>
+      <c r="G606" t="s">
+        <v>10</v>
+      </c>
+      <c r="H606"/>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>330</v>
+      </c>
+      <c r="B607" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C607" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D607">
+        <v>1</v>
+      </c>
+      <c r="E607" t="s">
+        <v>11</v>
+      </c>
+      <c r="F607" t="s">
+        <v>10</v>
+      </c>
+      <c r="G607" t="s">
+        <v>10</v>
+      </c>
+      <c r="H607" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B608" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C608" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D608">
+        <v>1</v>
+      </c>
+      <c r="E608" t="s">
+        <v>10</v>
+      </c>
+      <c r="F608" t="s">
+        <v>10</v>
+      </c>
+      <c r="G608" t="s">
+        <v>10</v>
+      </c>
+      <c r="H608"/>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>52</v>
+      </c>
+      <c r="B609" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C609" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D609">
+        <v>1</v>
+      </c>
+      <c r="E609" t="s">
+        <v>11</v>
+      </c>
+      <c r="F609" t="s">
+        <v>10</v>
+      </c>
+      <c r="G609" t="s">
+        <v>10</v>
+      </c>
+      <c r="H609" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B610" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C610" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D610">
+        <v>1</v>
+      </c>
+      <c r="E610" t="s">
+        <v>11</v>
+      </c>
+      <c r="F610" t="s">
+        <v>10</v>
+      </c>
+      <c r="G610" t="s">
+        <v>10</v>
+      </c>
+      <c r="H610" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B611" t="s">
+        <v>1204</v>
+      </c>
+      <c r="C611" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D611">
+        <v>1</v>
+      </c>
+      <c r="E611"/>
+      <c r="F611" t="s">
+        <v>11</v>
+      </c>
+      <c r="G611" t="s">
+        <v>11</v>
+      </c>
+      <c r="H611"/>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" t="s">
+        <v>290</v>
+      </c>
+      <c r="B612" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C612" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D612">
+        <v>1</v>
+      </c>
+      <c r="E612" t="s">
+        <v>10</v>
+      </c>
+      <c r="F612" t="s">
+        <v>10</v>
+      </c>
+      <c r="G612" t="s">
+        <v>10</v>
+      </c>
+      <c r="H612"/>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" t="s">
+        <v>372</v>
+      </c>
+      <c r="B613" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C613" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D613">
+        <v>1</v>
+      </c>
+      <c r="E613"/>
+      <c r="F613" t="s">
+        <v>10</v>
+      </c>
+      <c r="G613" t="s">
+        <v>11</v>
+      </c>
+      <c r="H613"/>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" t="s">
+        <v>34</v>
+      </c>
+      <c r="B614" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C614" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D614">
+        <v>1</v>
+      </c>
+      <c r="E614" t="s">
+        <v>10</v>
+      </c>
+      <c r="F614" t="s">
+        <v>10</v>
+      </c>
+      <c r="G614" t="s">
+        <v>10</v>
+      </c>
+      <c r="H614"/>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B615" t="s">
+        <v>631</v>
+      </c>
+      <c r="C615" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D615">
+        <v>1</v>
+      </c>
+      <c r="E615" t="s">
+        <v>10</v>
+      </c>
+      <c r="F615" t="s">
+        <v>10</v>
+      </c>
+      <c r="G615" t="s">
+        <v>10</v>
+      </c>
+      <c r="H615"/>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" t="s">
+        <v>409</v>
+      </c>
+      <c r="B616" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C616" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D616">
+        <v>1</v>
+      </c>
+      <c r="E616" t="s">
+        <v>10</v>
+      </c>
+      <c r="F616" t="s">
+        <v>10</v>
+      </c>
+      <c r="G616" t="s">
+        <v>10</v>
+      </c>
+      <c r="H616"/>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" t="s">
         <v>182</v>
       </c>
-      <c r="O20">
-[...51 lines deleted...]
-      <c r="H21" t="s">
+      <c r="B617" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C617" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D617">
+        <v>1</v>
+      </c>
+      <c r="E617" t="s">
+        <v>10</v>
+      </c>
+      <c r="F617" t="s">
+        <v>10</v>
+      </c>
+      <c r="G617" t="s">
+        <v>10</v>
+      </c>
+      <c r="H617"/>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" t="s">
         <v>185</v>
       </c>
-      <c r="I21" t="s">
-[...263 lines deleted...]
-      <c r="A25">
+      <c r="B618" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C618" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D618">
+        <v>1</v>
+      </c>
+      <c r="E618" t="s">
+        <v>10</v>
+      </c>
+      <c r="F618" t="s">
+        <v>10</v>
+      </c>
+      <c r="G618" t="s">
+        <v>10</v>
+      </c>
+      <c r="H618"/>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B619" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C619" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D619">
+        <v>1</v>
+      </c>
+      <c r="E619"/>
+      <c r="F619" t="s">
+        <v>10</v>
+      </c>
+      <c r="G619" t="s">
+        <v>11</v>
+      </c>
+      <c r="H619"/>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" t="s">
+        <v>381</v>
+      </c>
+      <c r="B620" t="s">
         <v>53</v>
       </c>
-      <c r="B25" t="s">
-[...906 lines deleted...]
-      <c r="Q37">
+      <c r="C620" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D620">
+        <v>1</v>
+      </c>
+      <c r="E620" t="s">
+        <v>11</v>
+      </c>
+      <c r="F620" t="s">
+        <v>10</v>
+      </c>
+      <c r="G620" t="s">
+        <v>10</v>
+      </c>
+      <c r="H620" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B621" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C621" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D621">
+        <v>1</v>
+      </c>
+      <c r="E621" t="s">
+        <v>11</v>
+      </c>
+      <c r="F621" t="s">
+        <v>10</v>
+      </c>
+      <c r="G621" t="s">
+        <v>10</v>
+      </c>
+      <c r="H621" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B622" t="s">
+        <v>533</v>
+      </c>
+      <c r="C622" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D622">
+        <v>1</v>
+      </c>
+      <c r="E622" t="s">
+        <v>10</v>
+      </c>
+      <c r="F622" t="s">
+        <v>10</v>
+      </c>
+      <c r="G622" t="s">
+        <v>10</v>
+      </c>
+      <c r="H622"/>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" t="s">
+        <v>500</v>
+      </c>
+      <c r="B623" t="s">
+        <v>1216</v>
+      </c>
+      <c r="C623" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D623">
+        <v>1</v>
+      </c>
+      <c r="E623" t="s">
+        <v>11</v>
+      </c>
+      <c r="F623" t="s">
+        <v>10</v>
+      </c>
+      <c r="G623" t="s">
+        <v>10</v>
+      </c>
+      <c r="H623" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" t="s">
+        <v>349</v>
+      </c>
+      <c r="B624" t="s">
+        <v>533</v>
+      </c>
+      <c r="C624" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D624">
+        <v>1</v>
+      </c>
+      <c r="E624" t="s">
+        <v>10</v>
+      </c>
+      <c r="F624" t="s">
+        <v>10</v>
+      </c>
+      <c r="G624" t="s">
+        <v>10</v>
+      </c>
+      <c r="H624"/>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B625" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C625" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D625">
+        <v>1</v>
+      </c>
+      <c r="E625" t="s">
+        <v>10</v>
+      </c>
+      <c r="F625" t="s">
+        <v>10</v>
+      </c>
+      <c r="G625" t="s">
+        <v>10</v>
+      </c>
+      <c r="H625"/>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" t="s">
+        <v>664</v>
+      </c>
+      <c r="B626" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C626" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D626">
+        <v>1</v>
+      </c>
+      <c r="E626"/>
+      <c r="F626" t="s">
+        <v>11</v>
+      </c>
+      <c r="G626" t="s">
+        <v>10</v>
+      </c>
+      <c r="H626"/>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" t="s">
+        <v>590</v>
+      </c>
+      <c r="B627" t="s">
+        <v>533</v>
+      </c>
+      <c r="C627" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D627">
+        <v>1</v>
+      </c>
+      <c r="E627" t="s">
+        <v>10</v>
+      </c>
+      <c r="F627" t="s">
+        <v>10</v>
+      </c>
+      <c r="G627" t="s">
+        <v>10</v>
+      </c>
+      <c r="H627"/>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B628" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C628" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D628">
         <v>2</v>
       </c>
-      <c r="R37"/>
-[...67 lines deleted...]
-      <c r="Q38">
+      <c r="E628" t="s">
+        <v>10</v>
+      </c>
+      <c r="F628" t="s">
+        <v>10</v>
+      </c>
+      <c r="G628" t="s">
+        <v>10</v>
+      </c>
+      <c r="H628"/>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" t="s">
+        <v>939</v>
+      </c>
+      <c r="B629" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C629" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D629">
+        <v>1</v>
+      </c>
+      <c r="E629" t="s">
+        <v>11</v>
+      </c>
+      <c r="F629" t="s">
+        <v>10</v>
+      </c>
+      <c r="G629" t="s">
+        <v>10</v>
+      </c>
+      <c r="H629" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" t="s">
+        <v>1226</v>
+      </c>
+      <c r="B630" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C630" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D630">
         <v>2</v>
       </c>
-      <c r="R38"/>
-[...124 lines deleted...]
-      <c r="K40" t="s">
+      <c r="E630" t="s">
+        <v>10</v>
+      </c>
+      <c r="F630" t="s">
+        <v>10</v>
+      </c>
+      <c r="G630" t="s">
+        <v>10</v>
+      </c>
+      <c r="H630"/>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B631" t="s">
         <v>321</v>
       </c>
-      <c r="L40" t="s">
-[...977 lines deleted...]
-      </c>
+      <c r="C631" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D631">
+        <v>2</v>
+      </c>
+      <c r="E631" t="s">
+        <v>10</v>
+      </c>
+      <c r="F631" t="s">
+        <v>10</v>
+      </c>
+      <c r="G631" t="s">
+        <v>10</v>
+      </c>
+      <c r="H631"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>