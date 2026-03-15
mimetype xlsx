--- v0 (2025-10-16)
+++ v1 (2026-03-15)
@@ -583,51 +583,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:B688"/>
+  <dimension ref="A1:B699"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2" t="s">
         <v>2</v>
@@ -6097,50 +6097,138 @@
         <v>69</v>
       </c>
     </row>
     <row r="686" spans="1:2">
       <c r="A686">
         <v>685</v>
       </c>
       <c r="B686" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="687" spans="1:2">
       <c r="A687">
         <v>686</v>
       </c>
       <c r="B687" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="688" spans="1:2">
       <c r="A688">
         <v>687</v>
       </c>
       <c r="B688" t="s">
         <v>17</v>
+      </c>
+    </row>
+    <row r="689" spans="1:2">
+      <c r="A689">
+        <v>688</v>
+      </c>
+      <c r="B689" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="690" spans="1:2">
+      <c r="A690">
+        <v>689</v>
+      </c>
+      <c r="B690" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="691" spans="1:2">
+      <c r="A691">
+        <v>690</v>
+      </c>
+      <c r="B691" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="692" spans="1:2">
+      <c r="A692">
+        <v>691</v>
+      </c>
+      <c r="B692" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="693" spans="1:2">
+      <c r="A693">
+        <v>692</v>
+      </c>
+      <c r="B693" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="694" spans="1:2">
+      <c r="A694">
+        <v>693</v>
+      </c>
+      <c r="B694" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="695" spans="1:2">
+      <c r="A695">
+        <v>694</v>
+      </c>
+      <c r="B695" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="696" spans="1:2">
+      <c r="A696">
+        <v>695</v>
+      </c>
+      <c r="B696" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="697" spans="1:2">
+      <c r="A697">
+        <v>696</v>
+      </c>
+      <c r="B697" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="698" spans="1:2">
+      <c r="A698">
+        <v>697</v>
+      </c>
+      <c r="B698" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="699" spans="1:2">
+      <c r="A699">
+        <v>698</v>
+      </c>
+      <c r="B699" t="s">
+        <v>74</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">