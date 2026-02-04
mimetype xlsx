--- v0 (2025-10-10)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="562">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="568">
   <si>
     <t>Precinct</t>
   </si>
   <si>
     <t>Ward</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Middle Name</t>
   </si>
   <si>
     <t>Suffix</t>
   </si>
   <si>
     <t>Nick Name</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
@@ -308,62 +308,74 @@
   <si>
     <t>DAVID</t>
   </si>
   <si>
     <t>AUSTIN</t>
   </si>
   <si>
     <t>CABALLERO</t>
   </si>
   <si>
     <t>RICARDO</t>
   </si>
   <si>
     <t>CARLOS</t>
   </si>
   <si>
     <t>GERSTLE</t>
   </si>
   <si>
     <t>WALTER</t>
   </si>
   <si>
     <t>H</t>
   </si>
   <si>
+    <t>CONOVER</t>
+  </si>
+  <si>
+    <t>LESLIE</t>
+  </si>
+  <si>
+    <t>ROSS</t>
+  </si>
+  <si>
     <t>26B</t>
   </si>
   <si>
     <t>12A</t>
   </si>
   <si>
     <t>PINO</t>
   </si>
   <si>
     <t>LORENZO</t>
   </si>
   <si>
+    <t>JOHN</t>
+  </si>
+  <si>
     <t>10B</t>
   </si>
   <si>
     <t>JULIENNE</t>
   </si>
   <si>
     <t>ASTRID</t>
   </si>
   <si>
     <t>68B</t>
   </si>
   <si>
     <t>NEW</t>
   </si>
   <si>
     <t>KATHERINE</t>
   </si>
   <si>
     <t>29A</t>
   </si>
   <si>
     <t>17C</t>
   </si>
   <si>
     <t>SCOTT</t>
@@ -371,248 +383,260 @@
   <si>
     <t>KENNETH</t>
   </si>
   <si>
     <t>EDWARD</t>
   </si>
   <si>
     <t>JR</t>
   </si>
   <si>
     <t>Kennie</t>
   </si>
   <si>
     <t>MINEAR</t>
   </si>
   <si>
     <t>ROBERT</t>
   </si>
   <si>
     <t>KUNING</t>
   </si>
   <si>
     <t>PATRICIA</t>
   </si>
   <si>
-    <t>ROSS</t>
-[...1 lines deleted...]
-  <si>
     <t>Patty</t>
   </si>
   <si>
     <t>BACA</t>
   </si>
   <si>
     <t>FRANK</t>
   </si>
   <si>
     <t>RODRIGUEZ</t>
   </si>
   <si>
     <t>RICHARD</t>
   </si>
   <si>
     <t>10C</t>
   </si>
   <si>
+    <t>SILVA</t>
+  </si>
+  <si>
+    <t>DOLORES</t>
+  </si>
+  <si>
+    <t>MAE</t>
+  </si>
+  <si>
+    <t>JARAMILLO</t>
+  </si>
+  <si>
+    <t>JOSEPHINE</t>
+  </si>
+  <si>
     <t>10A</t>
   </si>
   <si>
     <t>WARD</t>
   </si>
   <si>
     <t>KAYE</t>
   </si>
   <si>
     <t>18C</t>
   </si>
   <si>
     <t>COBB</t>
   </si>
   <si>
     <t>SARAH</t>
   </si>
   <si>
     <t>WHEELER</t>
   </si>
   <si>
     <t>SHEA</t>
   </si>
   <si>
     <t>DIANA</t>
   </si>
   <si>
     <t>BOAZ</t>
   </si>
   <si>
     <t>G</t>
   </si>
   <si>
     <t>FRESQUEZ</t>
   </si>
   <si>
     <t>DEANNA</t>
   </si>
   <si>
+    <t>KOWALSKI</t>
+  </si>
+  <si>
+    <t>SIERRA</t>
+  </si>
+  <si>
+    <t>BELLE</t>
+  </si>
+  <si>
+    <t>14C</t>
+  </si>
+  <si>
+    <t>BRYSON</t>
+  </si>
+  <si>
+    <t>LARA</t>
+  </si>
+  <si>
+    <t>HAYES</t>
+  </si>
+  <si>
+    <t>SELBIN</t>
+  </si>
+  <si>
+    <t>SUSAN</t>
+  </si>
+  <si>
+    <t>SCHEPKER</t>
+  </si>
+  <si>
+    <t>CHRISTINE</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>GROTHUS</t>
+  </si>
+  <si>
+    <t>BARBARA</t>
+  </si>
+  <si>
+    <t>Barb</t>
+  </si>
+  <si>
+    <t>11C</t>
+  </si>
+  <si>
+    <t>SALCIDO</t>
+  </si>
+  <si>
+    <t>MARA</t>
+  </si>
+  <si>
+    <t>ROMERO</t>
+  </si>
+  <si>
+    <t>ABEL</t>
+  </si>
+  <si>
+    <t>MARTIN</t>
+  </si>
+  <si>
+    <t>TIMBERLAKE</t>
+  </si>
+  <si>
+    <t>JAMES</t>
+  </si>
+  <si>
+    <t>ROY</t>
+  </si>
+  <si>
+    <t>YOUNG</t>
+  </si>
+  <si>
+    <t>MELTON</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>II</t>
+  </si>
+  <si>
+    <t>HARRISON</t>
+  </si>
+  <si>
+    <t>WANDA</t>
+  </si>
+  <si>
+    <t>11B</t>
+  </si>
+  <si>
+    <t>11A</t>
+  </si>
+  <si>
+    <t>GAMELSKY</t>
+  </si>
+  <si>
+    <t>LEE</t>
+  </si>
+  <si>
+    <t>LUCERO</t>
+  </si>
+  <si>
+    <t>FLORA</t>
+  </si>
+  <si>
     <t>T</t>
   </si>
   <si>
-    <t>KOWALSKI</t>
-[...109 lines deleted...]
-  <si>
     <t>COOPER</t>
   </si>
   <si>
     <t>ELISHA</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
     <t>KMAK</t>
   </si>
   <si>
     <t>W</t>
   </si>
   <si>
     <t>Bob</t>
   </si>
   <si>
     <t>HOLGUIN</t>
   </si>
   <si>
     <t>NERI</t>
   </si>
   <si>
+    <t>ESTHER</t>
+  </si>
+  <si>
     <t>OHIRI</t>
   </si>
   <si>
     <t>MANNY</t>
   </si>
   <si>
     <t>SMITH-CHAVEZ</t>
   </si>
   <si>
     <t>ELIZABETH</t>
   </si>
   <si>
     <t>ANN</t>
   </si>
   <si>
     <t>11D</t>
   </si>
   <si>
     <t>REMILLARD</t>
   </si>
   <si>
     <t>LOURDES</t>
   </si>
   <si>
     <t>ENRIQUEZ</t>
@@ -740,128 +764,116 @@
   <si>
     <t>DEBORAH</t>
   </si>
   <si>
     <t>ANGELO</t>
   </si>
   <si>
     <t>BORREGO</t>
   </si>
   <si>
     <t>CYNTHIA</t>
   </si>
   <si>
     <t>MONTALBANO</t>
   </si>
   <si>
     <t>ANTHONY</t>
   </si>
   <si>
     <t>MARQUEZ</t>
   </si>
   <si>
     <t>KEENAN</t>
   </si>
   <si>
-    <t>HILL</t>
-[...4 lines deleted...]
-  <si>
     <t>ATTLESON</t>
   </si>
   <si>
     <t>SARA</t>
   </si>
   <si>
     <t>18D</t>
   </si>
   <si>
     <t>GUTTERUD</t>
   </si>
   <si>
     <t>DIANE</t>
   </si>
   <si>
     <t>KAY</t>
   </si>
   <si>
     <t>BROWN</t>
   </si>
   <si>
     <t>ROBINSON</t>
   </si>
   <si>
     <t>FREDERICK</t>
   </si>
   <si>
     <t>CRAWFORD</t>
   </si>
   <si>
     <t>Fred</t>
   </si>
   <si>
     <t>CRAFT</t>
   </si>
   <si>
     <t>JOSHUA</t>
   </si>
   <si>
-    <t>MAESTAS</t>
-[...5 lines deleted...]
-    <t>MOE</t>
+    <t>ALARID</t>
+  </si>
+  <si>
+    <t>VANESSA</t>
   </si>
   <si>
     <t>MURPHY</t>
   </si>
   <si>
     <t>CAROL</t>
   </si>
   <si>
     <t>19C</t>
   </si>
   <si>
     <t>BUXTON</t>
   </si>
   <si>
     <t>TIMOTHY</t>
   </si>
   <si>
     <t>Tim</t>
   </si>
   <si>
     <t>COMSTOCK</t>
   </si>
   <si>
-    <t>JOHN</t>
-[...1 lines deleted...]
-  <si>
     <t>ALAN</t>
   </si>
   <si>
     <t>CHAZIN-SEIDELMAN</t>
   </si>
   <si>
     <t>FAY</t>
   </si>
   <si>
     <t>CATHERINE</t>
   </si>
   <si>
     <t>19A</t>
   </si>
   <si>
     <t>STEVENS</t>
   </si>
   <si>
     <t>TIFFANY</t>
   </si>
   <si>
     <t>AMANDA</t>
   </si>
   <si>
     <t>TRUJILLO</t>
@@ -1037,77 +1049,86 @@
   <si>
     <t>28C</t>
   </si>
   <si>
     <t>28D</t>
   </si>
   <si>
     <t>27D</t>
   </si>
   <si>
     <t>30D</t>
   </si>
   <si>
     <t>FOSTER</t>
   </si>
   <si>
     <t>BUSHNELL</t>
   </si>
   <si>
     <t>DARCY</t>
   </si>
   <si>
     <t>MF SUSANN</t>
   </si>
   <si>
+    <t>KELEHER</t>
+  </si>
+  <si>
+    <t>ANDREW</t>
+  </si>
+  <si>
     <t>25A</t>
   </si>
   <si>
     <t>SAMANI</t>
   </si>
   <si>
     <t>CARPENTER</t>
   </si>
   <si>
     <t>MURIEL</t>
   </si>
   <si>
     <t>NAOMI</t>
   </si>
   <si>
     <t>MCINTOSH</t>
   </si>
   <si>
     <t>MOLLY</t>
   </si>
   <si>
     <t>BROOKE</t>
   </si>
   <si>
     <t>JETTY</t>
   </si>
   <si>
+    <t>Chaz</t>
+  </si>
+  <si>
     <t>HOSSLEY</t>
   </si>
   <si>
     <t>WILLIAM</t>
   </si>
   <si>
     <t>VALENTINE</t>
   </si>
   <si>
     <t>CHRISTINA</t>
   </si>
   <si>
     <t>PETRA</t>
   </si>
   <si>
     <t>COLEMAN</t>
   </si>
   <si>
     <t>RACHEL</t>
   </si>
   <si>
     <t>CRESPIN</t>
   </si>
   <si>
     <t>MANUEL</t>
@@ -1214,53 +1235,50 @@
   <si>
     <t>HERNANDEZ</t>
   </si>
   <si>
     <t>SNEDEKER</t>
   </si>
   <si>
     <t>PHILIP</t>
   </si>
   <si>
     <t>31C</t>
   </si>
   <si>
     <t>DIX</t>
   </si>
   <si>
     <t>Mary Ann</t>
   </si>
   <si>
     <t>SHERWOOD</t>
   </si>
   <si>
     <t>LAURA</t>
   </si>
   <si>
-    <t>Matt</t>
-[...1 lines deleted...]
-  <si>
     <t>TERRY</t>
   </si>
   <si>
     <t>CUMMINGS</t>
   </si>
   <si>
     <t>FLORES</t>
   </si>
   <si>
     <t>ISAAC</t>
   </si>
   <si>
     <t>ESDALE</t>
   </si>
   <si>
     <t>RALPH</t>
   </si>
   <si>
     <t>Dave</t>
   </si>
   <si>
     <t>HOLLAND</t>
   </si>
   <si>
     <t>BENJAMIN</t>
@@ -1304,56 +1322,50 @@
   <si>
     <t>WILLIAMS</t>
   </si>
   <si>
     <t>MARIA</t>
   </si>
   <si>
     <t>BOURDETT</t>
   </si>
   <si>
     <t>ECONOMY</t>
   </si>
   <si>
     <t>KATHLEEN</t>
   </si>
   <si>
     <t>MAY</t>
   </si>
   <si>
     <t>WRONS</t>
   </si>
   <si>
     <t>COLLIER</t>
   </si>
   <si>
-    <t>RIDER</t>
-[...4 lines deleted...]
-  <si>
     <t>DE ANGELIS</t>
   </si>
   <si>
     <t>EMILIE</t>
   </si>
   <si>
     <t>MAIER</t>
   </si>
   <si>
     <t>LINDSAY</t>
   </si>
   <si>
     <t>WAYNE</t>
   </si>
   <si>
     <t>SUMMY</t>
   </si>
   <si>
     <t>SANCHEZ</t>
   </si>
   <si>
     <t>BEAU</t>
   </si>
   <si>
     <t>NOSKIN</t>
@@ -1409,65 +1421,68 @@
   <si>
     <t>ELIZABET</t>
   </si>
   <si>
     <t>BRITTON</t>
   </si>
   <si>
     <t>PAMELA</t>
   </si>
   <si>
     <t>FURGANG</t>
   </si>
   <si>
     <t>NANCIE</t>
   </si>
   <si>
     <t>GUNN MILES</t>
   </si>
   <si>
     <t>SUNDBERG</t>
   </si>
   <si>
     <t>DONKERSLEY</t>
   </si>
   <si>
-    <t>EVANGELINE</t>
+    <t>GLORIA</t>
   </si>
   <si>
     <t>Evangeline</t>
   </si>
   <si>
     <t>PETERSON</t>
   </si>
   <si>
     <t>HERNDON</t>
   </si>
   <si>
     <t>PAMELYA</t>
   </si>
   <si>
+    <t>PAULETTE</t>
+  </si>
+  <si>
     <t>LANGE</t>
   </si>
   <si>
     <t>CORNELIA</t>
   </si>
   <si>
     <t>Nili</t>
   </si>
   <si>
     <t>LUJAN HAOZOUS</t>
   </si>
   <si>
     <t>KARILYN</t>
   </si>
   <si>
     <t>BERNAL</t>
   </si>
   <si>
     <t>DANNY</t>
   </si>
   <si>
     <t>(505) 980-6297</t>
   </si>
   <si>
     <t>EFFRON</t>
@@ -1629,50 +1644,53 @@
     <t>BRANDENBURG</t>
   </si>
   <si>
     <t>KARI</t>
   </si>
   <si>
     <t>DURAN</t>
   </si>
   <si>
     <t>RUIZ</t>
   </si>
   <si>
     <t>NORMA</t>
   </si>
   <si>
     <t>PATTERSON-COMFORT</t>
   </si>
   <si>
     <t>ADRIAN</t>
   </si>
   <si>
     <t>LOOMIS</t>
   </si>
   <si>
     <t>LOREN</t>
+  </si>
+  <si>
+    <t>STEPHEN</t>
   </si>
   <si>
     <t>FINLEY</t>
   </si>
   <si>
     <t>MARK</t>
   </si>
   <si>
     <t>CLOAK</t>
   </si>
   <si>
     <t>Ted</t>
   </si>
   <si>
     <t>GERMAIN</t>
   </si>
   <si>
     <t>MARJORIE</t>
   </si>
   <si>
     <t>MILNER</t>
   </si>
   <si>
     <t>PAULA</t>
   </si>
@@ -3187,1175 +3205,1197 @@
       <c r="B66" t="s">
         <v>79</v>
       </c>
       <c r="C66" t="s">
         <v>95</v>
       </c>
       <c r="D66" t="s">
         <v>96</v>
       </c>
       <c r="E66" t="s">
         <v>97</v>
       </c>
       <c r="F66"/>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>79</v>
       </c>
-      <c r="C67"/>
-[...1 lines deleted...]
-      <c r="E67"/>
+      <c r="C67" t="s">
+        <v>98</v>
+      </c>
+      <c r="D67" t="s">
+        <v>99</v>
+      </c>
+      <c r="E67" t="s">
+        <v>100</v>
+      </c>
       <c r="F67"/>
       <c r="G67"/>
-      <c r="H67"/>
+      <c r="H67" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>79</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
       <c r="G68"/>
       <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69" t="s">
         <v>45</v>
       </c>
       <c r="C69"/>
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69"/>
       <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70"/>
       <c r="G70"/>
       <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C73" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D73" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="E73" t="s">
-        <v>58</v>
+        <v>105</v>
       </c>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
       <c r="G75"/>
       <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76"/>
       <c r="G76"/>
       <c r="H76"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
       <c r="G77"/>
       <c r="H77"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C78" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D78" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="E78" t="s">
         <v>30</v>
       </c>
       <c r="F78"/>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>10</v>
       </c>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
       <c r="G79"/>
       <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>10</v>
       </c>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C81" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D81" t="s">
         <v>87</v>
       </c>
       <c r="E81" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C83" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="D83" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="E83" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="F83" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G83" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="H83" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
         <v>10</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>45</v>
       </c>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
       <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>19</v>
       </c>
       <c r="C87" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="D87" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E87" t="s">
         <v>36</v>
       </c>
       <c r="F87"/>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
       <c r="G88"/>
       <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>59</v>
       </c>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
       <c r="G89"/>
       <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>10</v>
       </c>
       <c r="C90" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="D90" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="E90" t="s">
-        <v>119</v>
+        <v>100</v>
       </c>
       <c r="F90"/>
       <c r="G90" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="H90" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C91" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D91" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E91" t="s">
         <v>39</v>
       </c>
       <c r="F91"/>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C92" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D92" t="s">
-        <v>124</v>
+        <v>127</v>
       </c>
       <c r="E92" t="s">
         <v>39</v>
       </c>
       <c r="F92"/>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      <c r="E93"/>
+        <v>128</v>
+      </c>
+      <c r="C93" t="s">
+        <v>129</v>
+      </c>
+      <c r="D93" t="s">
+        <v>130</v>
+      </c>
+      <c r="E93" t="s">
+        <v>131</v>
+      </c>
       <c r="F93"/>
       <c r="G93"/>
-      <c r="H93"/>
+      <c r="H93" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
-        <v>125</v>
-[...3 lines deleted...]
-      <c r="E94"/>
+        <v>128</v>
+      </c>
+      <c r="C94" t="s">
+        <v>132</v>
+      </c>
+      <c r="D94" t="s">
+        <v>21</v>
+      </c>
+      <c r="E94" t="s">
+        <v>133</v>
+      </c>
       <c r="F94"/>
       <c r="G94"/>
-      <c r="H94"/>
+      <c r="H94" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
       <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97"/>
       <c r="G97"/>
       <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C98" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="D98" t="s">
         <v>42</v>
       </c>
       <c r="E98" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="F98"/>
       <c r="G98"/>
       <c r="H98" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99"/>
       <c r="G99"/>
       <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100"/>
       <c r="G100"/>
       <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101"/>
       <c r="G101"/>
       <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C102"/>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102"/>
       <c r="G102"/>
       <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C103"/>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103"/>
       <c r="G103"/>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C104"/>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104"/>
       <c r="G104"/>
       <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>80</v>
       </c>
       <c r="C105"/>
       <c r="D105"/>
       <c r="E105"/>
       <c r="F105"/>
       <c r="G105"/>
       <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C106"/>
       <c r="D106"/>
       <c r="E106"/>
       <c r="F106"/>
       <c r="G106"/>
       <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C107"/>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107"/>
       <c r="G107"/>
       <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C108"/>
       <c r="D108"/>
       <c r="E108"/>
       <c r="F108"/>
       <c r="G108"/>
       <c r="H108"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>11</v>
       </c>
       <c r="C109" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="D109" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="E109" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="F109"/>
       <c r="G109"/>
       <c r="H109" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C110"/>
       <c r="D110"/>
       <c r="E110"/>
       <c r="F110"/>
       <c r="G110"/>
       <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>46</v>
       </c>
       <c r="C111"/>
       <c r="D111"/>
       <c r="E111"/>
       <c r="F111"/>
       <c r="G111"/>
       <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>46</v>
       </c>
       <c r="C112" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="D112" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="E112" t="s">
         <v>78</v>
       </c>
       <c r="F112"/>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>46</v>
       </c>
       <c r="C113" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="D113" t="s">
         <v>17</v>
       </c>
       <c r="E113" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="F113"/>
       <c r="G113"/>
       <c r="H113" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
         <v>46</v>
       </c>
       <c r="C114"/>
       <c r="D114"/>
       <c r="E114"/>
       <c r="F114"/>
       <c r="G114"/>
       <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C115"/>
       <c r="D115"/>
       <c r="E115"/>
       <c r="F115"/>
       <c r="G115"/>
       <c r="H115"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C116"/>
       <c r="D116"/>
       <c r="E116"/>
       <c r="F116"/>
       <c r="G116"/>
       <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117"/>
       <c r="D117"/>
       <c r="E117"/>
       <c r="F117"/>
       <c r="G117"/>
       <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C118" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="D118" t="s">
-        <v>138</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="E118"/>
       <c r="F118"/>
       <c r="G118"/>
       <c r="H118" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C119"/>
       <c r="D119"/>
       <c r="E119"/>
       <c r="F119"/>
       <c r="G119"/>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
         <v>65</v>
       </c>
       <c r="C120" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="D120" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="E120" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="F120"/>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C121"/>
       <c r="D121"/>
       <c r="E121"/>
       <c r="F121"/>
       <c r="G121"/>
       <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C122" t="s">
-        <v>144</v>
+        <v>151</v>
       </c>
       <c r="D122" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="E122" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="F122"/>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C123" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="D123" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="E123" t="s">
         <v>51</v>
       </c>
       <c r="F123"/>
       <c r="G123"/>
       <c r="H123" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C124" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="D124" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="E124" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="F124"/>
       <c r="G124"/>
       <c r="H124" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C125" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="D125" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="E125" t="s">
         <v>58</v>
       </c>
       <c r="F125"/>
       <c r="G125" t="s">
-        <v>154</v>
+        <v>161</v>
       </c>
       <c r="H125" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C126"/>
       <c r="D126"/>
       <c r="E126"/>
       <c r="F126"/>
       <c r="G126"/>
       <c r="H126"/>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
         <v>31</v>
       </c>
       <c r="C127"/>
       <c r="D127"/>
       <c r="E127"/>
       <c r="F127"/>
       <c r="G127"/>
       <c r="H127"/>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
         <v>45</v>
       </c>
       <c r="C128"/>
       <c r="D128"/>
       <c r="E128"/>
       <c r="F128"/>
       <c r="G128"/>
       <c r="H128"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C129"/>
       <c r="D129"/>
       <c r="E129"/>
       <c r="F129"/>
       <c r="G129"/>
       <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130"/>
       <c r="D130"/>
       <c r="E130"/>
       <c r="F130"/>
       <c r="G130"/>
       <c r="H130"/>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
         <v>85</v>
       </c>
       <c r="C131"/>
       <c r="D131"/>
       <c r="E131"/>
       <c r="F131"/>
       <c r="G131"/>
       <c r="H131"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C132" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="D132" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="E132" t="s">
-        <v>158</v>
+        <v>129</v>
       </c>
       <c r="F132"/>
       <c r="G132"/>
       <c r="H132" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C133" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="D133" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="E133" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="F133"/>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C134"/>
       <c r="D134"/>
       <c r="E134"/>
       <c r="F134"/>
       <c r="G134"/>
       <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C135" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="D135" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="E135" t="s">
         <v>78</v>
       </c>
       <c r="F135"/>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
         <v>80</v>
       </c>
       <c r="C136"/>
       <c r="D136"/>
       <c r="E136"/>
       <c r="F136"/>
       <c r="G136"/>
       <c r="H136"/>
     </row>
     <row r="137" spans="1:8">
@@ -4375,51 +4415,51 @@
     <row r="138" spans="1:8">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
         <v>59</v>
       </c>
       <c r="C138"/>
       <c r="D138"/>
       <c r="E138"/>
       <c r="F138"/>
       <c r="G138"/>
       <c r="H138"/>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
         <v>85</v>
       </c>
       <c r="C139" t="s">
         <v>73</v>
       </c>
       <c r="D139" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="E139" t="s">
         <v>58</v>
       </c>
       <c r="F139"/>
       <c r="G139"/>
       <c r="H139" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
         <v>79</v>
       </c>
       <c r="C140"/>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140"/>
       <c r="G140"/>
       <c r="H140"/>
     </row>
     <row r="141" spans="1:8">
@@ -4436,120 +4476,120 @@
       <c r="G141"/>
       <c r="H141"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
         <v>81</v>
       </c>
       <c r="C142"/>
       <c r="D142"/>
       <c r="E142"/>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142"/>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
         <v>75</v>
       </c>
       <c r="C143" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="D143" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="E143" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="F143" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
         <v>75</v>
       </c>
       <c r="C144"/>
       <c r="D144"/>
       <c r="E144"/>
       <c r="F144"/>
       <c r="G144"/>
       <c r="H144"/>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C145"/>
       <c r="D145"/>
       <c r="E145"/>
       <c r="F145"/>
       <c r="G145"/>
       <c r="H145"/>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
         <v>81</v>
       </c>
       <c r="C146"/>
       <c r="D146"/>
       <c r="E146"/>
       <c r="F146"/>
       <c r="G146"/>
       <c r="H146"/>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
         <v>81</v>
       </c>
       <c r="C147" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="D147" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="E147" t="s">
         <v>58</v>
       </c>
       <c r="F147"/>
       <c r="G147"/>
       <c r="H147" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
         <v>75</v>
       </c>
       <c r="C148"/>
       <c r="D148"/>
       <c r="E148"/>
       <c r="F148"/>
       <c r="G148"/>
       <c r="H148"/>
     </row>
     <row r="149" spans="1:8">
@@ -4563,420 +4603,422 @@
       <c r="D149"/>
       <c r="E149"/>
       <c r="F149"/>
       <c r="G149"/>
       <c r="H149"/>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
         <v>63</v>
       </c>
       <c r="C150"/>
       <c r="D150"/>
       <c r="E150"/>
       <c r="F150"/>
       <c r="G150"/>
       <c r="H150"/>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C151"/>
       <c r="D151"/>
       <c r="E151"/>
       <c r="F151"/>
       <c r="G151"/>
       <c r="H151"/>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C152" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="D152" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="E152" t="s">
         <v>78</v>
       </c>
       <c r="F152"/>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C153" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="D153" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="E153" t="s">
-        <v>139</v>
+        <v>183</v>
       </c>
       <c r="F153"/>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C154" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="D154" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="E154" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="F154"/>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C155" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="D155" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E155" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="F155"/>
       <c r="G155" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="H155" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C156" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="D156" t="s">
-        <v>184</v>
-[...1 lines deleted...]
-      <c r="E156"/>
+        <v>191</v>
+      </c>
+      <c r="E156" t="s">
+        <v>192</v>
+      </c>
       <c r="F156"/>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
         <v>48</v>
       </c>
       <c r="C157"/>
       <c r="D157"/>
       <c r="E157"/>
       <c r="F157"/>
       <c r="G157"/>
       <c r="H157"/>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C158" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="D158" t="s">
+        <v>194</v>
+      </c>
+      <c r="E158" t="s">
         <v>186</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="F158"/>
       <c r="G158"/>
       <c r="H158" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C159"/>
       <c r="D159"/>
       <c r="E159"/>
       <c r="F159"/>
       <c r="G159"/>
       <c r="H159"/>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
         <v>52</v>
       </c>
       <c r="C160"/>
       <c r="D160"/>
       <c r="E160"/>
       <c r="F160"/>
       <c r="G160"/>
       <c r="H160"/>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
         <v>52</v>
       </c>
       <c r="C161" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="D161" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="E161" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="F161"/>
       <c r="G161"/>
       <c r="H161" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="C162"/>
       <c r="D162"/>
       <c r="E162"/>
       <c r="F162"/>
       <c r="G162"/>
       <c r="H162"/>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C163" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="D163" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="E163" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="F163"/>
       <c r="G163" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="H163" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C164" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="D164" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="E164" t="s">
-        <v>139</v>
+        <v>183</v>
       </c>
       <c r="F164"/>
       <c r="G164"/>
       <c r="H164" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C165"/>
       <c r="D165"/>
       <c r="E165"/>
       <c r="F165"/>
       <c r="G165"/>
       <c r="H165"/>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C166" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="D166" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
       <c r="E166" t="s">
         <v>30</v>
       </c>
       <c r="F166"/>
       <c r="G166"/>
       <c r="H166" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C167" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="D167" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="E167" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="F167"/>
       <c r="G167"/>
       <c r="H167" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
         <v>48</v>
       </c>
       <c r="C168"/>
       <c r="D168"/>
       <c r="E168"/>
       <c r="F168"/>
       <c r="G168"/>
       <c r="H168"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
         <v>48</v>
       </c>
       <c r="C169"/>
       <c r="D169"/>
       <c r="E169"/>
       <c r="F169"/>
       <c r="G169"/>
       <c r="H169"/>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
         <v>47</v>
       </c>
       <c r="C170" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="D170" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="E170" t="s">
-        <v>203</v>
+        <v>211</v>
       </c>
       <c r="F170"/>
       <c r="G170" t="s">
-        <v>204</v>
+        <v>212</v>
       </c>
       <c r="H170" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171"/>
       <c r="D171"/>
       <c r="E171"/>
       <c r="F171"/>
       <c r="G171"/>
       <c r="H171"/>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
@@ -5002,54 +5044,54 @@
       <c r="G173"/>
       <c r="H173"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174"/>
       <c r="D174"/>
       <c r="E174"/>
       <c r="F174"/>
       <c r="G174"/>
       <c r="H174"/>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="D175" t="s">
-        <v>206</v>
+        <v>214</v>
       </c>
       <c r="E175"/>
       <c r="F175"/>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
         <v>45</v>
       </c>
       <c r="C176"/>
       <c r="D176"/>
       <c r="E176"/>
       <c r="F176"/>
       <c r="G176"/>
       <c r="H176"/>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
         <v>176</v>
@@ -5103,481 +5145,479 @@
       <c r="D180"/>
       <c r="E180"/>
       <c r="F180"/>
       <c r="G180"/>
       <c r="H180"/>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
         <v>31</v>
       </c>
       <c r="C181"/>
       <c r="D181"/>
       <c r="E181"/>
       <c r="F181"/>
       <c r="G181"/>
       <c r="H181"/>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C182"/>
       <c r="D182"/>
       <c r="E182"/>
       <c r="F182"/>
       <c r="G182"/>
       <c r="H182"/>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
         <v>31</v>
       </c>
       <c r="C183"/>
       <c r="D183"/>
       <c r="E183"/>
       <c r="F183"/>
       <c r="G183"/>
       <c r="H183"/>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C184" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="D184" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E184"/>
       <c r="F184"/>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C185"/>
       <c r="D185"/>
       <c r="E185"/>
       <c r="F185"/>
       <c r="G185"/>
       <c r="H185"/>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C186" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
       <c r="D186" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="E186" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="F186"/>
       <c r="G186" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="H186" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C187"/>
       <c r="D187"/>
       <c r="E187"/>
       <c r="F187"/>
       <c r="G187"/>
       <c r="H187"/>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="C188" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="D188" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="E188" t="s">
-        <v>214</v>
+        <v>222</v>
       </c>
       <c r="F188"/>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="C189"/>
       <c r="D189"/>
       <c r="E189"/>
       <c r="F189"/>
       <c r="G189"/>
       <c r="H189"/>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
         <v>47</v>
       </c>
       <c r="C190" t="s">
-        <v>215</v>
+        <v>223</v>
       </c>
       <c r="D190" t="s">
-        <v>216</v>
+        <v>224</v>
       </c>
       <c r="E190"/>
       <c r="F190"/>
       <c r="G190"/>
       <c r="H190" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
         <v>63</v>
       </c>
       <c r="C191"/>
       <c r="D191"/>
       <c r="E191"/>
       <c r="F191"/>
       <c r="G191"/>
       <c r="H191"/>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
         <v>31</v>
       </c>
       <c r="C192" t="s">
-        <v>141</v>
+        <v>148</v>
       </c>
       <c r="D192" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="E192" t="s">
         <v>51</v>
       </c>
       <c r="F192"/>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
         <v>40</v>
       </c>
       <c r="C193" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="D193" t="s">
         <v>89</v>
       </c>
       <c r="E193" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="F193"/>
       <c r="G193" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="H193" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
         <v>40</v>
       </c>
       <c r="C194" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="D194" t="s">
         <v>90</v>
       </c>
       <c r="E194" t="s">
         <v>39</v>
       </c>
       <c r="F194"/>
       <c r="G194"/>
       <c r="H194" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
         <v>40</v>
       </c>
       <c r="C195" t="s">
-        <v>221</v>
+        <v>229</v>
       </c>
       <c r="D195" t="s">
-        <v>222</v>
-[...3 lines deleted...]
-      </c>
+        <v>230</v>
+      </c>
+      <c r="E195"/>
       <c r="F195"/>
       <c r="G195"/>
       <c r="H195" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="C196" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="D196" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="E196"/>
       <c r="F196"/>
       <c r="G196"/>
       <c r="H196" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="C197"/>
       <c r="D197"/>
       <c r="E197"/>
       <c r="F197"/>
       <c r="G197"/>
       <c r="H197"/>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="C198"/>
       <c r="D198"/>
       <c r="E198"/>
       <c r="F198"/>
       <c r="G198"/>
       <c r="H198"/>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
         <v>63</v>
       </c>
       <c r="C199"/>
       <c r="D199"/>
       <c r="E199"/>
       <c r="F199"/>
       <c r="G199"/>
       <c r="H199"/>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
         <v>65</v>
       </c>
       <c r="C200"/>
       <c r="D200"/>
       <c r="E200"/>
       <c r="F200"/>
       <c r="G200"/>
       <c r="H200"/>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
         <v>10</v>
       </c>
       <c r="C201" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="D201" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="E201" t="s">
         <v>21</v>
       </c>
       <c r="F201"/>
       <c r="G201" t="s">
-        <v>225</v>
+        <v>233</v>
       </c>
       <c r="H201" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
         <v>45</v>
       </c>
       <c r="C202"/>
       <c r="D202"/>
       <c r="E202"/>
       <c r="F202"/>
       <c r="G202"/>
       <c r="H202"/>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C203"/>
       <c r="D203"/>
       <c r="E203"/>
       <c r="F203"/>
       <c r="G203"/>
       <c r="H203"/>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C204"/>
       <c r="D204"/>
       <c r="E204"/>
       <c r="F204"/>
       <c r="G204"/>
       <c r="H204"/>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
         <v>46</v>
       </c>
       <c r="C205"/>
       <c r="D205"/>
       <c r="E205"/>
       <c r="F205"/>
       <c r="G205"/>
       <c r="H205"/>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C206"/>
       <c r="D206"/>
       <c r="E206"/>
       <c r="F206"/>
       <c r="G206"/>
       <c r="H206"/>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C207"/>
       <c r="D207"/>
       <c r="E207"/>
       <c r="F207"/>
       <c r="G207"/>
       <c r="H207"/>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
         <v>46</v>
       </c>
       <c r="C208"/>
       <c r="D208"/>
       <c r="E208"/>
       <c r="F208"/>
       <c r="G208"/>
       <c r="H208"/>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
         <v>208</v>
@@ -5603,387 +5643,387 @@
       <c r="D210"/>
       <c r="E210"/>
       <c r="F210"/>
       <c r="G210"/>
       <c r="H210"/>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
         <v>47</v>
       </c>
       <c r="C211"/>
       <c r="D211"/>
       <c r="E211"/>
       <c r="F211"/>
       <c r="G211"/>
       <c r="H211"/>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="C212"/>
       <c r="D212"/>
       <c r="E212"/>
       <c r="F212"/>
       <c r="G212"/>
       <c r="H212"/>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C213"/>
       <c r="D213"/>
       <c r="E213"/>
       <c r="F213"/>
       <c r="G213"/>
       <c r="H213"/>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C214" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="D214" t="s">
-        <v>227</v>
+        <v>235</v>
       </c>
       <c r="E214" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
       <c r="F214"/>
       <c r="G214"/>
       <c r="H214" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="C215"/>
       <c r="D215"/>
       <c r="E215"/>
       <c r="F215"/>
       <c r="G215"/>
       <c r="H215"/>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="C216"/>
       <c r="D216"/>
       <c r="E216"/>
       <c r="F216"/>
       <c r="G216"/>
       <c r="H216"/>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="C217"/>
       <c r="D217"/>
       <c r="E217"/>
       <c r="F217"/>
       <c r="G217"/>
       <c r="H217"/>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
         <v>8</v>
       </c>
       <c r="C218"/>
       <c r="D218"/>
       <c r="E218"/>
       <c r="F218"/>
       <c r="G218"/>
       <c r="H218"/>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
         <v>44</v>
       </c>
       <c r="C219"/>
       <c r="D219"/>
       <c r="E219"/>
       <c r="F219"/>
       <c r="G219"/>
       <c r="H219"/>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
         <v>11</v>
       </c>
       <c r="C220" t="s">
-        <v>231</v>
+        <v>239</v>
       </c>
       <c r="D220" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="E220" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="F220"/>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
         <v>19</v>
       </c>
       <c r="C221" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="D221" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="E221" t="s">
         <v>39</v>
       </c>
       <c r="F221"/>
       <c r="G221"/>
       <c r="H221" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C222" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="D222" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E222" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="F222"/>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C223" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
       <c r="D223" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="E223" t="s">
         <v>78</v>
       </c>
       <c r="F223"/>
       <c r="G223"/>
       <c r="H223" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="C224" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="D224" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="E224" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="F224"/>
       <c r="G224"/>
       <c r="H224" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C225"/>
       <c r="D225"/>
       <c r="E225"/>
       <c r="F225"/>
       <c r="G225"/>
       <c r="H225"/>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C226"/>
       <c r="D226"/>
       <c r="E226"/>
       <c r="F226"/>
       <c r="G226"/>
       <c r="H226"/>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C227" t="s">
-        <v>240</v>
+        <v>248</v>
       </c>
       <c r="D227" t="s">
-        <v>241</v>
+        <v>249</v>
       </c>
       <c r="E227" t="s">
         <v>39</v>
       </c>
       <c r="F227"/>
       <c r="G227"/>
       <c r="H227" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C228"/>
       <c r="D228"/>
       <c r="E228"/>
       <c r="F228"/>
       <c r="G228"/>
       <c r="H228"/>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C229"/>
       <c r="D229"/>
       <c r="E229"/>
       <c r="F229"/>
       <c r="G229"/>
       <c r="H229"/>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C230"/>
       <c r="D230"/>
       <c r="E230"/>
       <c r="F230"/>
       <c r="G230"/>
       <c r="H230"/>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C231"/>
       <c r="D231"/>
       <c r="E231"/>
       <c r="F231"/>
       <c r="G231"/>
       <c r="H231"/>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C232"/>
       <c r="D232"/>
       <c r="E232"/>
       <c r="F232"/>
       <c r="G232"/>
       <c r="H232"/>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233"/>
       <c r="D233"/>
       <c r="E233"/>
       <c r="F233"/>
       <c r="G233"/>
       <c r="H233"/>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
         <v>233</v>
@@ -5995,51 +6035,51 @@
       <c r="D234"/>
       <c r="E234"/>
       <c r="F234"/>
       <c r="G234"/>
       <c r="H234"/>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
         <v>80</v>
       </c>
       <c r="C235"/>
       <c r="D235"/>
       <c r="E235"/>
       <c r="F235"/>
       <c r="G235"/>
       <c r="H235"/>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C236"/>
       <c r="D236"/>
       <c r="E236"/>
       <c r="F236"/>
       <c r="G236"/>
       <c r="H236"/>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
         <v>63</v>
       </c>
       <c r="C237"/>
       <c r="D237"/>
       <c r="E237"/>
       <c r="F237"/>
       <c r="G237"/>
       <c r="H237"/>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
         <v>237</v>
@@ -6065,6341 +6105,6333 @@
       <c r="D239"/>
       <c r="E239"/>
       <c r="F239"/>
       <c r="G239"/>
       <c r="H239"/>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
         <v>75</v>
       </c>
       <c r="C240"/>
       <c r="D240"/>
       <c r="E240"/>
       <c r="F240"/>
       <c r="G240"/>
       <c r="H240"/>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C241"/>
       <c r="D241"/>
       <c r="E241"/>
       <c r="F241"/>
       <c r="G241"/>
       <c r="H241"/>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="C242"/>
       <c r="D242"/>
       <c r="E242"/>
       <c r="F242"/>
       <c r="G242"/>
       <c r="H242"/>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>129</v>
-[...9 lines deleted...]
-      </c>
+        <v>137</v>
+      </c>
+      <c r="C243"/>
+      <c r="D243"/>
+      <c r="E243"/>
       <c r="F243"/>
       <c r="G243"/>
-      <c r="H243" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H243"/>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C244"/>
       <c r="D244"/>
       <c r="E244"/>
       <c r="F244"/>
       <c r="G244"/>
       <c r="H244"/>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C245" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="D245" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="E245" t="s">
         <v>58</v>
       </c>
       <c r="F245"/>
       <c r="G245"/>
       <c r="H245" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C246"/>
       <c r="D246"/>
       <c r="E246"/>
       <c r="F246"/>
       <c r="G246"/>
       <c r="H246"/>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C247"/>
       <c r="D247"/>
       <c r="E247"/>
       <c r="F247"/>
       <c r="G247"/>
       <c r="H247"/>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
         <v>81</v>
       </c>
       <c r="C248"/>
       <c r="D248"/>
       <c r="E248"/>
       <c r="F248"/>
       <c r="G248"/>
       <c r="H248"/>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249"/>
       <c r="D249"/>
       <c r="E249"/>
       <c r="F249"/>
       <c r="G249"/>
       <c r="H249"/>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C250"/>
       <c r="D250"/>
       <c r="E250"/>
       <c r="F250"/>
       <c r="G250"/>
       <c r="H250"/>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C251"/>
       <c r="D251"/>
       <c r="E251"/>
       <c r="F251"/>
       <c r="G251"/>
       <c r="H251"/>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="C252"/>
       <c r="D252"/>
       <c r="E252"/>
       <c r="F252"/>
       <c r="G252"/>
       <c r="H252"/>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C253" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="D253" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="E253" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="F253"/>
       <c r="G253"/>
       <c r="H253" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C254" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="D254" t="s">
         <v>67</v>
       </c>
       <c r="E254" t="s">
         <v>27</v>
       </c>
       <c r="F254"/>
       <c r="G254"/>
       <c r="H254" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C255" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="D255" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="E255" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="F255"/>
       <c r="G255" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="H255" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C256"/>
       <c r="D256"/>
       <c r="E256"/>
       <c r="F256"/>
       <c r="G256"/>
       <c r="H256"/>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C257" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="D257" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="E257" t="s">
         <v>72</v>
       </c>
       <c r="F257"/>
       <c r="G257"/>
       <c r="H257" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
         <v>31</v>
       </c>
       <c r="C258"/>
       <c r="D258"/>
       <c r="E258"/>
       <c r="F258"/>
       <c r="G258"/>
       <c r="H258"/>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C259"/>
       <c r="D259"/>
       <c r="E259"/>
       <c r="F259"/>
       <c r="G259"/>
       <c r="H259"/>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
         <v>44</v>
       </c>
       <c r="C260"/>
       <c r="D260"/>
       <c r="E260"/>
       <c r="F260"/>
       <c r="G260"/>
       <c r="H260"/>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C261"/>
       <c r="D261"/>
       <c r="E261"/>
       <c r="F261"/>
       <c r="G261"/>
       <c r="H261"/>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
         <v>8</v>
       </c>
       <c r="C262"/>
       <c r="D262"/>
       <c r="E262"/>
       <c r="F262"/>
       <c r="G262"/>
       <c r="H262"/>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C263"/>
       <c r="D263"/>
       <c r="E263"/>
       <c r="F263"/>
       <c r="G263"/>
       <c r="H263"/>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
         <v>48</v>
       </c>
       <c r="C264" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="D264" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="E264" t="s">
-        <v>259</v>
+        <v>30</v>
       </c>
       <c r="F264"/>
       <c r="G264"/>
       <c r="H264" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C265"/>
       <c r="D265"/>
       <c r="E265"/>
       <c r="F265"/>
       <c r="G265"/>
       <c r="H265"/>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
         <v>64</v>
       </c>
       <c r="C266" t="s">
         <v>73</v>
       </c>
       <c r="D266" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="E266" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="F266"/>
       <c r="G266"/>
       <c r="H266" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C267"/>
       <c r="D267"/>
       <c r="E267"/>
       <c r="F267"/>
       <c r="G267"/>
       <c r="H267"/>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
         <v>85</v>
       </c>
       <c r="C268"/>
       <c r="D268"/>
       <c r="E268"/>
       <c r="F268"/>
       <c r="G268"/>
       <c r="H268"/>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
         <v>81</v>
       </c>
       <c r="C269" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="D269" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E269" t="s">
         <v>39</v>
       </c>
       <c r="F269"/>
       <c r="G269"/>
       <c r="H269" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
         <v>75</v>
       </c>
       <c r="C270"/>
       <c r="D270"/>
       <c r="E270"/>
       <c r="F270"/>
       <c r="G270"/>
       <c r="H270"/>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C271"/>
       <c r="D271"/>
       <c r="E271"/>
       <c r="F271"/>
       <c r="G271"/>
       <c r="H271"/>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C272" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="D272" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="E272" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="F272"/>
       <c r="G272" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="H272" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C273" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="D273" t="s">
-        <v>267</v>
+        <v>105</v>
       </c>
       <c r="E273" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F273"/>
       <c r="G273"/>
       <c r="H273" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C274" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="D274" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="E274" t="s">
         <v>30</v>
       </c>
       <c r="F274"/>
       <c r="G274"/>
       <c r="H274" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="C275"/>
       <c r="D275"/>
       <c r="E275"/>
       <c r="F275"/>
       <c r="G275"/>
       <c r="H275"/>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C276"/>
       <c r="D276"/>
       <c r="E276"/>
       <c r="F276"/>
       <c r="G276"/>
       <c r="H276"/>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C277"/>
       <c r="D277"/>
       <c r="E277"/>
       <c r="F277"/>
       <c r="G277"/>
       <c r="H277"/>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
         <v>31</v>
       </c>
       <c r="C278" t="s">
-        <v>205</v>
+        <v>213</v>
       </c>
       <c r="D278" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="E278" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="F278"/>
       <c r="G278"/>
       <c r="H278" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="C279"/>
       <c r="D279"/>
       <c r="E279"/>
       <c r="F279"/>
       <c r="G279"/>
       <c r="H279"/>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C280"/>
       <c r="D280"/>
       <c r="E280"/>
       <c r="F280"/>
       <c r="G280"/>
       <c r="H280"/>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C281"/>
       <c r="D281"/>
       <c r="E281"/>
       <c r="F281"/>
       <c r="G281"/>
       <c r="H281"/>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C282"/>
       <c r="D282"/>
       <c r="E282"/>
       <c r="F282"/>
       <c r="G282"/>
       <c r="H282"/>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C283"/>
       <c r="D283"/>
       <c r="E283"/>
       <c r="F283"/>
       <c r="G283"/>
       <c r="H283"/>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C284"/>
       <c r="D284"/>
       <c r="E284"/>
       <c r="F284"/>
       <c r="G284"/>
       <c r="H284"/>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C285"/>
       <c r="D285"/>
       <c r="E285"/>
       <c r="F285"/>
       <c r="G285"/>
       <c r="H285"/>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C286"/>
       <c r="D286"/>
       <c r="E286"/>
       <c r="F286"/>
       <c r="G286"/>
       <c r="H286"/>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C287"/>
       <c r="D287"/>
       <c r="E287"/>
       <c r="F287"/>
       <c r="G287"/>
       <c r="H287"/>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C288" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="D288" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="E288" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="F288"/>
       <c r="G288"/>
       <c r="H288" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C289" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="D289" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E289" t="s">
-        <v>139</v>
+        <v>183</v>
       </c>
       <c r="F289"/>
       <c r="G289"/>
       <c r="H289" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C290" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="D290" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="E290" t="s">
         <v>78</v>
       </c>
       <c r="F290"/>
       <c r="G290"/>
       <c r="H290" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C291" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D291" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="E291" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="F291"/>
       <c r="G291"/>
       <c r="H291" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C292"/>
       <c r="D292"/>
       <c r="E292"/>
       <c r="F292"/>
       <c r="G292"/>
       <c r="H292"/>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C293"/>
       <c r="D293"/>
       <c r="E293"/>
       <c r="F293"/>
       <c r="G293"/>
       <c r="H293"/>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C294"/>
       <c r="D294"/>
       <c r="E294"/>
       <c r="F294"/>
       <c r="G294"/>
       <c r="H294"/>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C295"/>
       <c r="D295"/>
       <c r="E295"/>
       <c r="F295"/>
       <c r="G295"/>
       <c r="H295"/>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C296"/>
       <c r="D296"/>
       <c r="E296"/>
       <c r="F296"/>
       <c r="G296"/>
       <c r="H296"/>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C297"/>
       <c r="D297"/>
       <c r="E297"/>
       <c r="F297"/>
       <c r="G297"/>
       <c r="H297"/>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C298"/>
       <c r="D298"/>
       <c r="E298"/>
       <c r="F298"/>
       <c r="G298"/>
       <c r="H298"/>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C299"/>
       <c r="D299"/>
       <c r="E299"/>
       <c r="F299"/>
       <c r="G299"/>
       <c r="H299"/>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C300"/>
       <c r="D300"/>
       <c r="E300"/>
       <c r="F300"/>
       <c r="G300"/>
       <c r="H300"/>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C301"/>
       <c r="D301"/>
       <c r="E301"/>
       <c r="F301"/>
       <c r="G301"/>
       <c r="H301"/>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C302" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="D302" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="E302" t="s">
         <v>30</v>
       </c>
       <c r="F302"/>
       <c r="G302"/>
       <c r="H302" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C303" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="D303" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="E303" t="s">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="F303"/>
       <c r="G303"/>
       <c r="H303" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C304" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="D304" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="E304" t="s">
         <v>30</v>
       </c>
       <c r="F304"/>
       <c r="G304"/>
       <c r="H304" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C305" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="D305" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="E305" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="F305"/>
       <c r="G305"/>
       <c r="H305" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C306" t="s">
         <v>12</v>
       </c>
       <c r="D306" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="E306" t="s">
         <v>13</v>
       </c>
       <c r="F306"/>
       <c r="G306"/>
       <c r="H306" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C307"/>
       <c r="D307"/>
       <c r="E307"/>
       <c r="F307"/>
       <c r="G307"/>
       <c r="H307"/>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C308" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="D308" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="E308" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="F308"/>
       <c r="G308"/>
       <c r="H308" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C309"/>
       <c r="D309"/>
       <c r="E309"/>
       <c r="F309"/>
       <c r="G309"/>
       <c r="H309"/>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C310"/>
       <c r="D310"/>
       <c r="E310"/>
       <c r="F310"/>
       <c r="G310"/>
       <c r="H310"/>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C311"/>
       <c r="D311"/>
       <c r="E311"/>
       <c r="F311"/>
       <c r="G311"/>
       <c r="H311"/>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C312"/>
       <c r="D312"/>
       <c r="E312"/>
       <c r="F312"/>
       <c r="G312"/>
       <c r="H312"/>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C313" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="D313" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="E313" t="s">
         <v>72</v>
       </c>
       <c r="F313"/>
       <c r="G313"/>
       <c r="H313" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C314"/>
       <c r="D314"/>
       <c r="E314"/>
       <c r="F314"/>
       <c r="G314"/>
       <c r="H314"/>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C315" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="D315" t="s">
-        <v>267</v>
+        <v>105</v>
       </c>
       <c r="E315" t="s">
-        <v>139</v>
+        <v>183</v>
       </c>
       <c r="F315"/>
       <c r="G315"/>
       <c r="H315" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C316" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="D316" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="E316" t="s">
         <v>27</v>
       </c>
       <c r="F316"/>
       <c r="G316"/>
       <c r="H316" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C317" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="D317" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="E317" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="F317"/>
       <c r="G317"/>
       <c r="H317" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C318"/>
       <c r="D318"/>
       <c r="E318"/>
       <c r="F318"/>
       <c r="G318"/>
       <c r="H318"/>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C319"/>
       <c r="D319"/>
       <c r="E319"/>
       <c r="F319"/>
       <c r="G319"/>
       <c r="H319"/>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C320"/>
       <c r="D320"/>
       <c r="E320"/>
       <c r="F320"/>
       <c r="G320"/>
       <c r="H320"/>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C321"/>
       <c r="D321"/>
       <c r="E321"/>
       <c r="F321"/>
       <c r="G321"/>
       <c r="H321"/>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C322" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="D322" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="E322" t="s">
         <v>67</v>
       </c>
       <c r="F322"/>
       <c r="G322"/>
       <c r="H322" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C323"/>
       <c r="D323"/>
       <c r="E323"/>
       <c r="F323"/>
       <c r="G323"/>
       <c r="H323"/>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C324"/>
       <c r="D324"/>
       <c r="E324"/>
       <c r="F324"/>
       <c r="G324"/>
       <c r="H324"/>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C325"/>
       <c r="D325"/>
       <c r="E325"/>
       <c r="F325"/>
       <c r="G325"/>
       <c r="H325"/>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C326"/>
       <c r="D326"/>
       <c r="E326"/>
       <c r="F326"/>
       <c r="G326"/>
       <c r="H326"/>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C327"/>
       <c r="D327"/>
       <c r="E327"/>
       <c r="F327"/>
       <c r="G327"/>
       <c r="H327"/>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C328"/>
       <c r="D328"/>
       <c r="E328"/>
       <c r="F328"/>
       <c r="G328"/>
       <c r="H328"/>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C329"/>
       <c r="D329"/>
       <c r="E329"/>
       <c r="F329"/>
       <c r="G329"/>
       <c r="H329"/>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C330"/>
       <c r="D330"/>
       <c r="E330"/>
       <c r="F330"/>
       <c r="G330"/>
       <c r="H330"/>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C331"/>
       <c r="D331"/>
       <c r="E331"/>
       <c r="F331"/>
       <c r="G331"/>
       <c r="H331"/>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C332"/>
       <c r="D332"/>
       <c r="E332"/>
       <c r="F332"/>
       <c r="G332"/>
       <c r="H332"/>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C333"/>
       <c r="D333"/>
       <c r="E333"/>
       <c r="F333"/>
       <c r="G333"/>
       <c r="H333"/>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C334" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="D334" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="E334" t="s">
         <v>51</v>
       </c>
       <c r="F334"/>
       <c r="G334"/>
       <c r="H334" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C335"/>
       <c r="D335"/>
       <c r="E335"/>
       <c r="F335"/>
       <c r="G335"/>
       <c r="H335"/>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C336" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="D336" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="E336" t="s">
         <v>58</v>
       </c>
       <c r="F336"/>
       <c r="G336" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="H336" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C337"/>
       <c r="D337"/>
       <c r="E337"/>
       <c r="F337"/>
       <c r="G337"/>
       <c r="H337"/>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C338"/>
       <c r="D338"/>
       <c r="E338"/>
       <c r="F338"/>
       <c r="G338"/>
       <c r="H338"/>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="C339" t="s">
-        <v>312</v>
+        <v>316</v>
       </c>
       <c r="D339" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="E339" t="s">
         <v>78</v>
       </c>
       <c r="F339"/>
       <c r="G339"/>
       <c r="H339" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C340"/>
       <c r="D340"/>
       <c r="E340"/>
       <c r="F340"/>
       <c r="G340"/>
       <c r="H340"/>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C341"/>
       <c r="D341"/>
       <c r="E341"/>
       <c r="F341"/>
       <c r="G341"/>
       <c r="H341"/>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="C342"/>
       <c r="D342"/>
       <c r="E342"/>
       <c r="F342"/>
       <c r="G342"/>
       <c r="H342"/>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="C343" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="D343" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="E343" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="F343"/>
       <c r="G343"/>
       <c r="H343" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="C344" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="D344" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="E344"/>
       <c r="F344"/>
       <c r="G344"/>
       <c r="H344" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="C345" t="s">
-        <v>319</v>
+        <v>323</v>
       </c>
       <c r="D345" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="E345" t="s">
         <v>39</v>
       </c>
       <c r="F345"/>
       <c r="G345"/>
       <c r="H345" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C346"/>
       <c r="D346"/>
       <c r="E346"/>
       <c r="F346"/>
       <c r="G346"/>
       <c r="H346"/>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="C347"/>
       <c r="D347"/>
       <c r="E347"/>
       <c r="F347"/>
       <c r="G347"/>
       <c r="H347"/>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C348"/>
       <c r="D348"/>
       <c r="E348"/>
       <c r="F348"/>
       <c r="G348"/>
       <c r="H348"/>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C349" t="s">
-        <v>321</v>
+        <v>325</v>
       </c>
       <c r="D349" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="E349" t="s">
         <v>36</v>
       </c>
       <c r="F349"/>
       <c r="G349"/>
       <c r="H349" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C350"/>
       <c r="D350"/>
       <c r="E350"/>
       <c r="F350"/>
       <c r="G350"/>
       <c r="H350"/>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C351"/>
       <c r="D351"/>
       <c r="E351"/>
       <c r="F351"/>
       <c r="G351"/>
       <c r="H351"/>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="C352"/>
       <c r="D352"/>
       <c r="E352"/>
       <c r="F352"/>
       <c r="G352"/>
       <c r="H352"/>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="C353" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="D353" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="E353" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="F353"/>
       <c r="G353"/>
       <c r="H353" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="C354"/>
       <c r="D354"/>
       <c r="E354"/>
       <c r="F354"/>
       <c r="G354"/>
       <c r="H354"/>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C355" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="D355" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="E355" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="F355"/>
       <c r="G355"/>
       <c r="H355" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="C356" t="s">
-        <v>329</v>
+        <v>333</v>
       </c>
       <c r="D356" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="E356" t="s">
         <v>58</v>
       </c>
       <c r="F356"/>
       <c r="G356"/>
       <c r="H356" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="C357"/>
       <c r="D357"/>
       <c r="E357"/>
       <c r="F357"/>
       <c r="G357"/>
       <c r="H357"/>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="C358"/>
       <c r="D358"/>
       <c r="E358"/>
       <c r="F358"/>
       <c r="G358"/>
       <c r="H358"/>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="C359"/>
       <c r="D359"/>
       <c r="E359"/>
       <c r="F359"/>
       <c r="G359"/>
       <c r="H359"/>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C360"/>
       <c r="D360"/>
       <c r="E360"/>
       <c r="F360"/>
       <c r="G360"/>
       <c r="H360"/>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C361"/>
       <c r="D361"/>
       <c r="E361"/>
       <c r="F361"/>
       <c r="G361"/>
       <c r="H361"/>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C362"/>
       <c r="D362"/>
       <c r="E362"/>
       <c r="F362"/>
       <c r="G362"/>
       <c r="H362"/>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C363" t="s">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="D363" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="E363" t="s">
         <v>51</v>
       </c>
       <c r="F363"/>
       <c r="G363"/>
       <c r="H363" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C364"/>
       <c r="D364"/>
       <c r="E364"/>
       <c r="F364"/>
       <c r="G364"/>
       <c r="H364"/>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C365"/>
       <c r="D365"/>
       <c r="E365"/>
       <c r="F365"/>
       <c r="G365"/>
       <c r="H365"/>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C366"/>
       <c r="D366"/>
       <c r="E366"/>
       <c r="F366"/>
       <c r="G366"/>
       <c r="H366"/>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C367"/>
       <c r="D367"/>
       <c r="E367"/>
       <c r="F367"/>
       <c r="G367"/>
       <c r="H367"/>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
         <v>81</v>
       </c>
       <c r="C368"/>
       <c r="D368"/>
       <c r="E368"/>
       <c r="F368"/>
       <c r="G368"/>
       <c r="H368"/>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C369"/>
       <c r="D369"/>
       <c r="E369"/>
       <c r="F369"/>
       <c r="G369"/>
       <c r="H369"/>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
         <v>44</v>
       </c>
       <c r="C370"/>
       <c r="D370"/>
       <c r="E370"/>
       <c r="F370"/>
       <c r="G370"/>
       <c r="H370"/>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C371"/>
       <c r="D371"/>
       <c r="E371"/>
       <c r="F371"/>
       <c r="G371"/>
       <c r="H371"/>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C372" t="s">
-        <v>337</v>
+        <v>341</v>
       </c>
       <c r="D372" t="s">
         <v>90</v>
       </c>
       <c r="E372" t="s">
         <v>97</v>
       </c>
       <c r="F372"/>
       <c r="G372"/>
       <c r="H372" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C373" t="s">
-        <v>338</v>
+        <v>342</v>
       </c>
       <c r="D373" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="E373" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F373"/>
       <c r="G373"/>
       <c r="H373" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
-        <v>302</v>
-[...3 lines deleted...]
-      <c r="E374"/>
+        <v>306</v>
+      </c>
+      <c r="C374" t="s">
+        <v>345</v>
+      </c>
+      <c r="D374" t="s">
+        <v>346</v>
+      </c>
+      <c r="E374" t="s">
+        <v>29</v>
+      </c>
       <c r="F374"/>
       <c r="G374"/>
-      <c r="H374"/>
+      <c r="H374" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C375" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="D375" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="E375" t="s">
         <v>39</v>
       </c>
       <c r="F375"/>
       <c r="G375"/>
       <c r="H375" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
         <v>40</v>
       </c>
       <c r="C376" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="D376" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="E376" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="F376"/>
       <c r="G376"/>
       <c r="H376" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C377"/>
       <c r="D377"/>
       <c r="E377"/>
       <c r="F377"/>
       <c r="G377"/>
       <c r="H377"/>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C378" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="D378" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="E378" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="F378"/>
       <c r="G378"/>
       <c r="H378" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C379"/>
       <c r="D379"/>
       <c r="E379"/>
       <c r="F379"/>
       <c r="G379"/>
       <c r="H379"/>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C380"/>
       <c r="D380"/>
       <c r="E380"/>
       <c r="F380"/>
       <c r="G380"/>
       <c r="H380"/>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C381" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="D381" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="E381" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="F381"/>
-      <c r="G381"/>
+      <c r="G381" t="s">
+        <v>356</v>
+      </c>
       <c r="H381" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="C382"/>
       <c r="D382"/>
       <c r="E382"/>
       <c r="F382"/>
       <c r="G382"/>
       <c r="H382"/>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="C383"/>
       <c r="D383"/>
       <c r="E383"/>
       <c r="F383"/>
       <c r="G383"/>
       <c r="H383"/>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C384"/>
       <c r="D384"/>
       <c r="E384"/>
       <c r="F384"/>
       <c r="G384"/>
       <c r="H384"/>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C385" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="D385" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="E385" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="F385"/>
       <c r="G385"/>
       <c r="H385" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C386" t="s">
-        <v>352</v>
+        <v>359</v>
       </c>
       <c r="D386" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="E386" t="s">
-        <v>354</v>
+        <v>361</v>
       </c>
       <c r="F386"/>
       <c r="G386"/>
       <c r="H386" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C387" t="s">
-        <v>355</v>
+        <v>362</v>
       </c>
       <c r="D387" t="s">
-        <v>356</v>
+        <v>363</v>
       </c>
       <c r="E387" t="s">
         <v>39</v>
       </c>
       <c r="F387"/>
       <c r="G387"/>
       <c r="H387" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="C388" t="s">
-        <v>357</v>
+        <v>364</v>
       </c>
       <c r="D388" t="s">
-        <v>358</v>
+        <v>365</v>
       </c>
       <c r="E388" t="s">
         <v>71</v>
       </c>
       <c r="F388" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G388" t="s">
-        <v>359</v>
+        <v>366</v>
       </c>
       <c r="H388" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C389"/>
       <c r="D389"/>
       <c r="E389"/>
       <c r="F389"/>
       <c r="G389"/>
       <c r="H389"/>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="C390"/>
       <c r="D390"/>
       <c r="E390"/>
       <c r="F390"/>
       <c r="G390"/>
       <c r="H390"/>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C391"/>
       <c r="D391"/>
       <c r="E391"/>
       <c r="F391"/>
       <c r="G391"/>
       <c r="H391"/>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="C392" t="s">
-        <v>362</v>
+        <v>369</v>
       </c>
       <c r="D392" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="E392" t="s">
         <v>39</v>
       </c>
       <c r="F392"/>
       <c r="G392"/>
       <c r="H392" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="C393" t="s">
-        <v>363</v>
+        <v>370</v>
       </c>
       <c r="D393" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="E393" t="s">
         <v>36</v>
       </c>
       <c r="F393"/>
       <c r="G393" t="s">
-        <v>364</v>
+        <v>371</v>
       </c>
       <c r="H393" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C394"/>
       <c r="D394"/>
       <c r="E394"/>
       <c r="F394"/>
       <c r="G394"/>
       <c r="H394"/>
     </row>
     <row r="395" spans="1:8">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C395" t="s">
-        <v>365</v>
+        <v>372</v>
       </c>
       <c r="D395" t="s">
-        <v>366</v>
+        <v>373</v>
       </c>
       <c r="E395"/>
       <c r="F395"/>
       <c r="G395"/>
       <c r="H395" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C396" t="s">
-        <v>367</v>
+        <v>374</v>
       </c>
       <c r="D396" t="s">
-        <v>368</v>
+        <v>375</v>
       </c>
       <c r="E396" t="s">
         <v>51</v>
       </c>
       <c r="F396"/>
       <c r="G396"/>
       <c r="H396" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C397" t="s">
-        <v>369</v>
+        <v>376</v>
       </c>
       <c r="D397" t="s">
-        <v>370</v>
+        <v>377</v>
       </c>
       <c r="E397" t="s">
-        <v>371</v>
+        <v>378</v>
       </c>
       <c r="F397"/>
       <c r="G397"/>
       <c r="H397" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C398" t="s">
-        <v>372</v>
+        <v>379</v>
       </c>
       <c r="D398" t="s">
-        <v>373</v>
+        <v>380</v>
       </c>
       <c r="E398" t="s">
         <v>39</v>
       </c>
       <c r="F398"/>
       <c r="G398"/>
       <c r="H398" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C399"/>
       <c r="D399"/>
       <c r="E399"/>
       <c r="F399"/>
       <c r="G399"/>
       <c r="H399"/>
     </row>
     <row r="400" spans="1:8">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C400" t="s">
-        <v>375</v>
+        <v>382</v>
       </c>
       <c r="D400" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="E400" t="s">
         <v>43</v>
       </c>
       <c r="F400"/>
       <c r="G400"/>
       <c r="H400" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C401" t="s">
-        <v>376</v>
+        <v>383</v>
       </c>
       <c r="D401" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="E401" t="s">
         <v>72</v>
       </c>
       <c r="F401"/>
       <c r="G401"/>
       <c r="H401" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="C402"/>
       <c r="D402"/>
       <c r="E402"/>
       <c r="F402"/>
       <c r="G402"/>
       <c r="H402"/>
     </row>
     <row r="403" spans="1:8">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="C403"/>
       <c r="D403"/>
       <c r="E403"/>
       <c r="F403"/>
       <c r="G403"/>
       <c r="H403"/>
     </row>
     <row r="404" spans="1:8">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C404" t="s">
-        <v>379</v>
+        <v>386</v>
       </c>
       <c r="D404" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="E404" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
       <c r="F404"/>
       <c r="G404"/>
       <c r="H404" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C405" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="D405" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="E405" t="s">
         <v>78</v>
       </c>
       <c r="F405"/>
       <c r="G405"/>
       <c r="H405" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C406" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="D406" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="E406" t="s">
         <v>30</v>
       </c>
       <c r="F406"/>
       <c r="G406"/>
       <c r="H406" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="C407"/>
       <c r="D407"/>
       <c r="E407"/>
       <c r="F407"/>
       <c r="G407"/>
       <c r="H407"/>
     </row>
     <row r="408" spans="1:8">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="C408"/>
       <c r="D408"/>
       <c r="E408"/>
       <c r="F408"/>
       <c r="G408"/>
       <c r="H408"/>
     </row>
     <row r="409" spans="1:8">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="C409" t="s">
-        <v>389</v>
+        <v>396</v>
       </c>
       <c r="D409" t="s">
         <v>57</v>
       </c>
       <c r="E409" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="F409"/>
       <c r="G409"/>
       <c r="H409" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C410"/>
       <c r="D410"/>
       <c r="E410"/>
       <c r="F410"/>
       <c r="G410"/>
       <c r="H410"/>
     </row>
     <row r="411" spans="1:8">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C411"/>
       <c r="D411"/>
       <c r="E411"/>
       <c r="F411"/>
       <c r="G411"/>
       <c r="H411"/>
     </row>
     <row r="412" spans="1:8">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="C412"/>
       <c r="D412"/>
       <c r="E412"/>
       <c r="F412"/>
       <c r="G412"/>
       <c r="H412"/>
     </row>
     <row r="413" spans="1:8">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="C413"/>
       <c r="D413"/>
       <c r="E413"/>
       <c r="F413"/>
       <c r="G413"/>
       <c r="H413"/>
     </row>
     <row r="414" spans="1:8">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C414"/>
       <c r="D414"/>
       <c r="E414"/>
       <c r="F414"/>
       <c r="G414"/>
       <c r="H414"/>
     </row>
     <row r="415" spans="1:8">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C415" t="s">
-        <v>392</v>
+        <v>399</v>
       </c>
       <c r="D415" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="E415" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="F415"/>
       <c r="G415"/>
       <c r="H415" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C416"/>
       <c r="D416"/>
       <c r="E416"/>
       <c r="F416"/>
       <c r="G416"/>
       <c r="H416"/>
     </row>
     <row r="417" spans="1:8">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C417"/>
       <c r="D417"/>
       <c r="E417"/>
       <c r="F417"/>
       <c r="G417"/>
       <c r="H417"/>
     </row>
     <row r="418" spans="1:8">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C418"/>
       <c r="D418"/>
       <c r="E418"/>
       <c r="F418"/>
       <c r="G418"/>
       <c r="H418"/>
     </row>
     <row r="419" spans="1:8">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C419" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="D419" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="E419" t="s">
         <v>39</v>
       </c>
       <c r="F419"/>
       <c r="G419"/>
       <c r="H419" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C420"/>
       <c r="D420"/>
       <c r="E420"/>
       <c r="F420"/>
       <c r="G420"/>
       <c r="H420"/>
     </row>
     <row r="421" spans="1:8">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C421"/>
       <c r="D421"/>
       <c r="E421"/>
       <c r="F421"/>
       <c r="G421"/>
       <c r="H421"/>
     </row>
     <row r="422" spans="1:8">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C422"/>
       <c r="D422"/>
       <c r="E422"/>
       <c r="F422"/>
       <c r="G422"/>
       <c r="H422"/>
     </row>
     <row r="423" spans="1:8">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="C423"/>
       <c r="D423"/>
       <c r="E423"/>
       <c r="F423"/>
       <c r="G423"/>
       <c r="H423"/>
     </row>
     <row r="424" spans="1:8">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="C424"/>
       <c r="D424"/>
       <c r="E424"/>
       <c r="F424"/>
       <c r="G424"/>
       <c r="H424"/>
     </row>
     <row r="425" spans="1:8">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="C425"/>
       <c r="D425"/>
       <c r="E425"/>
       <c r="F425"/>
       <c r="G425"/>
       <c r="H425"/>
     </row>
     <row r="426" spans="1:8">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="C426"/>
       <c r="D426"/>
       <c r="E426"/>
       <c r="F426"/>
       <c r="G426"/>
       <c r="H426"/>
     </row>
     <row r="427" spans="1:8">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C427"/>
       <c r="D427"/>
       <c r="E427"/>
       <c r="F427"/>
       <c r="G427"/>
       <c r="H427"/>
     </row>
     <row r="428" spans="1:8">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C428"/>
       <c r="D428"/>
       <c r="E428"/>
       <c r="F428"/>
       <c r="G428"/>
       <c r="H428"/>
     </row>
     <row r="429" spans="1:8">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C429" t="s">
-        <v>396</v>
+        <v>403</v>
       </c>
       <c r="D429" t="s">
         <v>21</v>
       </c>
       <c r="E429" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="F429"/>
       <c r="G429" t="s">
-        <v>397</v>
+        <v>404</v>
       </c>
       <c r="H429" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C430" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="D430" t="s">
-        <v>399</v>
+        <v>406</v>
       </c>
       <c r="E430" t="s">
         <v>58</v>
       </c>
       <c r="F430"/>
-      <c r="G430" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="G430"/>
       <c r="H430" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C431"/>
       <c r="D431"/>
       <c r="E431"/>
       <c r="F431"/>
       <c r="G431"/>
       <c r="H431"/>
     </row>
     <row r="432" spans="1:8">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C432"/>
       <c r="D432"/>
       <c r="E432"/>
       <c r="F432"/>
       <c r="G432"/>
       <c r="H432"/>
     </row>
     <row r="433" spans="1:8">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C433"/>
       <c r="D433"/>
       <c r="E433"/>
       <c r="F433"/>
       <c r="G433"/>
       <c r="H433"/>
     </row>
     <row r="434" spans="1:8">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C434"/>
       <c r="D434"/>
       <c r="E434"/>
       <c r="F434"/>
       <c r="G434"/>
       <c r="H434"/>
     </row>
     <row r="435" spans="1:8">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C435"/>
       <c r="D435"/>
       <c r="E435"/>
       <c r="F435"/>
       <c r="G435"/>
       <c r="H435"/>
     </row>
     <row r="436" spans="1:8">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C436" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="D436" t="s">
         <v>33</v>
       </c>
       <c r="E436" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="F436"/>
       <c r="G436"/>
       <c r="H436" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C437" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="D437" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="E437" t="s">
         <v>39</v>
       </c>
       <c r="F437"/>
       <c r="G437"/>
       <c r="H437" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
-        <v>320</v>
+        <v>324</v>
       </c>
       <c r="C438" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="D438" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="E438" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="F438"/>
       <c r="G438"/>
       <c r="H438" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
         <v>40</v>
       </c>
       <c r="C439"/>
       <c r="D439"/>
       <c r="E439"/>
       <c r="F439"/>
       <c r="G439"/>
       <c r="H439"/>
     </row>
     <row r="440" spans="1:8">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="C440" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
       <c r="D440" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="E440" t="s">
         <v>90</v>
       </c>
       <c r="F440"/>
       <c r="G440" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="H440" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C441"/>
       <c r="D441"/>
       <c r="E441"/>
       <c r="F441"/>
       <c r="G441"/>
       <c r="H441"/>
     </row>
     <row r="442" spans="1:8">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="C442"/>
       <c r="D442"/>
       <c r="E442"/>
       <c r="F442"/>
       <c r="G442"/>
       <c r="H442"/>
     </row>
     <row r="443" spans="1:8">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C443"/>
       <c r="D443"/>
       <c r="E443"/>
       <c r="F443"/>
       <c r="G443"/>
       <c r="H443"/>
     </row>
     <row r="444" spans="1:8">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C444"/>
       <c r="D444"/>
       <c r="E444"/>
       <c r="F444"/>
       <c r="G444"/>
       <c r="H444"/>
     </row>
     <row r="445" spans="1:8">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="C445"/>
       <c r="D445"/>
       <c r="E445"/>
       <c r="F445"/>
       <c r="G445"/>
       <c r="H445"/>
     </row>
     <row r="446" spans="1:8">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="C446" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
       <c r="D446" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="E446" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="F446"/>
       <c r="G446"/>
       <c r="H446" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="C447" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
       <c r="D447" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="E447" t="s">
         <v>78</v>
       </c>
       <c r="F447"/>
       <c r="G447"/>
       <c r="H447" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C448" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="D448" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="E448" t="s">
         <v>73</v>
       </c>
       <c r="F448"/>
       <c r="G448"/>
       <c r="H448" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="C449"/>
       <c r="D449"/>
       <c r="E449"/>
       <c r="F449"/>
       <c r="G449"/>
       <c r="H449"/>
     </row>
     <row r="450" spans="1:8">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C450"/>
       <c r="D450"/>
       <c r="E450"/>
       <c r="F450"/>
       <c r="G450"/>
       <c r="H450"/>
     </row>
     <row r="451" spans="1:8">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C451" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="D451" t="s">
         <v>90</v>
       </c>
       <c r="E451" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="F451"/>
       <c r="G451"/>
       <c r="H451" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C452"/>
       <c r="D452"/>
       <c r="E452"/>
       <c r="F452"/>
       <c r="G452"/>
       <c r="H452"/>
     </row>
     <row r="453" spans="1:8">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C453" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="D453" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="E453" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="F453"/>
       <c r="G453"/>
       <c r="H453" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C454"/>
       <c r="D454"/>
       <c r="E454"/>
       <c r="F454"/>
       <c r="G454"/>
       <c r="H454"/>
     </row>
     <row r="455" spans="1:8">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455"/>
       <c r="F455"/>
       <c r="G455"/>
       <c r="H455"/>
     </row>
     <row r="456" spans="1:8">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456" t="s">
         <v>44</v>
       </c>
       <c r="C456"/>
       <c r="D456"/>
       <c r="E456"/>
       <c r="F456"/>
       <c r="G456"/>
       <c r="H456"/>
     </row>
     <row r="457" spans="1:8">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C457"/>
       <c r="D457"/>
       <c r="E457"/>
       <c r="F457"/>
       <c r="G457"/>
       <c r="H457"/>
     </row>
     <row r="458" spans="1:8">
       <c r="A458">
         <v>457</v>
       </c>
       <c r="B458" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="C458"/>
       <c r="D458"/>
       <c r="E458"/>
       <c r="F458"/>
       <c r="G458"/>
       <c r="H458"/>
     </row>
     <row r="459" spans="1:8">
       <c r="A459">
         <v>458</v>
       </c>
       <c r="B459" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="C459"/>
       <c r="D459"/>
       <c r="E459"/>
       <c r="F459"/>
       <c r="G459"/>
       <c r="H459"/>
     </row>
     <row r="460" spans="1:8">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C460"/>
       <c r="D460"/>
       <c r="E460"/>
       <c r="F460"/>
       <c r="G460"/>
       <c r="H460"/>
     </row>
     <row r="461" spans="1:8">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C461" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="D461" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="E461" t="s">
         <v>39</v>
       </c>
       <c r="F461"/>
       <c r="G461"/>
       <c r="H461" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462">
         <v>461</v>
       </c>
       <c r="B462" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C462"/>
       <c r="D462"/>
       <c r="E462"/>
       <c r="F462"/>
       <c r="G462"/>
       <c r="H462"/>
     </row>
     <row r="463" spans="1:8">
       <c r="A463">
         <v>462</v>
       </c>
       <c r="B463" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C463"/>
       <c r="D463"/>
       <c r="E463"/>
       <c r="F463"/>
       <c r="G463"/>
       <c r="H463"/>
     </row>
     <row r="464" spans="1:8">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="C464"/>
       <c r="D464"/>
       <c r="E464"/>
       <c r="F464"/>
       <c r="G464"/>
       <c r="H464"/>
     </row>
     <row r="465" spans="1:8">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="C465"/>
       <c r="D465"/>
       <c r="E465"/>
       <c r="F465"/>
       <c r="G465"/>
       <c r="H465"/>
     </row>
     <row r="466" spans="1:8">
       <c r="A466">
         <v>465</v>
       </c>
       <c r="B466" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="C466"/>
       <c r="D466"/>
       <c r="E466"/>
       <c r="F466"/>
       <c r="G466"/>
       <c r="H466"/>
     </row>
     <row r="467" spans="1:8">
       <c r="A467">
         <v>466</v>
       </c>
       <c r="B467" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C467" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="D467" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="E467" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="F467"/>
       <c r="G467"/>
       <c r="H467" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C468"/>
       <c r="D468"/>
       <c r="E468"/>
       <c r="F468"/>
       <c r="G468"/>
       <c r="H468"/>
     </row>
     <row r="469" spans="1:8">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C469" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="D469" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="E469" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="F469"/>
       <c r="G469"/>
       <c r="H469" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="C470"/>
       <c r="D470"/>
       <c r="E470"/>
       <c r="F470"/>
       <c r="G470"/>
       <c r="H470"/>
     </row>
     <row r="471" spans="1:8">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="C471"/>
       <c r="D471"/>
       <c r="E471"/>
       <c r="F471"/>
       <c r="G471"/>
       <c r="H471"/>
     </row>
     <row r="472" spans="1:8">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C472" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="D472" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="E472" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
       <c r="F472"/>
       <c r="G472"/>
       <c r="H472" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C473"/>
       <c r="D473"/>
       <c r="E473"/>
       <c r="F473"/>
       <c r="G473"/>
       <c r="H473"/>
     </row>
     <row r="474" spans="1:8">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C474"/>
       <c r="D474"/>
       <c r="E474"/>
       <c r="F474"/>
       <c r="G474"/>
       <c r="H474"/>
     </row>
     <row r="475" spans="1:8">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="C475"/>
       <c r="D475"/>
       <c r="E475"/>
       <c r="F475"/>
       <c r="G475"/>
       <c r="H475"/>
     </row>
     <row r="476" spans="1:8">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C476"/>
       <c r="D476"/>
       <c r="E476"/>
       <c r="F476"/>
       <c r="G476"/>
       <c r="H476"/>
     </row>
     <row r="477" spans="1:8">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C477"/>
       <c r="D477"/>
       <c r="E477"/>
       <c r="F477"/>
       <c r="G477"/>
       <c r="H477"/>
     </row>
     <row r="478" spans="1:8">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C478"/>
       <c r="D478"/>
       <c r="E478"/>
       <c r="F478"/>
       <c r="G478"/>
       <c r="H478"/>
     </row>
     <row r="479" spans="1:8">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C479"/>
       <c r="D479"/>
       <c r="E479"/>
       <c r="F479"/>
       <c r="G479"/>
       <c r="H479"/>
     </row>
     <row r="480" spans="1:8">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C480"/>
       <c r="D480"/>
       <c r="E480"/>
       <c r="F480"/>
       <c r="G480"/>
       <c r="H480"/>
     </row>
     <row r="481" spans="1:8">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="C481"/>
       <c r="D481"/>
       <c r="E481"/>
       <c r="F481"/>
       <c r="G481"/>
       <c r="H481"/>
     </row>
     <row r="482" spans="1:8">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="C482"/>
       <c r="D482"/>
       <c r="E482"/>
       <c r="F482"/>
       <c r="G482"/>
       <c r="H482"/>
     </row>
     <row r="483" spans="1:8">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C483" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="D483" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="E483" t="s">
         <v>27</v>
       </c>
       <c r="F483"/>
       <c r="G483"/>
       <c r="H483" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484" t="s">
-        <v>335</v>
-[...9 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="C484"/>
+      <c r="D484"/>
+      <c r="E484"/>
       <c r="F484"/>
       <c r="G484"/>
-      <c r="H484" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H484"/>
     </row>
     <row r="485" spans="1:8">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C485"/>
       <c r="D485"/>
       <c r="E485"/>
       <c r="F485"/>
       <c r="G485"/>
       <c r="H485"/>
     </row>
     <row r="486" spans="1:8">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C486"/>
       <c r="D486"/>
       <c r="E486"/>
       <c r="F486"/>
       <c r="G486"/>
       <c r="H486"/>
     </row>
     <row r="487" spans="1:8">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C487"/>
       <c r="D487"/>
       <c r="E487"/>
       <c r="F487"/>
       <c r="G487"/>
       <c r="H487"/>
     </row>
     <row r="488" spans="1:8">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C488"/>
       <c r="D488"/>
       <c r="E488"/>
       <c r="F488"/>
       <c r="G488"/>
       <c r="H488"/>
     </row>
     <row r="489" spans="1:8">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="C489"/>
       <c r="D489"/>
       <c r="E489"/>
       <c r="F489"/>
       <c r="G489"/>
       <c r="H489"/>
     </row>
     <row r="490" spans="1:8">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="C490"/>
       <c r="D490"/>
       <c r="E490"/>
       <c r="F490"/>
       <c r="G490"/>
       <c r="H490"/>
     </row>
     <row r="491" spans="1:8">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="C491"/>
       <c r="D491"/>
       <c r="E491"/>
       <c r="F491"/>
       <c r="G491"/>
       <c r="H491"/>
     </row>
     <row r="492" spans="1:8">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C492" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="D492" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="E492" t="s">
         <v>51</v>
       </c>
       <c r="F492"/>
       <c r="G492"/>
       <c r="H492" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C493" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="D493" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="E493" t="s">
         <v>30</v>
       </c>
       <c r="F493"/>
       <c r="G493"/>
       <c r="H493" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C494"/>
       <c r="D494"/>
       <c r="E494"/>
       <c r="F494"/>
       <c r="G494"/>
       <c r="H494"/>
     </row>
     <row r="495" spans="1:8">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C495" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="D495" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="E495" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="F495"/>
       <c r="G495"/>
       <c r="H495" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C496" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="D496" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="E496" t="s">
         <v>67</v>
       </c>
       <c r="F496"/>
       <c r="G496"/>
       <c r="H496" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="C497" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="D497" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="E497" t="s">
         <v>38</v>
       </c>
       <c r="F497"/>
       <c r="G497"/>
       <c r="H497" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C498"/>
       <c r="D498"/>
       <c r="E498"/>
       <c r="F498"/>
       <c r="G498"/>
       <c r="H498"/>
     </row>
     <row r="499" spans="1:8">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="C499"/>
       <c r="D499"/>
       <c r="E499"/>
       <c r="F499"/>
       <c r="G499"/>
       <c r="H499"/>
     </row>
     <row r="500" spans="1:8">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="C500" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="D500" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="E500" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="F500"/>
       <c r="G500"/>
       <c r="H500" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="C501"/>
       <c r="D501"/>
       <c r="E501"/>
       <c r="F501"/>
       <c r="G501"/>
       <c r="H501"/>
     </row>
     <row r="502" spans="1:8">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C502" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="D502" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="E502" t="s">
-        <v>267</v>
+        <v>105</v>
       </c>
       <c r="F502"/>
       <c r="G502"/>
       <c r="H502" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C503"/>
       <c r="D503"/>
       <c r="E503"/>
       <c r="F503"/>
       <c r="G503"/>
       <c r="H503"/>
     </row>
     <row r="504" spans="1:8">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="C504"/>
       <c r="D504"/>
       <c r="E504"/>
       <c r="F504"/>
       <c r="G504"/>
       <c r="H504"/>
     </row>
     <row r="505" spans="1:8">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C505"/>
       <c r="D505"/>
       <c r="E505"/>
       <c r="F505"/>
       <c r="G505"/>
       <c r="H505"/>
     </row>
     <row r="506" spans="1:8">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="C506"/>
       <c r="D506"/>
       <c r="E506"/>
       <c r="F506"/>
       <c r="G506"/>
       <c r="H506"/>
     </row>
     <row r="507" spans="1:8">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C507" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="D507" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="E507" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="F507"/>
       <c r="G507"/>
       <c r="H507" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C508"/>
       <c r="D508"/>
       <c r="E508"/>
       <c r="F508"/>
       <c r="G508"/>
       <c r="H508"/>
     </row>
     <row r="509" spans="1:8">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C509"/>
       <c r="D509"/>
       <c r="E509"/>
       <c r="F509"/>
       <c r="G509"/>
       <c r="H509"/>
     </row>
     <row r="510" spans="1:8">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C510"/>
       <c r="D510"/>
       <c r="E510"/>
       <c r="F510"/>
       <c r="G510"/>
       <c r="H510"/>
     </row>
     <row r="511" spans="1:8">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C511"/>
       <c r="D511"/>
       <c r="E511"/>
       <c r="F511"/>
       <c r="G511"/>
       <c r="H511"/>
     </row>
     <row r="512" spans="1:8">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C512"/>
       <c r="D512"/>
       <c r="E512"/>
       <c r="F512"/>
       <c r="G512"/>
       <c r="H512"/>
     </row>
     <row r="513" spans="1:8">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C513"/>
       <c r="D513"/>
       <c r="E513"/>
       <c r="F513"/>
       <c r="G513"/>
       <c r="H513"/>
     </row>
     <row r="514" spans="1:8">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C514"/>
       <c r="D514"/>
       <c r="E514"/>
       <c r="F514"/>
       <c r="G514"/>
       <c r="H514"/>
     </row>
     <row r="515" spans="1:8">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C515"/>
       <c r="D515"/>
       <c r="E515"/>
       <c r="F515"/>
       <c r="G515"/>
       <c r="H515"/>
     </row>
     <row r="516" spans="1:8">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C516"/>
       <c r="D516"/>
       <c r="E516"/>
       <c r="F516"/>
       <c r="G516"/>
       <c r="H516"/>
     </row>
     <row r="517" spans="1:8">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C517"/>
       <c r="D517"/>
       <c r="E517"/>
       <c r="F517"/>
       <c r="G517"/>
       <c r="H517"/>
     </row>
     <row r="518" spans="1:8">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="C518"/>
       <c r="D518"/>
       <c r="E518"/>
       <c r="F518"/>
       <c r="G518"/>
       <c r="H518"/>
     </row>
     <row r="519" spans="1:8">
       <c r="A519">
         <v>518</v>
       </c>
       <c r="B519" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="C519"/>
       <c r="D519"/>
       <c r="E519"/>
       <c r="F519"/>
       <c r="G519"/>
       <c r="H519"/>
     </row>
     <row r="520" spans="1:8">
       <c r="A520">
         <v>519</v>
       </c>
       <c r="B520" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="C520"/>
       <c r="D520"/>
       <c r="E520"/>
       <c r="F520"/>
       <c r="G520"/>
       <c r="H520"/>
     </row>
     <row r="521" spans="1:8">
       <c r="A521">
         <v>520</v>
       </c>
       <c r="B521" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C521" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="D521" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="E521" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="F521"/>
       <c r="G521"/>
       <c r="H521" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="C522"/>
       <c r="D522"/>
       <c r="E522"/>
       <c r="F522"/>
       <c r="G522"/>
       <c r="H522"/>
     </row>
     <row r="523" spans="1:8">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="C523" t="s">
-        <v>212</v>
+        <v>220</v>
       </c>
       <c r="D523" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="E523" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="F523"/>
       <c r="G523" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="H523" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524">
         <v>523</v>
       </c>
       <c r="B524" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C524" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="D524" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="E524" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="F524"/>
       <c r="G524"/>
       <c r="H524" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525">
         <v>524</v>
       </c>
       <c r="B525" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="C525"/>
       <c r="D525"/>
       <c r="E525"/>
       <c r="F525"/>
       <c r="G525"/>
       <c r="H525"/>
     </row>
     <row r="526" spans="1:8">
       <c r="A526">
         <v>525</v>
       </c>
       <c r="B526" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="C526"/>
       <c r="D526"/>
       <c r="E526"/>
       <c r="F526"/>
       <c r="G526"/>
       <c r="H526"/>
     </row>
     <row r="527" spans="1:8">
       <c r="A527">
         <v>526</v>
       </c>
       <c r="B527" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C527" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="D527" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
       <c r="E527" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="F527"/>
       <c r="G527"/>
       <c r="H527" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528">
         <v>527</v>
       </c>
       <c r="B528" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C528"/>
       <c r="D528"/>
       <c r="E528"/>
       <c r="F528"/>
       <c r="G528"/>
       <c r="H528"/>
     </row>
     <row r="529" spans="1:8">
       <c r="A529">
         <v>528</v>
       </c>
       <c r="B529" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="C529"/>
       <c r="D529"/>
       <c r="E529"/>
       <c r="F529"/>
       <c r="G529"/>
       <c r="H529"/>
     </row>
     <row r="530" spans="1:8">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="C530"/>
       <c r="D530"/>
       <c r="E530"/>
       <c r="F530"/>
       <c r="G530"/>
       <c r="H530"/>
     </row>
     <row r="531" spans="1:8">
       <c r="A531">
         <v>530</v>
       </c>
       <c r="B531" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C531" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="D531" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="E531" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="F531"/>
       <c r="G531"/>
       <c r="H531" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532">
         <v>531</v>
       </c>
       <c r="B532" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="C532"/>
       <c r="D532"/>
       <c r="E532"/>
       <c r="F532"/>
       <c r="G532"/>
       <c r="H532"/>
     </row>
     <row r="533" spans="1:8">
       <c r="A533">
         <v>532</v>
       </c>
       <c r="B533" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C533"/>
       <c r="D533"/>
       <c r="E533"/>
       <c r="F533"/>
       <c r="G533"/>
       <c r="H533"/>
     </row>
     <row r="534" spans="1:8">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="C534" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D534" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="E534" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="F534"/>
       <c r="G534"/>
       <c r="H534" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535">
         <v>534</v>
       </c>
       <c r="B535" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C535"/>
       <c r="D535"/>
       <c r="E535"/>
       <c r="F535"/>
       <c r="G535"/>
       <c r="H535"/>
     </row>
     <row r="536" spans="1:8">
       <c r="A536">
         <v>535</v>
       </c>
       <c r="B536" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C536"/>
       <c r="D536"/>
       <c r="E536"/>
       <c r="F536"/>
       <c r="G536"/>
       <c r="H536"/>
     </row>
     <row r="537" spans="1:8">
       <c r="A537">
         <v>536</v>
       </c>
       <c r="B537" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C537" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="D537" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="E537" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="F537"/>
       <c r="G537"/>
       <c r="H537" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538">
         <v>537</v>
       </c>
       <c r="B538" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="C538" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="D538" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="E538" t="s">
-        <v>139</v>
+        <v>183</v>
       </c>
       <c r="F538"/>
       <c r="G538"/>
       <c r="H538" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539">
         <v>538</v>
       </c>
       <c r="B539" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C539" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="D539" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="E539" t="s">
-        <v>448</v>
+        <v>122</v>
       </c>
       <c r="F539"/>
       <c r="G539"/>
       <c r="H539" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540">
         <v>539</v>
       </c>
       <c r="B540" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="C540" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="D540" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="E540" t="s">
         <v>39</v>
       </c>
       <c r="F540"/>
       <c r="G540"/>
       <c r="H540" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C541" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="D541" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="E541" t="s">
-        <v>136</v>
+        <v>173</v>
       </c>
       <c r="F541"/>
       <c r="G541" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="H541" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C542" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="D542" t="s">
         <v>17</v>
       </c>
       <c r="E542" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="F542"/>
       <c r="G542"/>
       <c r="H542" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C543"/>
       <c r="D543"/>
       <c r="E543"/>
       <c r="F543"/>
       <c r="G543"/>
       <c r="H543"/>
     </row>
     <row r="544" spans="1:8">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C544"/>
       <c r="D544"/>
       <c r="E544"/>
       <c r="F544"/>
       <c r="G544"/>
       <c r="H544"/>
     </row>
     <row r="545" spans="1:8">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C545"/>
       <c r="D545"/>
       <c r="E545"/>
       <c r="F545"/>
       <c r="G545"/>
       <c r="H545"/>
     </row>
     <row r="546" spans="1:8">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C546" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="D546" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="E546" t="s">
-        <v>448</v>
+        <v>474</v>
       </c>
       <c r="F546"/>
       <c r="G546"/>
       <c r="H546" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C547" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="D547" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="E547" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="F547"/>
       <c r="G547" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="H547" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C548" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="D548" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="E548" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="F548"/>
       <c r="G548"/>
       <c r="H548" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C549"/>
       <c r="D549"/>
       <c r="E549"/>
       <c r="F549"/>
       <c r="G549"/>
       <c r="H549"/>
     </row>
     <row r="550" spans="1:8">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C550" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="D550" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="E550"/>
       <c r="F550" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G550" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="H550" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C551" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="D551" t="s">
         <v>89</v>
       </c>
       <c r="E551" t="s">
-        <v>394</v>
+        <v>401</v>
       </c>
       <c r="F551"/>
       <c r="G551"/>
       <c r="H551" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C552"/>
       <c r="D552"/>
       <c r="E552"/>
       <c r="F552"/>
       <c r="G552"/>
       <c r="H552"/>
     </row>
     <row r="553" spans="1:8">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C553" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="D553" t="s">
-        <v>148</v>
+        <v>155</v>
       </c>
       <c r="E553" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="F553"/>
       <c r="G553"/>
       <c r="H553" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C554"/>
       <c r="D554"/>
       <c r="E554"/>
       <c r="F554"/>
       <c r="G554"/>
       <c r="H554"/>
     </row>
     <row r="555" spans="1:8">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C555" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="D555" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="E555" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="F555"/>
       <c r="G555"/>
       <c r="H555" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C556" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="D556" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="E556" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="F556"/>
       <c r="G556"/>
       <c r="H556" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C557"/>
       <c r="D557"/>
       <c r="E557"/>
       <c r="F557"/>
       <c r="G557"/>
       <c r="H557"/>
     </row>
     <row r="558" spans="1:8">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C558" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="D558" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="E558" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="F558"/>
       <c r="G558"/>
       <c r="H558" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C559" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="D559" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="E559" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="F559"/>
       <c r="G559" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="H559" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C560"/>
       <c r="D560"/>
       <c r="E560"/>
       <c r="F560"/>
       <c r="G560"/>
       <c r="H560"/>
     </row>
     <row r="561" spans="1:8">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="C561" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="D561" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="E561" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="F561"/>
       <c r="G561"/>
       <c r="H561" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C562"/>
       <c r="D562"/>
       <c r="E562"/>
       <c r="F562"/>
       <c r="G562"/>
       <c r="H562"/>
     </row>
     <row r="563" spans="1:8">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="C563"/>
       <c r="D563"/>
       <c r="E563"/>
       <c r="F563"/>
       <c r="G563"/>
       <c r="H563"/>
     </row>
     <row r="564" spans="1:8">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C564"/>
       <c r="D564"/>
       <c r="E564"/>
       <c r="F564"/>
       <c r="G564"/>
       <c r="H564"/>
     </row>
     <row r="565" spans="1:8">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C565" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="D565" t="s">
-        <v>188</v>
+        <v>196</v>
       </c>
       <c r="E565" t="s">
         <v>36</v>
       </c>
       <c r="F565"/>
       <c r="G565" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="H565" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C566" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="D566" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="E566"/>
       <c r="F566"/>
       <c r="G566"/>
       <c r="H566" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567">
         <v>566</v>
       </c>
       <c r="B567" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C567"/>
       <c r="D567"/>
       <c r="E567"/>
       <c r="F567"/>
       <c r="G567"/>
       <c r="H567"/>
     </row>
     <row r="568" spans="1:8">
       <c r="A568">
         <v>567</v>
       </c>
       <c r="B568" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C568"/>
       <c r="D568"/>
       <c r="E568"/>
       <c r="F568"/>
       <c r="G568"/>
       <c r="H568"/>
     </row>
     <row r="569" spans="1:8">
       <c r="A569">
         <v>568</v>
       </c>
       <c r="B569" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C569"/>
       <c r="D569"/>
       <c r="E569"/>
       <c r="F569"/>
       <c r="G569"/>
       <c r="H569"/>
     </row>
     <row r="570" spans="1:8">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="C570" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="D570" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="E570" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="F570"/>
       <c r="G570"/>
       <c r="H570" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C571" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="D571" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="E571" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="F571"/>
       <c r="G571"/>
       <c r="H571" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C572"/>
       <c r="D572"/>
       <c r="E572"/>
       <c r="F572"/>
       <c r="G572"/>
       <c r="H572"/>
     </row>
     <row r="573" spans="1:8">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C573"/>
       <c r="D573"/>
       <c r="E573"/>
       <c r="F573"/>
       <c r="G573"/>
       <c r="H573"/>
     </row>
     <row r="574" spans="1:8">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C574"/>
       <c r="D574"/>
       <c r="E574"/>
       <c r="F574"/>
       <c r="G574"/>
       <c r="H574"/>
     </row>
     <row r="575" spans="1:8">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C575" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="D575" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="E575" t="s">
         <v>39</v>
       </c>
       <c r="F575"/>
       <c r="G575"/>
       <c r="H575" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C576" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="D576" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="E576" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="F576"/>
       <c r="G576" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="H576" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577">
         <v>576</v>
       </c>
       <c r="B577" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C577"/>
       <c r="D577"/>
       <c r="E577"/>
       <c r="F577"/>
       <c r="G577"/>
       <c r="H577"/>
     </row>
     <row r="578" spans="1:8">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C578"/>
       <c r="D578"/>
       <c r="E578"/>
       <c r="F578"/>
       <c r="G578"/>
       <c r="H578"/>
     </row>
     <row r="579" spans="1:8">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C579"/>
       <c r="D579"/>
       <c r="E579"/>
       <c r="F579"/>
       <c r="G579"/>
       <c r="H579"/>
     </row>
     <row r="580" spans="1:8">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C580"/>
       <c r="D580"/>
       <c r="E580"/>
       <c r="F580"/>
       <c r="G580"/>
       <c r="H580"/>
     </row>
     <row r="581" spans="1:8">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C581"/>
       <c r="D581"/>
       <c r="E581"/>
       <c r="F581"/>
       <c r="G581"/>
       <c r="H581"/>
     </row>
     <row r="582" spans="1:8">
       <c r="A582">
         <v>581</v>
       </c>
       <c r="B582" t="s">
         <v>40</v>
       </c>
       <c r="C582"/>
       <c r="D582"/>
       <c r="E582"/>
       <c r="F582"/>
       <c r="G582"/>
       <c r="H582"/>
     </row>
     <row r="583" spans="1:8">
       <c r="A583">
         <v>582</v>
       </c>
       <c r="B583" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C583"/>
       <c r="D583"/>
       <c r="E583"/>
       <c r="F583"/>
       <c r="G583"/>
       <c r="H583"/>
     </row>
     <row r="584" spans="1:8">
       <c r="A584">
         <v>583</v>
       </c>
       <c r="B584" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C584" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="D584" t="s">
         <v>57</v>
       </c>
       <c r="E584" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="F584"/>
       <c r="G584"/>
       <c r="H584" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585">
         <v>584</v>
       </c>
       <c r="B585" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C585"/>
       <c r="D585"/>
       <c r="E585"/>
       <c r="F585"/>
       <c r="G585"/>
       <c r="H585"/>
     </row>
     <row r="586" spans="1:8">
       <c r="A586">
         <v>585</v>
       </c>
       <c r="B586" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C586" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="D586" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="E586" t="s">
         <v>97</v>
       </c>
       <c r="F586"/>
       <c r="G586"/>
       <c r="H586" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587">
         <v>586</v>
       </c>
       <c r="B587" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C587" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="D587" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="E587" t="s">
         <v>39</v>
       </c>
       <c r="F587"/>
       <c r="G587"/>
       <c r="H587" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588">
         <v>587</v>
       </c>
       <c r="B588" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C588"/>
       <c r="D588"/>
       <c r="E588"/>
       <c r="F588"/>
       <c r="G588"/>
       <c r="H588"/>
     </row>
     <row r="589" spans="1:8">
       <c r="A589">
         <v>588</v>
       </c>
       <c r="B589" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C589" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="D589" t="s">
         <v>35</v>
       </c>
       <c r="E589" t="s">
         <v>58</v>
       </c>
       <c r="F589"/>
       <c r="G589"/>
       <c r="H589" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590">
         <v>589</v>
       </c>
       <c r="B590" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="C590"/>
       <c r="D590"/>
       <c r="E590"/>
       <c r="F590"/>
       <c r="G590"/>
       <c r="H590"/>
     </row>
     <row r="591" spans="1:8">
       <c r="A591">
         <v>590</v>
       </c>
       <c r="B591" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C591" t="s">
+        <v>523</v>
+      </c>
+      <c r="D591" t="s">
+        <v>524</v>
+      </c>
+      <c r="E591" t="s">
         <v>518</v>
-      </c>
-[...4 lines deleted...]
-        <v>513</v>
       </c>
       <c r="F591"/>
       <c r="G591"/>
       <c r="H591" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592">
         <v>591</v>
       </c>
       <c r="B592" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="C592"/>
       <c r="D592"/>
       <c r="E592"/>
       <c r="F592"/>
       <c r="G592"/>
       <c r="H592"/>
     </row>
     <row r="593" spans="1:8">
       <c r="A593">
         <v>592</v>
       </c>
       <c r="B593" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C593" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="D593" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="E593" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="F593"/>
       <c r="G593"/>
       <c r="H593" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594">
         <v>593</v>
       </c>
       <c r="B594" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C594" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="D594" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="E594" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="F594"/>
       <c r="G594" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="H594" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595">
         <v>594</v>
       </c>
       <c r="B595" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C595" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="D595" t="s">
-        <v>380</v>
+        <v>387</v>
       </c>
       <c r="E595" t="s">
         <v>43</v>
       </c>
       <c r="F595"/>
       <c r="G595"/>
       <c r="H595" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596">
         <v>595</v>
       </c>
       <c r="B596" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C596" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="D596" t="s">
         <v>67</v>
       </c>
       <c r="E596" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="F596"/>
       <c r="G596"/>
       <c r="H596" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597">
         <v>596</v>
       </c>
       <c r="B597" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C597"/>
       <c r="D597"/>
       <c r="E597"/>
       <c r="F597"/>
       <c r="G597"/>
       <c r="H597"/>
     </row>
     <row r="598" spans="1:8">
       <c r="A598">
         <v>597</v>
       </c>
       <c r="B598" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C598"/>
       <c r="D598"/>
       <c r="E598"/>
       <c r="F598"/>
       <c r="G598"/>
       <c r="H598"/>
     </row>
     <row r="599" spans="1:8">
       <c r="A599">
         <v>598</v>
       </c>
       <c r="B599" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C599" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="D599" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="E599" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="F599"/>
       <c r="G599"/>
       <c r="H599" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600">
         <v>599</v>
       </c>
       <c r="B600" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C600"/>
       <c r="D600"/>
       <c r="E600"/>
       <c r="F600"/>
       <c r="G600"/>
       <c r="H600"/>
     </row>
     <row r="601" spans="1:8">
       <c r="A601">
         <v>600</v>
       </c>
       <c r="B601" t="s">
         <v>81</v>
       </c>
       <c r="C601"/>
       <c r="D601"/>
       <c r="E601"/>
       <c r="F601"/>
       <c r="G601"/>
       <c r="H601"/>
     </row>
     <row r="602" spans="1:8">
       <c r="A602">
         <v>601</v>
       </c>
       <c r="B602" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C602" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="D602" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="E602" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
       <c r="F602"/>
       <c r="G602"/>
       <c r="H602" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603">
         <v>602</v>
       </c>
       <c r="B603" t="s">
-        <v>331</v>
+        <v>335</v>
       </c>
       <c r="C603" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="D603" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="E603" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="F603"/>
       <c r="G603"/>
       <c r="H603" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604">
         <v>603</v>
       </c>
       <c r="B604" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C604"/>
       <c r="D604"/>
       <c r="E604"/>
       <c r="F604"/>
       <c r="G604"/>
       <c r="H604"/>
     </row>
     <row r="605" spans="1:8">
       <c r="A605">
         <v>604</v>
       </c>
       <c r="B605" t="s">
         <v>75</v>
       </c>
       <c r="C605"/>
       <c r="D605"/>
       <c r="E605"/>
       <c r="F605"/>
       <c r="G605"/>
       <c r="H605"/>
     </row>
     <row r="606" spans="1:8">
       <c r="A606">
         <v>605</v>
       </c>
       <c r="B606" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C606" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="D606" t="s">
-        <v>351</v>
+        <v>358</v>
       </c>
       <c r="E606" t="s">
         <v>58</v>
       </c>
       <c r="F606"/>
       <c r="G606"/>
       <c r="H606" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607">
         <v>606</v>
       </c>
       <c r="B607" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C607"/>
       <c r="D607"/>
       <c r="E607"/>
       <c r="F607"/>
       <c r="G607"/>
       <c r="H607"/>
     </row>
     <row r="608" spans="1:8">
       <c r="A608">
         <v>607</v>
       </c>
       <c r="B608" t="s">
         <v>65</v>
       </c>
       <c r="C608"/>
       <c r="D608"/>
       <c r="E608"/>
       <c r="F608"/>
       <c r="G608"/>
       <c r="H608"/>
     </row>
     <row r="609" spans="1:8">
       <c r="A609">
         <v>608</v>
       </c>
       <c r="B609" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="C609"/>
       <c r="D609"/>
       <c r="E609"/>
       <c r="F609"/>
       <c r="G609"/>
       <c r="H609"/>
     </row>
     <row r="610" spans="1:8">
       <c r="A610">
         <v>609</v>
       </c>
       <c r="B610" t="s">
         <v>52</v>
       </c>
       <c r="C610"/>
       <c r="D610"/>
       <c r="E610"/>
       <c r="F610"/>
       <c r="G610"/>
       <c r="H610"/>
     </row>
     <row r="611" spans="1:8">
       <c r="A611">
         <v>610</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611"/>
       <c r="D611"/>
       <c r="E611"/>
       <c r="F611"/>
       <c r="G611"/>
       <c r="H611"/>
     </row>
     <row r="612" spans="1:8">
       <c r="A612">
         <v>611</v>
       </c>
       <c r="B612" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C612"/>
       <c r="D612"/>
       <c r="E612"/>
       <c r="F612"/>
       <c r="G612"/>
       <c r="H612"/>
     </row>
     <row r="613" spans="1:8">
       <c r="A613">
         <v>612</v>
       </c>
       <c r="B613" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C613"/>
       <c r="D613"/>
       <c r="E613"/>
       <c r="F613"/>
       <c r="G613"/>
       <c r="H613"/>
     </row>
     <row r="614" spans="1:8">
       <c r="A614">
         <v>613</v>
       </c>
       <c r="B614" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="C614"/>
       <c r="D614"/>
       <c r="E614"/>
       <c r="F614"/>
       <c r="G614"/>
       <c r="H614"/>
     </row>
     <row r="615" spans="1:8">
       <c r="A615">
         <v>614</v>
       </c>
       <c r="B615" t="s">
         <v>47</v>
       </c>
       <c r="C615"/>
       <c r="D615"/>
       <c r="E615"/>
       <c r="F615"/>
       <c r="G615"/>
       <c r="H615"/>
     </row>
     <row r="616" spans="1:8">
       <c r="A616">
         <v>615</v>
@@ -12456,490 +12488,492 @@
       <c r="G619"/>
       <c r="H619"/>
     </row>
     <row r="620" spans="1:8">
       <c r="A620">
         <v>619</v>
       </c>
       <c r="B620" t="s">
         <v>63</v>
       </c>
       <c r="C620"/>
       <c r="D620"/>
       <c r="E620"/>
       <c r="F620"/>
       <c r="G620"/>
       <c r="H620"/>
     </row>
     <row r="621" spans="1:8">
       <c r="A621">
         <v>620</v>
       </c>
       <c r="B621" t="s">
         <v>81</v>
       </c>
       <c r="C621" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="D621" t="s">
-        <v>534</v>
-[...1 lines deleted...]
-      <c r="E621"/>
+        <v>539</v>
+      </c>
+      <c r="E621" t="s">
+        <v>144</v>
+      </c>
       <c r="F621"/>
       <c r="G621"/>
       <c r="H621" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622">
         <v>621</v>
       </c>
       <c r="B622" t="s">
         <v>59</v>
       </c>
       <c r="C622" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="D622" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="E622"/>
       <c r="F622"/>
       <c r="G622"/>
       <c r="H622" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623">
         <v>622</v>
       </c>
       <c r="B623" t="s">
         <v>52</v>
       </c>
       <c r="C623" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="D623" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="E623" t="s">
-        <v>43</v>
+        <v>544</v>
       </c>
       <c r="F623"/>
       <c r="G623"/>
       <c r="H623" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624">
         <v>623</v>
       </c>
       <c r="B624" t="s">
         <v>45</v>
       </c>
       <c r="C624"/>
       <c r="D624"/>
       <c r="E624"/>
       <c r="F624"/>
       <c r="G624"/>
       <c r="H624"/>
     </row>
     <row r="625" spans="1:8">
       <c r="A625">
         <v>624</v>
       </c>
       <c r="B625" t="s">
         <v>10</v>
       </c>
       <c r="C625"/>
       <c r="D625"/>
       <c r="E625"/>
       <c r="F625"/>
       <c r="G625"/>
       <c r="H625"/>
     </row>
     <row r="626" spans="1:8">
       <c r="A626">
         <v>625</v>
       </c>
       <c r="B626" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C626"/>
       <c r="D626"/>
       <c r="E626"/>
       <c r="F626"/>
       <c r="G626"/>
       <c r="H626"/>
     </row>
     <row r="627" spans="1:8">
       <c r="A627">
         <v>626</v>
       </c>
       <c r="B627" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C627"/>
       <c r="D627"/>
       <c r="E627"/>
       <c r="F627"/>
       <c r="G627"/>
       <c r="H627"/>
     </row>
     <row r="628" spans="1:8">
       <c r="A628">
         <v>627</v>
       </c>
       <c r="B628" t="s">
         <v>10</v>
       </c>
       <c r="C628"/>
       <c r="D628"/>
       <c r="E628"/>
       <c r="F628"/>
       <c r="G628"/>
       <c r="H628"/>
     </row>
     <row r="629" spans="1:8">
       <c r="A629">
         <v>628</v>
       </c>
       <c r="B629" t="s">
         <v>45</v>
       </c>
       <c r="C629"/>
       <c r="D629"/>
       <c r="E629"/>
       <c r="F629"/>
       <c r="G629"/>
       <c r="H629"/>
     </row>
     <row r="630" spans="1:8">
       <c r="A630">
         <v>629</v>
       </c>
       <c r="B630" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C630"/>
       <c r="D630"/>
       <c r="E630"/>
       <c r="F630"/>
       <c r="G630"/>
       <c r="H630"/>
     </row>
     <row r="631" spans="1:8">
       <c r="A631">
         <v>630</v>
       </c>
       <c r="B631" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="C631"/>
       <c r="D631"/>
       <c r="E631"/>
       <c r="F631"/>
       <c r="G631"/>
       <c r="H631"/>
     </row>
     <row r="632" spans="1:8">
       <c r="A632">
         <v>631</v>
       </c>
       <c r="B632" t="s">
         <v>8</v>
       </c>
       <c r="C632"/>
       <c r="D632"/>
       <c r="E632"/>
       <c r="F632"/>
       <c r="G632"/>
       <c r="H632"/>
     </row>
     <row r="633" spans="1:8">
       <c r="A633">
         <v>632</v>
       </c>
       <c r="B633" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C633"/>
       <c r="D633"/>
       <c r="E633"/>
       <c r="F633"/>
       <c r="G633"/>
       <c r="H633"/>
     </row>
     <row r="634" spans="1:8">
       <c r="A634">
         <v>633</v>
       </c>
       <c r="B634" t="s">
         <v>65</v>
       </c>
       <c r="C634"/>
       <c r="D634"/>
       <c r="E634"/>
       <c r="F634"/>
       <c r="G634"/>
       <c r="H634"/>
     </row>
     <row r="635" spans="1:8">
       <c r="A635">
         <v>634</v>
       </c>
       <c r="B635" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="C635"/>
       <c r="D635"/>
       <c r="E635"/>
       <c r="F635"/>
       <c r="G635"/>
       <c r="H635"/>
     </row>
     <row r="636" spans="1:8">
       <c r="A636">
         <v>635</v>
       </c>
       <c r="B636" t="s">
         <v>45</v>
       </c>
       <c r="C636"/>
       <c r="D636"/>
       <c r="E636"/>
       <c r="F636"/>
       <c r="G636"/>
       <c r="H636"/>
     </row>
     <row r="637" spans="1:8">
       <c r="A637">
         <v>636</v>
       </c>
       <c r="B637" t="s">
         <v>45</v>
       </c>
       <c r="C637"/>
       <c r="D637"/>
       <c r="E637"/>
       <c r="F637"/>
       <c r="G637"/>
       <c r="H637"/>
     </row>
     <row r="638" spans="1:8">
       <c r="A638">
         <v>637</v>
       </c>
       <c r="B638" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C638"/>
       <c r="D638"/>
       <c r="E638"/>
       <c r="F638"/>
       <c r="G638"/>
       <c r="H638"/>
     </row>
     <row r="639" spans="1:8">
       <c r="A639">
         <v>638</v>
       </c>
       <c r="B639" t="s">
         <v>81</v>
       </c>
       <c r="C639" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="D639" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="E639" t="s">
         <v>97</v>
       </c>
       <c r="F639"/>
       <c r="G639"/>
       <c r="H639" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640">
         <v>639</v>
       </c>
       <c r="B640" t="s">
         <v>52</v>
       </c>
       <c r="C640"/>
       <c r="D640"/>
       <c r="E640"/>
       <c r="F640"/>
       <c r="G640"/>
       <c r="H640"/>
     </row>
     <row r="641" spans="1:8">
       <c r="A641">
         <v>640</v>
       </c>
       <c r="B641" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="C641" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="D641" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="E641" t="s">
-        <v>139</v>
+        <v>183</v>
       </c>
       <c r="F641" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="G641" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="H641" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642">
         <v>641</v>
       </c>
       <c r="B642" t="s">
         <v>8</v>
       </c>
       <c r="C642" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="D642" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="E642"/>
       <c r="F642"/>
       <c r="G642"/>
       <c r="H642" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643">
         <v>642</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="D643" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="E643" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="F643"/>
       <c r="G643" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="H643" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644">
         <v>643</v>
       </c>
       <c r="B644" t="s">
         <v>8</v>
       </c>
       <c r="C644"/>
       <c r="D644"/>
       <c r="E644"/>
       <c r="F644"/>
       <c r="G644"/>
       <c r="H644"/>
     </row>
     <row r="645" spans="1:8">
       <c r="A645">
         <v>644</v>
       </c>
       <c r="B645" t="s">
         <v>45</v>
       </c>
       <c r="C645"/>
       <c r="D645"/>
       <c r="E645"/>
       <c r="F645"/>
       <c r="G645"/>
       <c r="H645"/>
     </row>
     <row r="646" spans="1:8">
       <c r="A646">
         <v>645</v>
       </c>
       <c r="B646" t="s">
         <v>10</v>
       </c>
       <c r="C646" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="D646" t="s">
-        <v>267</v>
+        <v>105</v>
       </c>
       <c r="E646" t="s">
-        <v>139</v>
+        <v>183</v>
       </c>
       <c r="F646"/>
       <c r="G646"/>
       <c r="H646" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647">
         <v>646</v>
       </c>
       <c r="B647" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="C647"/>
       <c r="D647"/>
       <c r="E647"/>
       <c r="F647"/>
       <c r="G647"/>
       <c r="H647"/>
     </row>
     <row r="648" spans="1:8">
       <c r="A648">
         <v>647</v>
       </c>
       <c r="B648" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="C648"/>
       <c r="D648"/>
       <c r="E648"/>
       <c r="F648"/>
       <c r="G648"/>
       <c r="H648"/>
     </row>
     <row r="649" spans="1:8">
       <c r="A649">
         <v>648</v>
       </c>
       <c r="B649" t="s">
         <v>46</v>
       </c>
       <c r="C649"/>
       <c r="D649"/>
       <c r="E649"/>
       <c r="F649"/>
       <c r="G649"/>
       <c r="H649"/>
     </row>
     <row r="650" spans="1:8">
       <c r="A650">
         <v>649</v>
@@ -12965,51 +12999,51 @@
       <c r="D651"/>
       <c r="E651"/>
       <c r="F651"/>
       <c r="G651"/>
       <c r="H651"/>
     </row>
     <row r="652" spans="1:8">
       <c r="A652">
         <v>651</v>
       </c>
       <c r="B652" t="s">
         <v>40</v>
       </c>
       <c r="C652"/>
       <c r="D652"/>
       <c r="E652"/>
       <c r="F652"/>
       <c r="G652"/>
       <c r="H652"/>
     </row>
     <row r="653" spans="1:8">
       <c r="A653">
         <v>652</v>
       </c>
       <c r="B653" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C653"/>
       <c r="D653"/>
       <c r="E653"/>
       <c r="F653"/>
       <c r="G653"/>
       <c r="H653"/>
     </row>
     <row r="654" spans="1:8">
       <c r="A654">
         <v>653</v>
       </c>
       <c r="B654" t="s">
         <v>64</v>
       </c>
       <c r="C654"/>
       <c r="D654"/>
       <c r="E654"/>
       <c r="F654"/>
       <c r="G654"/>
       <c r="H654"/>
     </row>
     <row r="655" spans="1:8">
       <c r="A655">
         <v>654</v>
@@ -13021,511 +13055,511 @@
       <c r="D655"/>
       <c r="E655"/>
       <c r="F655"/>
       <c r="G655"/>
       <c r="H655"/>
     </row>
     <row r="656" spans="1:8">
       <c r="A656">
         <v>655</v>
       </c>
       <c r="B656" t="s">
         <v>81</v>
       </c>
       <c r="C656"/>
       <c r="D656"/>
       <c r="E656"/>
       <c r="F656"/>
       <c r="G656"/>
       <c r="H656"/>
     </row>
     <row r="657" spans="1:8">
       <c r="A657">
         <v>656</v>
       </c>
       <c r="B657" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="C657" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="D657" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="E657" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="F657"/>
       <c r="G657"/>
       <c r="H657" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658">
         <v>657</v>
       </c>
       <c r="B658" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C658" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="D658" t="s">
         <v>26</v>
       </c>
       <c r="E658" t="s">
         <v>58</v>
       </c>
       <c r="F658"/>
       <c r="G658" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="H658" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659">
         <v>658</v>
       </c>
       <c r="B659" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C659"/>
       <c r="D659"/>
       <c r="E659"/>
       <c r="F659"/>
       <c r="G659"/>
       <c r="H659"/>
     </row>
     <row r="660" spans="1:8">
       <c r="A660">
         <v>659</v>
       </c>
       <c r="B660" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="C660"/>
       <c r="D660"/>
       <c r="E660"/>
       <c r="F660"/>
       <c r="G660"/>
       <c r="H660"/>
     </row>
     <row r="661" spans="1:8">
       <c r="A661">
         <v>660</v>
       </c>
       <c r="B661" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="C661"/>
       <c r="D661"/>
       <c r="E661"/>
       <c r="F661"/>
       <c r="G661"/>
       <c r="H661"/>
     </row>
     <row r="662" spans="1:8">
       <c r="A662">
         <v>661</v>
       </c>
       <c r="B662" t="s">
         <v>44</v>
       </c>
       <c r="C662"/>
       <c r="D662"/>
       <c r="E662"/>
       <c r="F662"/>
       <c r="G662"/>
       <c r="H662"/>
     </row>
     <row r="663" spans="1:8">
       <c r="A663">
         <v>662</v>
       </c>
       <c r="B663" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="C663"/>
       <c r="D663"/>
       <c r="E663"/>
       <c r="F663"/>
       <c r="G663"/>
       <c r="H663"/>
     </row>
     <row r="664" spans="1:8">
       <c r="A664">
         <v>663</v>
       </c>
       <c r="B664" t="s">
-        <v>391</v>
+        <v>398</v>
       </c>
       <c r="C664"/>
       <c r="D664"/>
       <c r="E664"/>
       <c r="F664"/>
       <c r="G664"/>
       <c r="H664"/>
     </row>
     <row r="665" spans="1:8">
       <c r="A665">
         <v>664</v>
       </c>
       <c r="B665" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C665"/>
       <c r="D665"/>
       <c r="E665"/>
       <c r="F665"/>
       <c r="G665"/>
       <c r="H665"/>
     </row>
     <row r="666" spans="1:8">
       <c r="A666">
         <v>665</v>
       </c>
       <c r="B666" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C666" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="D666" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="E666" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="F666"/>
       <c r="G666"/>
       <c r="H666" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667">
         <v>666</v>
       </c>
       <c r="B667" t="s">
-        <v>387</v>
+        <v>394</v>
       </c>
       <c r="C667"/>
       <c r="D667"/>
       <c r="E667"/>
       <c r="F667"/>
       <c r="G667"/>
       <c r="H667"/>
     </row>
     <row r="668" spans="1:8">
       <c r="A668">
         <v>667</v>
       </c>
       <c r="B668" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C668"/>
       <c r="D668"/>
       <c r="E668"/>
       <c r="F668"/>
       <c r="G668"/>
       <c r="H668"/>
     </row>
     <row r="669" spans="1:8">
       <c r="A669">
         <v>668</v>
       </c>
       <c r="B669" t="s">
         <v>44</v>
       </c>
       <c r="C669"/>
       <c r="D669"/>
       <c r="E669"/>
       <c r="F669"/>
       <c r="G669"/>
       <c r="H669"/>
     </row>
     <row r="670" spans="1:8">
       <c r="A670">
         <v>669</v>
       </c>
       <c r="B670" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C670"/>
       <c r="D670"/>
       <c r="E670"/>
       <c r="F670"/>
       <c r="G670"/>
       <c r="H670"/>
     </row>
     <row r="671" spans="1:8">
       <c r="A671">
         <v>670</v>
       </c>
       <c r="B671" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="C671"/>
       <c r="D671"/>
       <c r="E671"/>
       <c r="F671"/>
       <c r="G671"/>
       <c r="H671"/>
     </row>
     <row r="672" spans="1:8">
       <c r="A672">
         <v>671</v>
       </c>
       <c r="B672" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="C672"/>
       <c r="D672"/>
       <c r="E672"/>
       <c r="F672"/>
       <c r="G672"/>
       <c r="H672"/>
     </row>
     <row r="673" spans="1:8">
       <c r="A673">
         <v>672</v>
       </c>
       <c r="B673" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="C673"/>
       <c r="D673"/>
       <c r="E673"/>
       <c r="F673"/>
       <c r="G673"/>
       <c r="H673"/>
     </row>
     <row r="674" spans="1:8">
       <c r="A674">
         <v>673</v>
       </c>
       <c r="B674" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="C674"/>
       <c r="D674"/>
       <c r="E674"/>
       <c r="F674"/>
       <c r="G674"/>
       <c r="H674"/>
     </row>
     <row r="675" spans="1:8">
       <c r="A675">
         <v>674</v>
       </c>
       <c r="B675" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="C675" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="D675" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="E675" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="F675"/>
       <c r="G675" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="H675" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676">
         <v>675</v>
       </c>
       <c r="B676" t="s">
-        <v>336</v>
+        <v>340</v>
       </c>
       <c r="C676"/>
       <c r="D676"/>
       <c r="E676"/>
       <c r="F676"/>
       <c r="G676"/>
       <c r="H676"/>
     </row>
     <row r="677" spans="1:8">
       <c r="A677">
         <v>676</v>
       </c>
       <c r="B677" t="s">
-        <v>360</v>
+        <v>367</v>
       </c>
       <c r="C677"/>
       <c r="D677"/>
       <c r="E677"/>
       <c r="F677"/>
       <c r="G677"/>
       <c r="H677"/>
     </row>
     <row r="678" spans="1:8">
       <c r="A678">
         <v>677</v>
       </c>
       <c r="B678" t="s">
-        <v>388</v>
+        <v>395</v>
       </c>
       <c r="C678"/>
       <c r="D678"/>
       <c r="E678"/>
       <c r="F678"/>
       <c r="G678"/>
       <c r="H678"/>
     </row>
     <row r="679" spans="1:8">
       <c r="A679">
         <v>678</v>
       </c>
       <c r="B679" t="s">
-        <v>333</v>
+        <v>337</v>
       </c>
       <c r="C679"/>
       <c r="D679"/>
       <c r="E679"/>
       <c r="F679"/>
       <c r="G679"/>
       <c r="H679"/>
     </row>
     <row r="680" spans="1:8">
       <c r="A680">
         <v>679</v>
       </c>
       <c r="B680" t="s">
-        <v>330</v>
+        <v>334</v>
       </c>
       <c r="C680"/>
       <c r="D680"/>
       <c r="E680"/>
       <c r="F680"/>
       <c r="G680"/>
       <c r="H680"/>
     </row>
     <row r="681" spans="1:8">
       <c r="A681">
         <v>680</v>
       </c>
       <c r="B681" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="C681"/>
       <c r="D681"/>
       <c r="E681"/>
       <c r="F681"/>
       <c r="G681"/>
       <c r="H681"/>
     </row>
     <row r="682" spans="1:8">
       <c r="A682">
         <v>681</v>
       </c>
       <c r="B682" t="s">
-        <v>361</v>
+        <v>368</v>
       </c>
       <c r="C682"/>
       <c r="D682"/>
       <c r="E682"/>
       <c r="F682"/>
       <c r="G682"/>
       <c r="H682"/>
     </row>
     <row r="683" spans="1:8">
       <c r="A683">
         <v>682</v>
       </c>
       <c r="B683" t="s">
-        <v>395</v>
+        <v>402</v>
       </c>
       <c r="C683" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="D683" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="E683" t="s">
         <v>39</v>
       </c>
       <c r="F683"/>
       <c r="G683" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="H683" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684">
         <v>683</v>
       </c>
       <c r="B684" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C684" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="D684" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="E684" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="F684"/>
       <c r="G684"/>
       <c r="H684" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685">
         <v>684</v>
       </c>
       <c r="B685" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="C685"/>
       <c r="D685"/>
       <c r="E685"/>
       <c r="F685"/>
       <c r="G685"/>
       <c r="H685"/>
     </row>
     <row r="686" spans="1:8">
       <c r="A686">
         <v>685</v>
       </c>
       <c r="B686" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="C686"/>
       <c r="D686"/>
       <c r="E686"/>
       <c r="F686"/>
       <c r="G686"/>
       <c r="H686"/>
     </row>
     <row r="687" spans="1:8">
       <c r="A687">
         <v>686</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687"/>
       <c r="D687"/>
       <c r="E687"/>
       <c r="F687"/>
       <c r="G687"/>
       <c r="H687"/>
     </row>
     <row r="688" spans="1:8">
       <c r="A688">
         <v>687</v>