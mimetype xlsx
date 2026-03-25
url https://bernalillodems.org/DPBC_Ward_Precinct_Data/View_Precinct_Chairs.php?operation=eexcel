--- v1 (2026-02-04)
+++ v2 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="568">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="570">
   <si>
     <t>Precinct</t>
   </si>
   <si>
     <t>Ward</t>
   </si>
   <si>
     <t>Last Name</t>
   </si>
   <si>
     <t>First Name</t>
   </si>
   <si>
     <t>Middle Name</t>
   </si>
   <si>
     <t>Suffix</t>
   </si>
   <si>
     <t>Nick Name</t>
   </si>
   <si>
     <t>City</t>
   </si>
   <si>
@@ -287,1479 +287,1485 @@
   <si>
     <t>PRESCILLIANO</t>
   </si>
   <si>
     <t>MATTHEW</t>
   </si>
   <si>
     <t>13A</t>
   </si>
   <si>
     <t>HENLEY</t>
   </si>
   <si>
     <t>AMY</t>
   </si>
   <si>
     <t>RICE</t>
   </si>
   <si>
     <t>MICHAEL</t>
   </si>
   <si>
     <t>DAVID</t>
   </si>
   <si>
+    <t>CABALLERO</t>
+  </si>
+  <si>
+    <t>RICARDO</t>
+  </si>
+  <si>
+    <t>CARLOS</t>
+  </si>
+  <si>
+    <t>GERSTLE</t>
+  </si>
+  <si>
+    <t>WALTER</t>
+  </si>
+  <si>
+    <t>H</t>
+  </si>
+  <si>
+    <t>CONOVER</t>
+  </si>
+  <si>
+    <t>LESLIE</t>
+  </si>
+  <si>
+    <t>ROSS</t>
+  </si>
+  <si>
+    <t>26B</t>
+  </si>
+  <si>
+    <t>12A</t>
+  </si>
+  <si>
+    <t>PINO</t>
+  </si>
+  <si>
+    <t>LORENZO</t>
+  </si>
+  <si>
+    <t>JOHN</t>
+  </si>
+  <si>
+    <t>10B</t>
+  </si>
+  <si>
+    <t>JULIENNE</t>
+  </si>
+  <si>
+    <t>ASTRID</t>
+  </si>
+  <si>
+    <t>68B</t>
+  </si>
+  <si>
+    <t>NEW</t>
+  </si>
+  <si>
+    <t>KATHERINE</t>
+  </si>
+  <si>
+    <t>29A</t>
+  </si>
+  <si>
+    <t>17C</t>
+  </si>
+  <si>
+    <t>SCOTT</t>
+  </si>
+  <si>
+    <t>KENNETH</t>
+  </si>
+  <si>
+    <t>EDWARD</t>
+  </si>
+  <si>
+    <t>JR</t>
+  </si>
+  <si>
+    <t>Kennie</t>
+  </si>
+  <si>
+    <t>MINEAR</t>
+  </si>
+  <si>
+    <t>ROBERT</t>
+  </si>
+  <si>
+    <t>KUNING</t>
+  </si>
+  <si>
+    <t>PATRICIA</t>
+  </si>
+  <si>
+    <t>Patty</t>
+  </si>
+  <si>
+    <t>BACA</t>
+  </si>
+  <si>
+    <t>FRANK</t>
+  </si>
+  <si>
+    <t>RODRIGUEZ</t>
+  </si>
+  <si>
+    <t>RICHARD</t>
+  </si>
+  <si>
+    <t>10C</t>
+  </si>
+  <si>
+    <t>JARAMILLO</t>
+  </si>
+  <si>
+    <t>JOSEPHINE</t>
+  </si>
+  <si>
+    <t>10A</t>
+  </si>
+  <si>
+    <t>WARD</t>
+  </si>
+  <si>
+    <t>KAYE</t>
+  </si>
+  <si>
+    <t>18C</t>
+  </si>
+  <si>
+    <t>COBB</t>
+  </si>
+  <si>
+    <t>SARAH</t>
+  </si>
+  <si>
+    <t>WHEELER</t>
+  </si>
+  <si>
+    <t>SHEA</t>
+  </si>
+  <si>
+    <t>DIANA</t>
+  </si>
+  <si>
+    <t>BOAZ</t>
+  </si>
+  <si>
+    <t>G</t>
+  </si>
+  <si>
+    <t>FRESQUEZ</t>
+  </si>
+  <si>
+    <t>DEANNA</t>
+  </si>
+  <si>
+    <t>KOWALSKI</t>
+  </si>
+  <si>
+    <t>SIERRA</t>
+  </si>
+  <si>
+    <t>BELLE</t>
+  </si>
+  <si>
+    <t>14C</t>
+  </si>
+  <si>
+    <t>BRYSON</t>
+  </si>
+  <si>
+    <t>LARA</t>
+  </si>
+  <si>
+    <t>HAYES</t>
+  </si>
+  <si>
+    <t>SELBIN</t>
+  </si>
+  <si>
+    <t>SUSAN</t>
+  </si>
+  <si>
+    <t>SCHEPKER</t>
+  </si>
+  <si>
+    <t>CHRISTINE</t>
+  </si>
+  <si>
+    <t>LOUISE</t>
+  </si>
+  <si>
+    <t>GROTHUS</t>
+  </si>
+  <si>
+    <t>BARBARA</t>
+  </si>
+  <si>
+    <t>Barb</t>
+  </si>
+  <si>
+    <t>11C</t>
+  </si>
+  <si>
+    <t>SALCIDO</t>
+  </si>
+  <si>
+    <t>MARA</t>
+  </si>
+  <si>
+    <t>SILVA</t>
+  </si>
+  <si>
+    <t>ROMERO</t>
+  </si>
+  <si>
+    <t>ABEL</t>
+  </si>
+  <si>
+    <t>MARTIN</t>
+  </si>
+  <si>
+    <t>TIMBERLAKE</t>
+  </si>
+  <si>
+    <t>JAMES</t>
+  </si>
+  <si>
+    <t>ROY</t>
+  </si>
+  <si>
+    <t>YOUNG</t>
+  </si>
+  <si>
+    <t>MELTON</t>
+  </si>
+  <si>
+    <t>E</t>
+  </si>
+  <si>
+    <t>II</t>
+  </si>
+  <si>
+    <t>HARRISON</t>
+  </si>
+  <si>
+    <t>WANDA</t>
+  </si>
+  <si>
+    <t>11B</t>
+  </si>
+  <si>
+    <t>11A</t>
+  </si>
+  <si>
+    <t>GAMELSKY</t>
+  </si>
+  <si>
+    <t>LEE</t>
+  </si>
+  <si>
+    <t>LUCERO</t>
+  </si>
+  <si>
+    <t>FLORA</t>
+  </si>
+  <si>
+    <t>T</t>
+  </si>
+  <si>
+    <t>COOPER</t>
+  </si>
+  <si>
+    <t>ELISHA</t>
+  </si>
+  <si>
+    <t>N</t>
+  </si>
+  <si>
+    <t>KMAK</t>
+  </si>
+  <si>
+    <t>W</t>
+  </si>
+  <si>
+    <t>Bob</t>
+  </si>
+  <si>
+    <t>HOLGUIN</t>
+  </si>
+  <si>
+    <t>NERI</t>
+  </si>
+  <si>
+    <t>ESTHER</t>
+  </si>
+  <si>
+    <t>OHIRI</t>
+  </si>
+  <si>
+    <t>MANNY</t>
+  </si>
+  <si>
+    <t>SMITH-CHAVEZ</t>
+  </si>
+  <si>
+    <t>ELIZABETH</t>
+  </si>
+  <si>
+    <t>ANN</t>
+  </si>
+  <si>
+    <t>11D</t>
+  </si>
+  <si>
+    <t>REMILLARD</t>
+  </si>
+  <si>
+    <t>LOURDES</t>
+  </si>
+  <si>
+    <t>ENRIQUEZ</t>
+  </si>
+  <si>
+    <t>Lori</t>
+  </si>
+  <si>
+    <t>ORTEGA</t>
+  </si>
+  <si>
+    <t>FRANCES</t>
+  </si>
+  <si>
+    <t>GARCIA</t>
+  </si>
+  <si>
+    <t>FELICE</t>
+  </si>
+  <si>
+    <t>REYNOLDS</t>
+  </si>
+  <si>
+    <t>LOU</t>
+  </si>
+  <si>
+    <t>ELLA</t>
+  </si>
+  <si>
+    <t>WENDELL</t>
+  </si>
+  <si>
+    <t>NICHOLAS</t>
+  </si>
+  <si>
+    <t>Nick</t>
+  </si>
+  <si>
+    <t>RAMIREZ</t>
+  </si>
+  <si>
+    <t>PHILLIP</t>
+  </si>
+  <si>
+    <t>SAMORA</t>
+  </si>
+  <si>
+    <t>JOSEPH</t>
+  </si>
+  <si>
+    <t>STORCH</t>
+  </si>
+  <si>
+    <t>TERESA</t>
+  </si>
+  <si>
+    <t>Terry</t>
+  </si>
+  <si>
+    <t>JONES</t>
+  </si>
+  <si>
+    <t>JORDAN</t>
+  </si>
+  <si>
+    <t>DOUGLAS</t>
+  </si>
+  <si>
+    <t>CALDERON GODINA</t>
+  </si>
+  <si>
+    <t>IRIS</t>
+  </si>
+  <si>
+    <t>SMITH</t>
+  </si>
+  <si>
+    <t>I</t>
+  </si>
+  <si>
+    <t>Mike</t>
+  </si>
+  <si>
+    <t>WOOD</t>
+  </si>
+  <si>
+    <t>ARTHUR</t>
+  </si>
+  <si>
+    <t>INDRITZ</t>
+  </si>
+  <si>
+    <t>TOVA</t>
+  </si>
+  <si>
+    <t>TRACEY</t>
+  </si>
+  <si>
+    <t>WOLINSKY</t>
+  </si>
+  <si>
+    <t>Sue</t>
+  </si>
+  <si>
+    <t>MCANINCH</t>
+  </si>
+  <si>
+    <t>JEFFREY</t>
+  </si>
+  <si>
+    <t>ERROL</t>
+  </si>
+  <si>
+    <t>18B</t>
+  </si>
+  <si>
+    <t>18A</t>
+  </si>
+  <si>
+    <t>PASSALAQUA</t>
+  </si>
+  <si>
+    <t>CHERYL</t>
+  </si>
+  <si>
+    <t>POTTER</t>
+  </si>
+  <si>
+    <t>DEBORAH</t>
+  </si>
+  <si>
+    <t>ANGELO</t>
+  </si>
+  <si>
+    <t>BORREGO</t>
+  </si>
+  <si>
+    <t>CYNTHIA</t>
+  </si>
+  <si>
+    <t>MONTALBANO</t>
+  </si>
+  <si>
+    <t>ANTHONY</t>
+  </si>
+  <si>
+    <t>MARQUEZ</t>
+  </si>
+  <si>
+    <t>KEENAN</t>
+  </si>
+  <si>
+    <t>ATTLESON</t>
+  </si>
+  <si>
+    <t>SARA</t>
+  </si>
+  <si>
+    <t>18D</t>
+  </si>
+  <si>
+    <t>GUTTERUD</t>
+  </si>
+  <si>
+    <t>DIANE</t>
+  </si>
+  <si>
+    <t>KAY</t>
+  </si>
+  <si>
+    <t>BROWN</t>
+  </si>
+  <si>
+    <t>ROBINSON</t>
+  </si>
+  <si>
+    <t>FREDERICK</t>
+  </si>
+  <si>
+    <t>CRAWFORD</t>
+  </si>
+  <si>
+    <t>Fred</t>
+  </si>
+  <si>
+    <t>CRAFT</t>
+  </si>
+  <si>
+    <t>JOSHUA</t>
+  </si>
+  <si>
+    <t>ALARID</t>
+  </si>
+  <si>
+    <t>VANESSA</t>
+  </si>
+  <si>
+    <t>MURPHY</t>
+  </si>
+  <si>
+    <t>CAROL</t>
+  </si>
+  <si>
+    <t>19C</t>
+  </si>
+  <si>
+    <t>BUXTON</t>
+  </si>
+  <si>
+    <t>TIMOTHY</t>
+  </si>
+  <si>
+    <t>Tim</t>
+  </si>
+  <si>
+    <t>COMSTOCK</t>
+  </si>
+  <si>
+    <t>ALAN</t>
+  </si>
+  <si>
+    <t>CHAZIN-SEIDELMAN</t>
+  </si>
+  <si>
+    <t>FAY</t>
+  </si>
+  <si>
+    <t>CATHERINE</t>
+  </si>
+  <si>
+    <t>19A</t>
+  </si>
+  <si>
+    <t>STEVENS</t>
+  </si>
+  <si>
+    <t>TIFFANY</t>
+  </si>
+  <si>
+    <t>AMANDA</t>
+  </si>
+  <si>
+    <t>TRUJILLO</t>
+  </si>
+  <si>
+    <t>20B</t>
+  </si>
+  <si>
+    <t>MILLER</t>
+  </si>
+  <si>
+    <t>BRUCE</t>
+  </si>
+  <si>
+    <t>HAMILTON</t>
+  </si>
+  <si>
+    <t>21A</t>
+  </si>
+  <si>
+    <t>20A</t>
+  </si>
+  <si>
+    <t>GIACCI</t>
+  </si>
+  <si>
+    <t>ELENA</t>
+  </si>
+  <si>
+    <t>HARRIS</t>
+  </si>
+  <si>
+    <t>BEAN</t>
+  </si>
+  <si>
+    <t>KEVIN</t>
+  </si>
+  <si>
+    <t>20C</t>
+  </si>
+  <si>
+    <t>HARDGRAVE</t>
+  </si>
+  <si>
+    <t>JOEL</t>
+  </si>
+  <si>
+    <t>CHARLES</t>
+  </si>
+  <si>
+    <t>SAVAGE</t>
+  </si>
+  <si>
+    <t>NANCY</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>28B</t>
+  </si>
+  <si>
+    <t>21B</t>
+  </si>
+  <si>
+    <t>19B</t>
+  </si>
+  <si>
+    <t>DEAN</t>
+  </si>
+  <si>
+    <t>COLTON</t>
+  </si>
+  <si>
+    <t>25C</t>
+  </si>
+  <si>
+    <t>DYRCZ</t>
+  </si>
+  <si>
+    <t>BENTON</t>
+  </si>
+  <si>
+    <t>MICHELE</t>
+  </si>
+  <si>
+    <t>GANDERT</t>
+  </si>
+  <si>
+    <t>DEASON</t>
+  </si>
+  <si>
+    <t>BILLY</t>
+  </si>
+  <si>
+    <t>ALEXANDER</t>
+  </si>
+  <si>
+    <t>MELISSA</t>
+  </si>
+  <si>
+    <t>FRENCH</t>
+  </si>
+  <si>
+    <t>DENISH</t>
+  </si>
+  <si>
+    <t>30A</t>
+  </si>
+  <si>
+    <t>BUI</t>
+  </si>
+  <si>
+    <t>TAYLOR</t>
+  </si>
+  <si>
+    <t>V</t>
+  </si>
+  <si>
+    <t>GIBSON</t>
+  </si>
+  <si>
+    <t>ROBIN</t>
+  </si>
+  <si>
+    <t>WASSERMAN</t>
+  </si>
+  <si>
+    <t>25D</t>
+  </si>
+  <si>
+    <t>LE ROSE</t>
+  </si>
+  <si>
+    <t>TISHA</t>
+  </si>
+  <si>
+    <t>HEBERT</t>
+  </si>
+  <si>
+    <t>SALLY</t>
+  </si>
+  <si>
+    <t>JANE</t>
+  </si>
+  <si>
+    <t>CROWLEY</t>
+  </si>
+  <si>
+    <t>ELI</t>
+  </si>
+  <si>
+    <t>HARVEY IRWIN</t>
+  </si>
+  <si>
+    <t>LOPER</t>
+  </si>
+  <si>
+    <t>27C</t>
+  </si>
+  <si>
+    <t>31D</t>
+  </si>
+  <si>
+    <t>MEYER-SAVIGNON</t>
+  </si>
+  <si>
+    <t>28C</t>
+  </si>
+  <si>
+    <t>28D</t>
+  </si>
+  <si>
+    <t>27D</t>
+  </si>
+  <si>
+    <t>30D</t>
+  </si>
+  <si>
+    <t>FOSTER</t>
+  </si>
+  <si>
+    <t>BUSHNELL</t>
+  </si>
+  <si>
+    <t>DARCY</t>
+  </si>
+  <si>
+    <t>MF SUSANN</t>
+  </si>
+  <si>
+    <t>KELEHER</t>
+  </si>
+  <si>
+    <t>ANDREW</t>
+  </si>
+  <si>
+    <t>25A</t>
+  </si>
+  <si>
+    <t>SAMANI</t>
+  </si>
+  <si>
+    <t>CARPENTER</t>
+  </si>
+  <si>
+    <t>MURIEL</t>
+  </si>
+  <si>
+    <t>NAOMI</t>
+  </si>
+  <si>
+    <t>MCINTOSH</t>
+  </si>
+  <si>
+    <t>MOLLY</t>
+  </si>
+  <si>
+    <t>BROOKE</t>
+  </si>
+  <si>
+    <t>BEERS</t>
+  </si>
+  <si>
+    <t>JEANNE</t>
+  </si>
+  <si>
+    <t>HOSSLEY</t>
+  </si>
+  <si>
+    <t>WILLIAM</t>
+  </si>
+  <si>
+    <t>VALENTINE</t>
+  </si>
+  <si>
+    <t>CHRISTINA</t>
+  </si>
+  <si>
+    <t>PETRA</t>
+  </si>
+  <si>
+    <t>COLEMAN</t>
+  </si>
+  <si>
+    <t>RACHEL</t>
+  </si>
+  <si>
+    <t>CRESPIN</t>
+  </si>
+  <si>
+    <t>MANUEL</t>
+  </si>
+  <si>
+    <t>Manny</t>
+  </si>
+  <si>
+    <t>28A</t>
+  </si>
+  <si>
+    <t>31B</t>
+  </si>
+  <si>
+    <t>ROBERTSON</t>
+  </si>
+  <si>
+    <t>SYME</t>
+  </si>
+  <si>
+    <t>Bill</t>
+  </si>
+  <si>
+    <t>C DE BACA</t>
+  </si>
+  <si>
+    <t>TOMPKINS</t>
+  </si>
+  <si>
+    <t>STACY</t>
+  </si>
+  <si>
+    <t>BEARD</t>
+  </si>
+  <si>
+    <t>EDWINA</t>
+  </si>
+  <si>
+    <t>TART</t>
+  </si>
+  <si>
+    <t>WILDER</t>
+  </si>
+  <si>
+    <t>JULIE</t>
+  </si>
+  <si>
+    <t>27B</t>
+  </si>
+  <si>
+    <t>MARTINEZ</t>
+  </si>
+  <si>
+    <t>KISER</t>
+  </si>
+  <si>
+    <t>KARL</t>
+  </si>
+  <si>
+    <t>25B</t>
+  </si>
+  <si>
+    <t>BERGHMANS</t>
+  </si>
+  <si>
+    <t>HEATHER</t>
+  </si>
+  <si>
+    <t>JEAN</t>
+  </si>
+  <si>
+    <t>CONFIDENTIAL</t>
+  </si>
+  <si>
+    <t>HUGHES</t>
+  </si>
+  <si>
+    <t>THOMAS</t>
+  </si>
+  <si>
+    <t>BRADLEY</t>
+  </si>
+  <si>
+    <t>JOAN</t>
+  </si>
+  <si>
+    <t>30C</t>
+  </si>
+  <si>
+    <t>30B</t>
+  </si>
+  <si>
+    <t>THORNE-LEHMAN</t>
+  </si>
+  <si>
+    <t>27A</t>
+  </si>
+  <si>
+    <t>24B</t>
+  </si>
+  <si>
+    <t>HERNANDEZ</t>
+  </si>
+  <si>
+    <t>SNEDEKER</t>
+  </si>
+  <si>
+    <t>PHILIP</t>
+  </si>
+  <si>
+    <t>31C</t>
+  </si>
+  <si>
+    <t>DIX</t>
+  </si>
+  <si>
+    <t>Mary Ann</t>
+  </si>
+  <si>
+    <t>SHERWOOD</t>
+  </si>
+  <si>
+    <t>LAURA</t>
+  </si>
+  <si>
+    <t>TERRY</t>
+  </si>
+  <si>
+    <t>CUMMINGS</t>
+  </si>
+  <si>
+    <t>FLORES</t>
+  </si>
+  <si>
+    <t>ISAAC</t>
+  </si>
+  <si>
+    <t>ESDALE</t>
+  </si>
+  <si>
+    <t>RALPH</t>
+  </si>
+  <si>
+    <t>Dave</t>
+  </si>
+  <si>
+    <t>HOLLAND</t>
+  </si>
+  <si>
+    <t>BENJAMIN</t>
+  </si>
+  <si>
+    <t>CODY</t>
+  </si>
+  <si>
+    <t>ANDERSEN</t>
+  </si>
+  <si>
+    <t>ANASTASIA</t>
+  </si>
+  <si>
+    <t>31A</t>
+  </si>
+  <si>
+    <t>BARUDIN</t>
+  </si>
+  <si>
+    <t>SCHOTT</t>
+  </si>
+  <si>
+    <t>ORBACH</t>
+  </si>
+  <si>
+    <t>ROBERTA</t>
+  </si>
+  <si>
+    <t>EAVES</t>
+  </si>
+  <si>
+    <t>MARISOL</t>
+  </si>
+  <si>
+    <t>24A</t>
+  </si>
+  <si>
+    <t>24C</t>
+  </si>
+  <si>
+    <t>WILLIAMS</t>
+  </si>
+  <si>
+    <t>MARIA</t>
+  </si>
+  <si>
+    <t>BOURDETT</t>
+  </si>
+  <si>
+    <t>ECONOMY</t>
+  </si>
+  <si>
+    <t>KATHLEEN</t>
+  </si>
+  <si>
+    <t>MAY</t>
+  </si>
+  <si>
+    <t>WRONS</t>
+  </si>
+  <si>
+    <t>COLLIER</t>
+  </si>
+  <si>
+    <t>DE ANGELIS</t>
+  </si>
+  <si>
+    <t>EMILIE</t>
+  </si>
+  <si>
+    <t>MAIER</t>
+  </si>
+  <si>
+    <t>LINDSAY</t>
+  </si>
+  <si>
+    <t>WAYNE</t>
+  </si>
+  <si>
+    <t>SUMMY</t>
+  </si>
+  <si>
+    <t>SANCHEZ</t>
+  </si>
+  <si>
+    <t>BEAU</t>
+  </si>
+  <si>
+    <t>NOSKIN</t>
+  </si>
+  <si>
+    <t>PARI</t>
+  </si>
+  <si>
+    <t>CLUM</t>
+  </si>
+  <si>
+    <t>WESLEY</t>
+  </si>
+  <si>
+    <t>24D</t>
+  </si>
+  <si>
+    <t>KAEDI</t>
+  </si>
+  <si>
+    <t>ALEXANDRA</t>
+  </si>
+  <si>
+    <t>STEINKAMP</t>
+  </si>
+  <si>
+    <t>P</t>
+  </si>
+  <si>
+    <t>Kenny</t>
+  </si>
+  <si>
+    <t>BOWMAN</t>
+  </si>
+  <si>
+    <t>MARGARET S</t>
+  </si>
+  <si>
+    <t>WARIGIA</t>
+  </si>
+  <si>
+    <t>Rigia</t>
+  </si>
+  <si>
+    <t>OGRADY</t>
+  </si>
+  <si>
+    <t>SHANNON</t>
+  </si>
+  <si>
+    <t>DOMINGUEZ</t>
+  </si>
+  <si>
+    <t>JOSEFINA</t>
+  </si>
+  <si>
+    <t>ELIZABET</t>
+  </si>
+  <si>
+    <t>BRITTON</t>
+  </si>
+  <si>
+    <t>PAMELA</t>
+  </si>
+  <si>
+    <t>FURGANG</t>
+  </si>
+  <si>
+    <t>NANCIE</t>
+  </si>
+  <si>
+    <t>GUNN MILES</t>
+  </si>
+  <si>
+    <t>SUNDBERG</t>
+  </si>
+  <si>
+    <t>DONKERSLEY</t>
+  </si>
+  <si>
+    <t>GLORIA</t>
+  </si>
+  <si>
+    <t>Evangeline</t>
+  </si>
+  <si>
+    <t>PETERSON</t>
+  </si>
+  <si>
+    <t>L</t>
+  </si>
+  <si>
+    <t>HERNDON</t>
+  </si>
+  <si>
+    <t>PAMELYA</t>
+  </si>
+  <si>
+    <t>PAULETTE</t>
+  </si>
+  <si>
+    <t>LANGE</t>
+  </si>
+  <si>
+    <t>CORNELIA</t>
+  </si>
+  <si>
+    <t>Nili</t>
+  </si>
+  <si>
+    <t>LUJAN HAOZOUS</t>
+  </si>
+  <si>
+    <t>KARILYN</t>
+  </si>
+  <si>
+    <t>BERNAL</t>
+  </si>
+  <si>
+    <t>DANNY</t>
+  </si>
+  <si>
+    <t>EFFRON</t>
+  </si>
+  <si>
+    <t>22B</t>
+  </si>
+  <si>
+    <t>TIJERAS</t>
+  </si>
+  <si>
+    <t>GALBREATH</t>
+  </si>
+  <si>
+    <t>CHARLEE</t>
+  </si>
+  <si>
+    <t>22A</t>
+  </si>
+  <si>
+    <t>KELLER</t>
+  </si>
+  <si>
+    <t>KAYLEE</t>
+  </si>
+  <si>
+    <t>RIDE</t>
+  </si>
+  <si>
+    <t>PYSKOTY</t>
+  </si>
+  <si>
+    <t>CHARLENE</t>
+  </si>
+  <si>
+    <t>BARNHART</t>
+  </si>
+  <si>
+    <t>GWENDOLYN</t>
+  </si>
+  <si>
+    <t>IRENE</t>
+  </si>
+  <si>
+    <t>Gwen</t>
+  </si>
+  <si>
+    <t>CEDAR CREST</t>
+  </si>
+  <si>
+    <t>GOLDSTEIN</t>
+  </si>
+  <si>
+    <t>ELLEN</t>
+  </si>
+  <si>
+    <t>DYER</t>
+  </si>
+  <si>
+    <t>Liz</t>
+  </si>
+  <si>
+    <t>LECHUGA-TENA</t>
+  </si>
+  <si>
+    <t>IDALIA</t>
+  </si>
+  <si>
+    <t>HEGMON</t>
+  </si>
+  <si>
+    <t>MICHELLE</t>
+  </si>
+  <si>
+    <t>MICHAL</t>
+  </si>
+  <si>
+    <t>BRYANT</t>
+  </si>
+  <si>
+    <t>TAMI</t>
+  </si>
+  <si>
+    <t>RENEE</t>
+  </si>
+  <si>
+    <t>ROGERS</t>
+  </si>
+  <si>
+    <t>STEVEN</t>
+  </si>
+  <si>
+    <t>MURPHREE</t>
+  </si>
+  <si>
+    <t>HAROLD</t>
+  </si>
+  <si>
+    <t>Spike</t>
+  </si>
+  <si>
+    <t>SANDIA PARK</t>
+  </si>
+  <si>
+    <t>DURYEA</t>
+  </si>
+  <si>
+    <t>LYNN</t>
+  </si>
+  <si>
+    <t>SINGARAJU</t>
+  </si>
+  <si>
+    <t>CAMILLE</t>
+  </si>
+  <si>
+    <t>JUDITH</t>
+  </si>
+  <si>
+    <t>KRIMSKY</t>
+  </si>
+  <si>
+    <t>MONTOYA</t>
+  </si>
+  <si>
+    <t>JEANNIE</t>
+  </si>
+  <si>
+    <t>HAASE</t>
+  </si>
+  <si>
+    <t>ROMBERG</t>
+  </si>
+  <si>
+    <t>Scotti</t>
+  </si>
+  <si>
+    <t>APPLEWHITE</t>
+  </si>
+  <si>
+    <t>AKINS</t>
+  </si>
+  <si>
+    <t>ISAIAH</t>
+  </si>
+  <si>
+    <t>GREENBAUM</t>
+  </si>
+  <si>
+    <t>PAUL</t>
+  </si>
+  <si>
+    <t>SUTTLE</t>
+  </si>
+  <si>
+    <t>DENISE</t>
+  </si>
+  <si>
+    <t>BRANDENBURG</t>
+  </si>
+  <si>
+    <t>KARI</t>
+  </si>
+  <si>
+    <t>DURAN</t>
+  </si>
+  <si>
+    <t>RUIZ</t>
+  </si>
+  <si>
+    <t>NORMA</t>
+  </si>
+  <si>
+    <t>PATTERSON-COMFORT</t>
+  </si>
+  <si>
+    <t>ADRIAN</t>
+  </si>
+  <si>
+    <t>LOOMIS</t>
+  </si>
+  <si>
+    <t>LOREN</t>
+  </si>
+  <si>
+    <t>STEPHEN</t>
+  </si>
+  <si>
+    <t>FINLEY</t>
+  </si>
+  <si>
+    <t>MARK</t>
+  </si>
+  <si>
+    <t>HOWARD</t>
+  </si>
+  <si>
+    <t>CLOAK</t>
+  </si>
+  <si>
+    <t>Ted</t>
+  </si>
+  <si>
+    <t>GERMAIN</t>
+  </si>
+  <si>
+    <t>MARJORIE</t>
+  </si>
+  <si>
+    <t>MILNER</t>
+  </si>
+  <si>
+    <t>PAULA</t>
+  </si>
+  <si>
+    <t>Pat</t>
+  </si>
+  <si>
+    <t>CADDY</t>
+  </si>
+  <si>
+    <t>O</t>
+  </si>
+  <si>
+    <t>STEWART</t>
+  </si>
+  <si>
+    <t>Sandy</t>
+  </si>
+  <si>
+    <t>DARA</t>
+  </si>
+  <si>
+    <t>HARSTINE</t>
+  </si>
+  <si>
+    <t>JONI</t>
+  </si>
+  <si>
+    <t>RAE</t>
+  </si>
+  <si>
+    <t>Joni</t>
+  </si>
+  <si>
+    <t>HERRING</t>
+  </si>
+  <si>
+    <t>EDWIN</t>
+  </si>
+  <si>
+    <t>Alex</t>
+  </si>
+  <si>
+    <t>FINDLEY</t>
+  </si>
+  <si>
+    <t>LANE</t>
+  </si>
+  <si>
     <t>AUSTIN</t>
   </si>
   <si>
-    <t>CABALLERO</t>
-[...112 lines deleted...]
-  <si>
     <t>DOLORES</t>
   </si>
   <si>
     <t>MAE</t>
   </si>
   <si>
-    <t>JARAMILLO</t>
-[...448 lines deleted...]
-  <si>
     <t>GRAFF</t>
   </si>
   <si>
     <t>MYRA</t>
-  </si>
-[...850 lines deleted...]
-    <t>LANE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -2062,65 +2068,65 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H688"/>
+  <dimension ref="A1:H699"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="8" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="17" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="12" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3055,94 +3061,86 @@
       <c r="B57" t="s">
         <v>59</v>
       </c>
       <c r="C57" t="s">
         <v>88</v>
       </c>
       <c r="D57" t="s">
         <v>89</v>
       </c>
       <c r="E57" t="s">
         <v>90</v>
       </c>
       <c r="F57"/>
       <c r="G57"/>
       <c r="H57" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58" t="s">
         <v>52</v>
       </c>
-      <c r="C58" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="C58"/>
+      <c r="D58"/>
+      <c r="E58"/>
       <c r="F58"/>
       <c r="G58"/>
-      <c r="H58" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H58"/>
     </row>
     <row r="59" spans="1:8">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59" t="s">
         <v>59</v>
       </c>
       <c r="C59"/>
       <c r="D59"/>
       <c r="E59"/>
       <c r="F59"/>
       <c r="G59"/>
       <c r="H59"/>
     </row>
     <row r="60" spans="1:8">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60" t="s">
         <v>85</v>
       </c>
       <c r="C60" t="s">
+        <v>91</v>
+      </c>
+      <c r="D60" t="s">
         <v>92</v>
       </c>
-      <c r="D60" t="s">
+      <c r="E60" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="F60"/>
       <c r="G60"/>
       <c r="H60" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61" t="s">
         <v>85</v>
       </c>
       <c r="C61"/>
       <c r="D61"/>
       <c r="E61"/>
       <c r="F61"/>
       <c r="G61"/>
       <c r="H61"/>
     </row>
     <row r="62" spans="1:8">
       <c r="A62">
         <v>61</v>
       </c>
@@ -3184,79 +3182,79 @@
       <c r="G64"/>
       <c r="H64"/>
     </row>
     <row r="65" spans="1:8">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65" t="s">
         <v>80</v>
       </c>
       <c r="C65"/>
       <c r="D65"/>
       <c r="E65"/>
       <c r="F65"/>
       <c r="G65"/>
       <c r="H65"/>
     </row>
     <row r="66" spans="1:8">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66" t="s">
         <v>79</v>
       </c>
       <c r="C66" t="s">
+        <v>94</v>
+      </c>
+      <c r="D66" t="s">
         <v>95</v>
       </c>
-      <c r="D66" t="s">
+      <c r="E66" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="F66"/>
       <c r="G66"/>
       <c r="H66" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67" t="s">
         <v>79</v>
       </c>
       <c r="C67" t="s">
+        <v>97</v>
+      </c>
+      <c r="D67" t="s">
         <v>98</v>
       </c>
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>99</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
       <c r="F67"/>
       <c r="G67"/>
       <c r="H67" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68" t="s">
         <v>79</v>
       </c>
       <c r="C68"/>
       <c r="D68"/>
       <c r="E68"/>
       <c r="F68"/>
       <c r="G68"/>
       <c r="H68"/>
     </row>
     <row r="69" spans="1:8">
       <c r="A69">
         <v>68</v>
       </c>
@@ -3267,1135 +3265,1127 @@
       <c r="D69"/>
       <c r="E69"/>
       <c r="F69"/>
       <c r="G69"/>
       <c r="H69"/>
     </row>
     <row r="70" spans="1:8">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70"/>
       <c r="D70"/>
       <c r="E70"/>
       <c r="F70"/>
       <c r="G70"/>
       <c r="H70"/>
     </row>
     <row r="71" spans="1:8">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C71"/>
       <c r="D71"/>
       <c r="E71"/>
       <c r="F71"/>
       <c r="G71"/>
       <c r="H71"/>
     </row>
     <row r="72" spans="1:8">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C72"/>
       <c r="D72"/>
       <c r="E72"/>
       <c r="F72"/>
       <c r="G72"/>
       <c r="H72"/>
     </row>
     <row r="73" spans="1:8">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73" t="s">
+        <v>101</v>
+      </c>
+      <c r="C73" t="s">
         <v>102</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>103</v>
       </c>
-      <c r="D73" t="s">
+      <c r="E73" t="s">
         <v>104</v>
-      </c>
-[...1 lines deleted...]
-        <v>105</v>
       </c>
       <c r="F73"/>
       <c r="G73"/>
       <c r="H73" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C74"/>
       <c r="D74"/>
       <c r="E74"/>
       <c r="F74"/>
       <c r="G74"/>
       <c r="H74"/>
     </row>
     <row r="75" spans="1:8">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C75"/>
       <c r="D75"/>
       <c r="E75"/>
       <c r="F75"/>
       <c r="G75"/>
       <c r="H75"/>
     </row>
     <row r="76" spans="1:8">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C76"/>
       <c r="D76"/>
       <c r="E76"/>
       <c r="F76"/>
       <c r="G76"/>
       <c r="H76"/>
     </row>
     <row r="77" spans="1:8">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C77"/>
       <c r="D77"/>
       <c r="E77"/>
       <c r="F77"/>
       <c r="G77"/>
       <c r="H77"/>
     </row>
     <row r="78" spans="1:8">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C78" t="s">
+        <v>106</v>
+      </c>
+      <c r="D78" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="E78" t="s">
         <v>30</v>
       </c>
       <c r="F78"/>
       <c r="G78"/>
       <c r="H78" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79" t="s">
         <v>10</v>
       </c>
       <c r="C79"/>
       <c r="D79"/>
       <c r="E79"/>
       <c r="F79"/>
       <c r="G79"/>
       <c r="H79"/>
     </row>
     <row r="80" spans="1:8">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80" t="s">
         <v>10</v>
       </c>
       <c r="C80"/>
       <c r="D80"/>
       <c r="E80"/>
       <c r="F80"/>
       <c r="G80"/>
       <c r="H80"/>
     </row>
     <row r="81" spans="1:8">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81" t="s">
+        <v>108</v>
+      </c>
+      <c r="C81" t="s">
         <v>109</v>
-      </c>
-[...1 lines deleted...]
-        <v>110</v>
       </c>
       <c r="D81" t="s">
         <v>87</v>
       </c>
       <c r="E81" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="F81"/>
       <c r="G81"/>
       <c r="H81" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C82"/>
       <c r="D82"/>
       <c r="E82"/>
       <c r="F82"/>
       <c r="G82"/>
       <c r="H82"/>
     </row>
     <row r="83" spans="1:8">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83" t="s">
+        <v>112</v>
+      </c>
+      <c r="C83" t="s">
         <v>113</v>
       </c>
-      <c r="C83" t="s">
+      <c r="D83" t="s">
         <v>114</v>
       </c>
-      <c r="D83" t="s">
+      <c r="E83" t="s">
         <v>115</v>
       </c>
-      <c r="E83" t="s">
+      <c r="F83" t="s">
         <v>116</v>
       </c>
-      <c r="F83" t="s">
+      <c r="G83" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="H83" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C84"/>
       <c r="D84"/>
       <c r="E84"/>
       <c r="F84"/>
       <c r="G84"/>
       <c r="H84"/>
     </row>
     <row r="85" spans="1:8">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85" t="s">
         <v>10</v>
       </c>
       <c r="C85"/>
       <c r="D85"/>
       <c r="E85"/>
       <c r="F85"/>
       <c r="G85"/>
       <c r="H85"/>
     </row>
     <row r="86" spans="1:8">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86" t="s">
         <v>45</v>
       </c>
       <c r="C86"/>
       <c r="D86"/>
       <c r="E86"/>
       <c r="F86"/>
       <c r="G86"/>
       <c r="H86"/>
     </row>
     <row r="87" spans="1:8">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87" t="s">
         <v>19</v>
       </c>
       <c r="C87" t="s">
+        <v>118</v>
+      </c>
+      <c r="D87" t="s">
         <v>119</v>
-      </c>
-[...1 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E87" t="s">
         <v>36</v>
       </c>
       <c r="F87"/>
       <c r="G87"/>
       <c r="H87" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88" t="s">
         <v>8</v>
       </c>
       <c r="C88"/>
       <c r="D88"/>
       <c r="E88"/>
       <c r="F88"/>
       <c r="G88"/>
       <c r="H88"/>
     </row>
     <row r="89" spans="1:8">
       <c r="A89">
         <v>88</v>
       </c>
       <c r="B89" t="s">
         <v>59</v>
       </c>
       <c r="C89"/>
       <c r="D89"/>
       <c r="E89"/>
       <c r="F89"/>
       <c r="G89"/>
       <c r="H89"/>
     </row>
     <row r="90" spans="1:8">
       <c r="A90">
         <v>89</v>
       </c>
       <c r="B90" t="s">
         <v>10</v>
       </c>
       <c r="C90" t="s">
+        <v>120</v>
+      </c>
+      <c r="D90" t="s">
         <v>121</v>
       </c>
-      <c r="D90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E90" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F90"/>
       <c r="G90" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H90" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91">
         <v>90</v>
       </c>
       <c r="B91" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C91" t="s">
+        <v>123</v>
+      </c>
+      <c r="D91" t="s">
         <v>124</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E91" t="s">
         <v>39</v>
       </c>
       <c r="F91"/>
       <c r="G91"/>
       <c r="H91" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92">
         <v>91</v>
       </c>
       <c r="B92" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C92" t="s">
+        <v>125</v>
+      </c>
+      <c r="D92" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="E92" t="s">
         <v>39</v>
       </c>
       <c r="F92"/>
       <c r="G92"/>
       <c r="H92" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93">
         <v>92</v>
       </c>
       <c r="B93" t="s">
-        <v>128</v>
-[...9 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="C93"/>
+      <c r="D93"/>
+      <c r="E93"/>
       <c r="F93"/>
       <c r="G93"/>
-      <c r="H93" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H93"/>
     </row>
     <row r="94" spans="1:8">
       <c r="A94">
         <v>93</v>
       </c>
       <c r="B94" t="s">
+        <v>127</v>
+      </c>
+      <c r="C94" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="D94" t="s">
         <v>21</v>
       </c>
       <c r="E94" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="F94"/>
       <c r="G94"/>
       <c r="H94" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95">
         <v>94</v>
       </c>
       <c r="B95" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C95"/>
       <c r="D95"/>
       <c r="E95"/>
       <c r="F95"/>
       <c r="G95"/>
       <c r="H95"/>
     </row>
     <row r="96" spans="1:8">
       <c r="A96">
         <v>95</v>
       </c>
       <c r="B96" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C96"/>
       <c r="D96"/>
       <c r="E96"/>
       <c r="F96"/>
       <c r="G96"/>
       <c r="H96"/>
     </row>
     <row r="97" spans="1:8">
       <c r="A97">
         <v>96</v>
       </c>
       <c r="B97" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C97"/>
       <c r="D97"/>
       <c r="E97"/>
       <c r="F97"/>
       <c r="G97"/>
       <c r="H97"/>
     </row>
     <row r="98" spans="1:8">
       <c r="A98">
         <v>97</v>
       </c>
       <c r="B98" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C98" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="D98" t="s">
         <v>42</v>
       </c>
       <c r="E98" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="F98"/>
       <c r="G98"/>
       <c r="H98" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99">
         <v>98</v>
       </c>
       <c r="B99" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C99"/>
       <c r="D99"/>
       <c r="E99"/>
       <c r="F99"/>
       <c r="G99"/>
       <c r="H99"/>
     </row>
     <row r="100" spans="1:8">
       <c r="A100">
         <v>99</v>
       </c>
       <c r="B100" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C100"/>
       <c r="D100"/>
       <c r="E100"/>
       <c r="F100"/>
       <c r="G100"/>
       <c r="H100"/>
     </row>
     <row r="101" spans="1:8">
       <c r="A101">
         <v>100</v>
       </c>
       <c r="B101" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C101"/>
       <c r="D101"/>
       <c r="E101"/>
       <c r="F101"/>
       <c r="G101"/>
       <c r="H101"/>
     </row>
     <row r="102" spans="1:8">
       <c r="A102">
         <v>101</v>
       </c>
       <c r="B102" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C102"/>
       <c r="D102"/>
       <c r="E102"/>
       <c r="F102"/>
       <c r="G102"/>
       <c r="H102"/>
     </row>
     <row r="103" spans="1:8">
       <c r="A103">
         <v>102</v>
       </c>
       <c r="B103" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C103"/>
       <c r="D103"/>
       <c r="E103"/>
       <c r="F103"/>
       <c r="G103"/>
       <c r="H103"/>
     </row>
     <row r="104" spans="1:8">
       <c r="A104">
         <v>103</v>
       </c>
       <c r="B104" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C104"/>
       <c r="D104"/>
       <c r="E104"/>
       <c r="F104"/>
       <c r="G104"/>
       <c r="H104"/>
     </row>
     <row r="105" spans="1:8">
       <c r="A105">
         <v>104</v>
       </c>
       <c r="B105" t="s">
         <v>80</v>
       </c>
       <c r="C105"/>
       <c r="D105"/>
       <c r="E105"/>
       <c r="F105"/>
       <c r="G105"/>
       <c r="H105"/>
     </row>
     <row r="106" spans="1:8">
       <c r="A106">
         <v>105</v>
       </c>
       <c r="B106" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C106"/>
       <c r="D106"/>
       <c r="E106"/>
       <c r="F106"/>
       <c r="G106"/>
       <c r="H106"/>
     </row>
     <row r="107" spans="1:8">
       <c r="A107">
         <v>106</v>
       </c>
       <c r="B107" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C107"/>
       <c r="D107"/>
       <c r="E107"/>
       <c r="F107"/>
       <c r="G107"/>
       <c r="H107"/>
     </row>
     <row r="108" spans="1:8">
       <c r="A108">
         <v>107</v>
       </c>
       <c r="B108" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C108"/>
       <c r="D108"/>
       <c r="E108"/>
       <c r="F108"/>
       <c r="G108"/>
       <c r="H108"/>
     </row>
     <row r="109" spans="1:8">
       <c r="A109">
         <v>108</v>
       </c>
       <c r="B109" t="s">
         <v>11</v>
       </c>
       <c r="C109" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D109" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="E109" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="F109"/>
       <c r="G109"/>
       <c r="H109" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110">
         <v>109</v>
       </c>
       <c r="B110" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C110"/>
       <c r="D110"/>
       <c r="E110"/>
       <c r="F110"/>
       <c r="G110"/>
       <c r="H110"/>
     </row>
     <row r="111" spans="1:8">
       <c r="A111">
         <v>110</v>
       </c>
       <c r="B111" t="s">
         <v>46</v>
       </c>
       <c r="C111"/>
       <c r="D111"/>
       <c r="E111"/>
       <c r="F111"/>
       <c r="G111"/>
       <c r="H111"/>
     </row>
     <row r="112" spans="1:8">
       <c r="A112">
         <v>111</v>
       </c>
       <c r="B112" t="s">
         <v>46</v>
       </c>
       <c r="C112" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D112" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="E112" t="s">
         <v>78</v>
       </c>
       <c r="F112"/>
       <c r="G112"/>
       <c r="H112" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113">
         <v>112</v>
       </c>
       <c r="B113" t="s">
         <v>46</v>
       </c>
       <c r="C113" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="D113" t="s">
         <v>17</v>
       </c>
       <c r="E113" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="F113"/>
       <c r="G113"/>
       <c r="H113" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114">
         <v>113</v>
       </c>
       <c r="B114" t="s">
         <v>46</v>
       </c>
       <c r="C114"/>
       <c r="D114"/>
       <c r="E114"/>
       <c r="F114"/>
       <c r="G114"/>
       <c r="H114"/>
     </row>
     <row r="115" spans="1:8">
       <c r="A115">
         <v>114</v>
       </c>
       <c r="B115" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C115"/>
       <c r="D115"/>
       <c r="E115"/>
       <c r="F115"/>
       <c r="G115"/>
       <c r="H115"/>
     </row>
     <row r="116" spans="1:8">
       <c r="A116">
         <v>115</v>
       </c>
       <c r="B116" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C116"/>
       <c r="D116"/>
       <c r="E116"/>
       <c r="F116"/>
       <c r="G116"/>
       <c r="H116"/>
     </row>
     <row r="117" spans="1:8">
       <c r="A117">
         <v>116</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117"/>
       <c r="D117"/>
       <c r="E117"/>
       <c r="F117"/>
       <c r="G117"/>
       <c r="H117"/>
     </row>
     <row r="118" spans="1:8">
       <c r="A118">
         <v>117</v>
       </c>
       <c r="B118" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C118" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D118" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="E118"/>
       <c r="F118"/>
       <c r="G118"/>
       <c r="H118" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119">
         <v>118</v>
       </c>
       <c r="B119" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C119"/>
       <c r="D119"/>
       <c r="E119"/>
       <c r="F119"/>
       <c r="G119"/>
       <c r="H119"/>
     </row>
     <row r="120" spans="1:8">
       <c r="A120">
         <v>119</v>
       </c>
       <c r="B120" t="s">
         <v>65</v>
       </c>
       <c r="C120" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="D120" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="E120" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="F120"/>
       <c r="G120"/>
       <c r="H120" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121">
         <v>120</v>
       </c>
       <c r="B121" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C121"/>
       <c r="D121"/>
       <c r="E121"/>
       <c r="F121"/>
       <c r="G121"/>
       <c r="H121"/>
     </row>
     <row r="122" spans="1:8">
       <c r="A122">
         <v>121</v>
       </c>
       <c r="B122" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C122" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="D122" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="E122" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="F122"/>
       <c r="G122"/>
       <c r="H122" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123">
         <v>122</v>
       </c>
       <c r="B123" t="s">
+        <v>146</v>
+      </c>
+      <c r="C123" t="s">
         <v>150</v>
       </c>
-      <c r="C123" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D123" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="E123" t="s">
         <v>51</v>
       </c>
       <c r="F123"/>
       <c r="G123"/>
       <c r="H123" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124">
         <v>123</v>
       </c>
       <c r="B124" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C124" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="D124" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="E124" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="F124"/>
       <c r="G124"/>
       <c r="H124" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125">
         <v>124</v>
       </c>
       <c r="B125" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C125" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D125" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="E125" t="s">
         <v>58</v>
       </c>
       <c r="F125"/>
       <c r="G125" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="H125" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126">
         <v>125</v>
       </c>
       <c r="B126" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C126"/>
       <c r="D126"/>
       <c r="E126"/>
       <c r="F126"/>
       <c r="G126"/>
       <c r="H126"/>
     </row>
     <row r="127" spans="1:8">
       <c r="A127">
         <v>126</v>
       </c>
       <c r="B127" t="s">
         <v>31</v>
       </c>
       <c r="C127"/>
       <c r="D127"/>
       <c r="E127"/>
       <c r="F127"/>
       <c r="G127"/>
       <c r="H127"/>
     </row>
     <row r="128" spans="1:8">
       <c r="A128">
         <v>127</v>
       </c>
       <c r="B128" t="s">
         <v>45</v>
       </c>
       <c r="C128"/>
       <c r="D128"/>
       <c r="E128"/>
       <c r="F128"/>
       <c r="G128"/>
       <c r="H128"/>
     </row>
     <row r="129" spans="1:8">
       <c r="A129">
         <v>128</v>
       </c>
       <c r="B129" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C129"/>
       <c r="D129"/>
       <c r="E129"/>
       <c r="F129"/>
       <c r="G129"/>
       <c r="H129"/>
     </row>
     <row r="130" spans="1:8">
       <c r="A130">
         <v>129</v>
       </c>
       <c r="B130" t="s">
         <v>8</v>
       </c>
       <c r="C130"/>
       <c r="D130"/>
       <c r="E130"/>
       <c r="F130"/>
       <c r="G130"/>
       <c r="H130"/>
     </row>
     <row r="131" spans="1:8">
       <c r="A131">
         <v>130</v>
       </c>
       <c r="B131" t="s">
         <v>85</v>
       </c>
       <c r="C131"/>
       <c r="D131"/>
       <c r="E131"/>
       <c r="F131"/>
       <c r="G131"/>
       <c r="H131"/>
     </row>
     <row r="132" spans="1:8">
       <c r="A132">
         <v>131</v>
       </c>
       <c r="B132" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C132" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D132" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="E132" t="s">
-        <v>129</v>
+        <v>161</v>
       </c>
       <c r="F132"/>
       <c r="G132"/>
       <c r="H132" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133">
         <v>132</v>
       </c>
       <c r="B133" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C133" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D133" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E133" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="F133"/>
       <c r="G133"/>
       <c r="H133" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134">
         <v>133</v>
       </c>
       <c r="B134" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C134"/>
       <c r="D134"/>
       <c r="E134"/>
       <c r="F134"/>
       <c r="G134"/>
       <c r="H134"/>
     </row>
     <row r="135" spans="1:8">
       <c r="A135">
         <v>134</v>
       </c>
       <c r="B135" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C135" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="D135" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E135" t="s">
         <v>78</v>
       </c>
       <c r="F135"/>
       <c r="G135"/>
       <c r="H135" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136">
         <v>135</v>
       </c>
       <c r="B136" t="s">
         <v>80</v>
       </c>
       <c r="C136"/>
       <c r="D136"/>
       <c r="E136"/>
       <c r="F136"/>
       <c r="G136"/>
       <c r="H136"/>
     </row>
     <row r="137" spans="1:8">
@@ -4415,51 +4405,51 @@
     <row r="138" spans="1:8">
       <c r="A138">
         <v>137</v>
       </c>
       <c r="B138" t="s">
         <v>59</v>
       </c>
       <c r="C138"/>
       <c r="D138"/>
       <c r="E138"/>
       <c r="F138"/>
       <c r="G138"/>
       <c r="H138"/>
     </row>
     <row r="139" spans="1:8">
       <c r="A139">
         <v>138</v>
       </c>
       <c r="B139" t="s">
         <v>85</v>
       </c>
       <c r="C139" t="s">
         <v>73</v>
       </c>
       <c r="D139" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="E139" t="s">
         <v>58</v>
       </c>
       <c r="F139"/>
       <c r="G139"/>
       <c r="H139" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140">
         <v>139</v>
       </c>
       <c r="B140" t="s">
         <v>79</v>
       </c>
       <c r="C140"/>
       <c r="D140"/>
       <c r="E140"/>
       <c r="F140"/>
       <c r="G140"/>
       <c r="H140"/>
     </row>
     <row r="141" spans="1:8">
@@ -4476,120 +4466,120 @@
       <c r="G141"/>
       <c r="H141"/>
     </row>
     <row r="142" spans="1:8">
       <c r="A142">
         <v>141</v>
       </c>
       <c r="B142" t="s">
         <v>81</v>
       </c>
       <c r="C142"/>
       <c r="D142"/>
       <c r="E142"/>
       <c r="F142"/>
       <c r="G142"/>
       <c r="H142"/>
     </row>
     <row r="143" spans="1:8">
       <c r="A143">
         <v>142</v>
       </c>
       <c r="B143" t="s">
         <v>75</v>
       </c>
       <c r="C143" t="s">
+        <v>168</v>
+      </c>
+      <c r="D143" t="s">
+        <v>169</v>
+      </c>
+      <c r="E143" t="s">
+        <v>170</v>
+      </c>
+      <c r="F143" t="s">
         <v>171</v>
-      </c>
-[...7 lines deleted...]
-        <v>174</v>
       </c>
       <c r="G143"/>
       <c r="H143" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144">
         <v>143</v>
       </c>
       <c r="B144" t="s">
         <v>75</v>
       </c>
       <c r="C144"/>
       <c r="D144"/>
       <c r="E144"/>
       <c r="F144"/>
       <c r="G144"/>
       <c r="H144"/>
     </row>
     <row r="145" spans="1:8">
       <c r="A145">
         <v>144</v>
       </c>
       <c r="B145" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C145"/>
       <c r="D145"/>
       <c r="E145"/>
       <c r="F145"/>
       <c r="G145"/>
       <c r="H145"/>
     </row>
     <row r="146" spans="1:8">
       <c r="A146">
         <v>145</v>
       </c>
       <c r="B146" t="s">
         <v>81</v>
       </c>
       <c r="C146"/>
       <c r="D146"/>
       <c r="E146"/>
       <c r="F146"/>
       <c r="G146"/>
       <c r="H146"/>
     </row>
     <row r="147" spans="1:8">
       <c r="A147">
         <v>146</v>
       </c>
       <c r="B147" t="s">
         <v>81</v>
       </c>
       <c r="C147" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D147" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="E147" t="s">
         <v>58</v>
       </c>
       <c r="F147"/>
       <c r="G147"/>
       <c r="H147" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148">
         <v>147</v>
       </c>
       <c r="B148" t="s">
         <v>75</v>
       </c>
       <c r="C148"/>
       <c r="D148"/>
       <c r="E148"/>
       <c r="F148"/>
       <c r="G148"/>
       <c r="H148"/>
     </row>
     <row r="149" spans="1:8">
@@ -4603,422 +4593,422 @@
       <c r="D149"/>
       <c r="E149"/>
       <c r="F149"/>
       <c r="G149"/>
       <c r="H149"/>
     </row>
     <row r="150" spans="1:8">
       <c r="A150">
         <v>149</v>
       </c>
       <c r="B150" t="s">
         <v>63</v>
       </c>
       <c r="C150"/>
       <c r="D150"/>
       <c r="E150"/>
       <c r="F150"/>
       <c r="G150"/>
       <c r="H150"/>
     </row>
     <row r="151" spans="1:8">
       <c r="A151">
         <v>150</v>
       </c>
       <c r="B151" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C151"/>
       <c r="D151"/>
       <c r="E151"/>
       <c r="F151"/>
       <c r="G151"/>
       <c r="H151"/>
     </row>
     <row r="152" spans="1:8">
       <c r="A152">
         <v>151</v>
       </c>
       <c r="B152" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C152" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="D152" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="E152" t="s">
         <v>78</v>
       </c>
       <c r="F152"/>
       <c r="G152"/>
       <c r="H152" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153">
         <v>152</v>
       </c>
       <c r="B153" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C153" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D153" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="E153" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F153"/>
       <c r="G153"/>
       <c r="H153" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154">
         <v>153</v>
       </c>
       <c r="B154" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C154" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D154" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="E154" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="F154"/>
       <c r="G154"/>
       <c r="H154" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155">
         <v>154</v>
       </c>
       <c r="B155" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C155" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="D155" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E155" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F155"/>
       <c r="G155" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="H155" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156">
         <v>155</v>
       </c>
       <c r="B156" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C156" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="D156" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="E156" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="F156"/>
       <c r="G156"/>
       <c r="H156" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157">
         <v>156</v>
       </c>
       <c r="B157" t="s">
         <v>48</v>
       </c>
       <c r="C157"/>
       <c r="D157"/>
       <c r="E157"/>
       <c r="F157"/>
       <c r="G157"/>
       <c r="H157"/>
     </row>
     <row r="158" spans="1:8">
       <c r="A158">
         <v>157</v>
       </c>
       <c r="B158" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C158" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="D158" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="E158" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="F158"/>
       <c r="G158"/>
       <c r="H158" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159">
         <v>158</v>
       </c>
       <c r="B159" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C159"/>
       <c r="D159"/>
       <c r="E159"/>
       <c r="F159"/>
       <c r="G159"/>
       <c r="H159"/>
     </row>
     <row r="160" spans="1:8">
       <c r="A160">
         <v>159</v>
       </c>
       <c r="B160" t="s">
         <v>52</v>
       </c>
       <c r="C160"/>
       <c r="D160"/>
       <c r="E160"/>
       <c r="F160"/>
       <c r="G160"/>
       <c r="H160"/>
     </row>
     <row r="161" spans="1:8">
       <c r="A161">
         <v>160</v>
       </c>
       <c r="B161" t="s">
         <v>52</v>
       </c>
       <c r="C161" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="D161" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="E161" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="F161"/>
       <c r="G161"/>
       <c r="H161" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162">
         <v>161</v>
       </c>
       <c r="B162" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C162"/>
       <c r="D162"/>
       <c r="E162"/>
       <c r="F162"/>
       <c r="G162"/>
       <c r="H162"/>
     </row>
     <row r="163" spans="1:8">
       <c r="A163">
         <v>162</v>
       </c>
       <c r="B163" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C163" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="D163" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="E163" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="F163"/>
       <c r="G163" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="H163" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164">
         <v>163</v>
       </c>
       <c r="B164" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C164" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D164" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="E164" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F164"/>
       <c r="G164"/>
       <c r="H164" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165">
         <v>164</v>
       </c>
       <c r="B165" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C165"/>
       <c r="D165"/>
       <c r="E165"/>
       <c r="F165"/>
       <c r="G165"/>
       <c r="H165"/>
     </row>
     <row r="166" spans="1:8">
       <c r="A166">
         <v>165</v>
       </c>
       <c r="B166" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C166" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D166" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="E166" t="s">
         <v>30</v>
       </c>
       <c r="F166"/>
       <c r="G166"/>
       <c r="H166" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167">
         <v>166</v>
       </c>
       <c r="B167" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C167" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="D167" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="E167" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="F167"/>
       <c r="G167"/>
       <c r="H167" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168">
         <v>167</v>
       </c>
       <c r="B168" t="s">
         <v>48</v>
       </c>
       <c r="C168"/>
       <c r="D168"/>
       <c r="E168"/>
       <c r="F168"/>
       <c r="G168"/>
       <c r="H168"/>
     </row>
     <row r="169" spans="1:8">
       <c r="A169">
         <v>168</v>
       </c>
       <c r="B169" t="s">
         <v>48</v>
       </c>
       <c r="C169"/>
       <c r="D169"/>
       <c r="E169"/>
       <c r="F169"/>
       <c r="G169"/>
       <c r="H169"/>
     </row>
     <row r="170" spans="1:8">
       <c r="A170">
         <v>169</v>
       </c>
       <c r="B170" t="s">
         <v>47</v>
       </c>
       <c r="C170" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D170" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="E170" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="F170"/>
       <c r="G170" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="H170" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171">
         <v>170</v>
       </c>
       <c r="B171" t="s">
         <v>8</v>
       </c>
       <c r="C171"/>
       <c r="D171"/>
       <c r="E171"/>
       <c r="F171"/>
       <c r="G171"/>
       <c r="H171"/>
     </row>
     <row r="172" spans="1:8">
       <c r="A172">
         <v>171</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
@@ -5044,54 +5034,54 @@
       <c r="G173"/>
       <c r="H173"/>
     </row>
     <row r="174" spans="1:8">
       <c r="A174">
         <v>173</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174"/>
       <c r="D174"/>
       <c r="E174"/>
       <c r="F174"/>
       <c r="G174"/>
       <c r="H174"/>
     </row>
     <row r="175" spans="1:8">
       <c r="A175">
         <v>174</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="D175" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="E175"/>
       <c r="F175"/>
       <c r="G175"/>
       <c r="H175" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176">
         <v>175</v>
       </c>
       <c r="B176" t="s">
         <v>45</v>
       </c>
       <c r="C176"/>
       <c r="D176"/>
       <c r="E176"/>
       <c r="F176"/>
       <c r="G176"/>
       <c r="H176"/>
     </row>
     <row r="177" spans="1:8">
       <c r="A177">
         <v>176</v>
@@ -5145,479 +5135,479 @@
       <c r="D180"/>
       <c r="E180"/>
       <c r="F180"/>
       <c r="G180"/>
       <c r="H180"/>
     </row>
     <row r="181" spans="1:8">
       <c r="A181">
         <v>180</v>
       </c>
       <c r="B181" t="s">
         <v>31</v>
       </c>
       <c r="C181"/>
       <c r="D181"/>
       <c r="E181"/>
       <c r="F181"/>
       <c r="G181"/>
       <c r="H181"/>
     </row>
     <row r="182" spans="1:8">
       <c r="A182">
         <v>181</v>
       </c>
       <c r="B182" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C182"/>
       <c r="D182"/>
       <c r="E182"/>
       <c r="F182"/>
       <c r="G182"/>
       <c r="H182"/>
     </row>
     <row r="183" spans="1:8">
       <c r="A183">
         <v>182</v>
       </c>
       <c r="B183" t="s">
         <v>31</v>
       </c>
       <c r="C183"/>
       <c r="D183"/>
       <c r="E183"/>
       <c r="F183"/>
       <c r="G183"/>
       <c r="H183"/>
     </row>
     <row r="184" spans="1:8">
       <c r="A184">
         <v>183</v>
       </c>
       <c r="B184" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C184" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="D184" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="E184"/>
       <c r="F184"/>
       <c r="G184"/>
       <c r="H184" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185">
         <v>184</v>
       </c>
       <c r="B185" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C185"/>
       <c r="D185"/>
       <c r="E185"/>
       <c r="F185"/>
       <c r="G185"/>
       <c r="H185"/>
     </row>
     <row r="186" spans="1:8">
       <c r="A186">
         <v>185</v>
       </c>
       <c r="B186" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C186" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="D186" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="E186" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="F186"/>
       <c r="G186" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="H186" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187">
         <v>186</v>
       </c>
       <c r="B187" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C187"/>
       <c r="D187"/>
       <c r="E187"/>
       <c r="F187"/>
       <c r="G187"/>
       <c r="H187"/>
     </row>
     <row r="188" spans="1:8">
       <c r="A188">
         <v>187</v>
       </c>
       <c r="B188" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C188" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D188" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="E188" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="F188"/>
       <c r="G188"/>
       <c r="H188" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189">
         <v>188</v>
       </c>
       <c r="B189" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C189"/>
       <c r="D189"/>
       <c r="E189"/>
       <c r="F189"/>
       <c r="G189"/>
       <c r="H189"/>
     </row>
     <row r="190" spans="1:8">
       <c r="A190">
         <v>189</v>
       </c>
       <c r="B190" t="s">
         <v>47</v>
       </c>
       <c r="C190" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="D190" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="E190"/>
       <c r="F190"/>
       <c r="G190"/>
       <c r="H190" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191">
         <v>190</v>
       </c>
       <c r="B191" t="s">
         <v>63</v>
       </c>
       <c r="C191"/>
       <c r="D191"/>
       <c r="E191"/>
       <c r="F191"/>
       <c r="G191"/>
       <c r="H191"/>
     </row>
     <row r="192" spans="1:8">
       <c r="A192">
         <v>191</v>
       </c>
       <c r="B192" t="s">
         <v>31</v>
       </c>
       <c r="C192" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="D192" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="E192" t="s">
         <v>51</v>
       </c>
       <c r="F192"/>
       <c r="G192"/>
       <c r="H192" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193">
         <v>192</v>
       </c>
       <c r="B193" t="s">
         <v>40</v>
       </c>
       <c r="C193" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D193" t="s">
         <v>89</v>
       </c>
       <c r="E193" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="F193"/>
       <c r="G193" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="H193" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194">
         <v>193</v>
       </c>
       <c r="B194" t="s">
         <v>40</v>
       </c>
       <c r="C194" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D194" t="s">
         <v>90</v>
       </c>
       <c r="E194" t="s">
-        <v>39</v>
+        <v>226</v>
       </c>
       <c r="F194"/>
       <c r="G194"/>
       <c r="H194" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195">
         <v>194</v>
       </c>
       <c r="B195" t="s">
         <v>40</v>
       </c>
       <c r="C195" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="D195" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="E195"/>
       <c r="F195"/>
       <c r="G195"/>
       <c r="H195" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196">
         <v>195</v>
       </c>
       <c r="B196" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C196" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="D196" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="E196"/>
       <c r="F196"/>
       <c r="G196"/>
       <c r="H196" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197">
         <v>196</v>
       </c>
       <c r="B197" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C197"/>
       <c r="D197"/>
       <c r="E197"/>
       <c r="F197"/>
       <c r="G197"/>
       <c r="H197"/>
     </row>
     <row r="198" spans="1:8">
       <c r="A198">
         <v>197</v>
       </c>
       <c r="B198" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C198"/>
       <c r="D198"/>
       <c r="E198"/>
       <c r="F198"/>
       <c r="G198"/>
       <c r="H198"/>
     </row>
     <row r="199" spans="1:8">
       <c r="A199">
         <v>198</v>
       </c>
       <c r="B199" t="s">
         <v>63</v>
       </c>
       <c r="C199"/>
       <c r="D199"/>
       <c r="E199"/>
       <c r="F199"/>
       <c r="G199"/>
       <c r="H199"/>
     </row>
     <row r="200" spans="1:8">
       <c r="A200">
         <v>199</v>
       </c>
       <c r="B200" t="s">
         <v>65</v>
       </c>
       <c r="C200"/>
       <c r="D200"/>
       <c r="E200"/>
       <c r="F200"/>
       <c r="G200"/>
       <c r="H200"/>
     </row>
     <row r="201" spans="1:8">
       <c r="A201">
         <v>200</v>
       </c>
       <c r="B201" t="s">
         <v>10</v>
       </c>
       <c r="C201" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="D201" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="E201" t="s">
         <v>21</v>
       </c>
       <c r="F201"/>
       <c r="G201" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="H201" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202">
         <v>201</v>
       </c>
       <c r="B202" t="s">
         <v>45</v>
       </c>
       <c r="C202"/>
       <c r="D202"/>
       <c r="E202"/>
       <c r="F202"/>
       <c r="G202"/>
       <c r="H202"/>
     </row>
     <row r="203" spans="1:8">
       <c r="A203">
         <v>202</v>
       </c>
       <c r="B203" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C203"/>
       <c r="D203"/>
       <c r="E203"/>
       <c r="F203"/>
       <c r="G203"/>
       <c r="H203"/>
     </row>
     <row r="204" spans="1:8">
       <c r="A204">
         <v>203</v>
       </c>
       <c r="B204" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C204"/>
       <c r="D204"/>
       <c r="E204"/>
       <c r="F204"/>
       <c r="G204"/>
       <c r="H204"/>
     </row>
     <row r="205" spans="1:8">
       <c r="A205">
         <v>204</v>
       </c>
       <c r="B205" t="s">
         <v>46</v>
       </c>
       <c r="C205"/>
       <c r="D205"/>
       <c r="E205"/>
       <c r="F205"/>
       <c r="G205"/>
       <c r="H205"/>
     </row>
     <row r="206" spans="1:8">
       <c r="A206">
         <v>205</v>
       </c>
       <c r="B206" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C206"/>
       <c r="D206"/>
       <c r="E206"/>
       <c r="F206"/>
       <c r="G206"/>
       <c r="H206"/>
     </row>
     <row r="207" spans="1:8">
       <c r="A207">
         <v>206</v>
       </c>
       <c r="B207" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C207"/>
       <c r="D207"/>
       <c r="E207"/>
       <c r="F207"/>
       <c r="G207"/>
       <c r="H207"/>
     </row>
     <row r="208" spans="1:8">
       <c r="A208">
         <v>207</v>
       </c>
       <c r="B208" t="s">
         <v>46</v>
       </c>
       <c r="C208"/>
       <c r="D208"/>
       <c r="E208"/>
       <c r="F208"/>
       <c r="G208"/>
       <c r="H208"/>
     </row>
     <row r="209" spans="1:8">
       <c r="A209">
         <v>208</v>
@@ -5643,387 +5633,387 @@
       <c r="D210"/>
       <c r="E210"/>
       <c r="F210"/>
       <c r="G210"/>
       <c r="H210"/>
     </row>
     <row r="211" spans="1:8">
       <c r="A211">
         <v>210</v>
       </c>
       <c r="B211" t="s">
         <v>47</v>
       </c>
       <c r="C211"/>
       <c r="D211"/>
       <c r="E211"/>
       <c r="F211"/>
       <c r="G211"/>
       <c r="H211"/>
     </row>
     <row r="212" spans="1:8">
       <c r="A212">
         <v>211</v>
       </c>
       <c r="B212" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C212"/>
       <c r="D212"/>
       <c r="E212"/>
       <c r="F212"/>
       <c r="G212"/>
       <c r="H212"/>
     </row>
     <row r="213" spans="1:8">
       <c r="A213">
         <v>212</v>
       </c>
       <c r="B213" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C213"/>
       <c r="D213"/>
       <c r="E213"/>
       <c r="F213"/>
       <c r="G213"/>
       <c r="H213"/>
     </row>
     <row r="214" spans="1:8">
       <c r="A214">
         <v>213</v>
       </c>
       <c r="B214" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C214" t="s">
+        <v>232</v>
+      </c>
+      <c r="D214" t="s">
+        <v>233</v>
+      </c>
+      <c r="E214" t="s">
         <v>234</v>
-      </c>
-[...4 lines deleted...]
-        <v>236</v>
       </c>
       <c r="F214"/>
       <c r="G214"/>
       <c r="H214" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215">
         <v>214</v>
       </c>
       <c r="B215" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C215"/>
       <c r="D215"/>
       <c r="E215"/>
       <c r="F215"/>
       <c r="G215"/>
       <c r="H215"/>
     </row>
     <row r="216" spans="1:8">
       <c r="A216">
         <v>215</v>
       </c>
       <c r="B216" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C216"/>
       <c r="D216"/>
       <c r="E216"/>
       <c r="F216"/>
       <c r="G216"/>
       <c r="H216"/>
     </row>
     <row r="217" spans="1:8">
       <c r="A217">
         <v>216</v>
       </c>
       <c r="B217" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C217"/>
       <c r="D217"/>
       <c r="E217"/>
       <c r="F217"/>
       <c r="G217"/>
       <c r="H217"/>
     </row>
     <row r="218" spans="1:8">
       <c r="A218">
         <v>217</v>
       </c>
       <c r="B218" t="s">
         <v>8</v>
       </c>
       <c r="C218"/>
       <c r="D218"/>
       <c r="E218"/>
       <c r="F218"/>
       <c r="G218"/>
       <c r="H218"/>
     </row>
     <row r="219" spans="1:8">
       <c r="A219">
         <v>218</v>
       </c>
       <c r="B219" t="s">
         <v>44</v>
       </c>
       <c r="C219"/>
       <c r="D219"/>
       <c r="E219"/>
       <c r="F219"/>
       <c r="G219"/>
       <c r="H219"/>
     </row>
     <row r="220" spans="1:8">
       <c r="A220">
         <v>219</v>
       </c>
       <c r="B220" t="s">
         <v>11</v>
       </c>
       <c r="C220" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="D220" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="E220" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="F220"/>
       <c r="G220"/>
       <c r="H220" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221">
         <v>220</v>
       </c>
       <c r="B221" t="s">
         <v>19</v>
       </c>
       <c r="C221" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="D221" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="E221" t="s">
         <v>39</v>
       </c>
       <c r="F221"/>
       <c r="G221"/>
       <c r="H221" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222">
         <v>221</v>
       </c>
       <c r="B222" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C222" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D222" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="E222" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="F222"/>
       <c r="G222"/>
       <c r="H222" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223">
         <v>222</v>
       </c>
       <c r="B223" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C223" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D223" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="E223" t="s">
         <v>78</v>
       </c>
       <c r="F223"/>
       <c r="G223"/>
       <c r="H223" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224">
         <v>223</v>
       </c>
       <c r="B224" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C224" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="D224" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E224" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="F224"/>
       <c r="G224"/>
       <c r="H224" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225">
         <v>224</v>
       </c>
       <c r="B225" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C225"/>
       <c r="D225"/>
       <c r="E225"/>
       <c r="F225"/>
       <c r="G225"/>
       <c r="H225"/>
     </row>
     <row r="226" spans="1:8">
       <c r="A226">
         <v>225</v>
       </c>
       <c r="B226" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C226"/>
       <c r="D226"/>
       <c r="E226"/>
       <c r="F226"/>
       <c r="G226"/>
       <c r="H226"/>
     </row>
     <row r="227" spans="1:8">
       <c r="A227">
         <v>226</v>
       </c>
       <c r="B227" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C227" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="D227" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="E227" t="s">
         <v>39</v>
       </c>
       <c r="F227"/>
       <c r="G227"/>
       <c r="H227" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228">
         <v>227</v>
       </c>
       <c r="B228" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C228"/>
       <c r="D228"/>
       <c r="E228"/>
       <c r="F228"/>
       <c r="G228"/>
       <c r="H228"/>
     </row>
     <row r="229" spans="1:8">
       <c r="A229">
         <v>228</v>
       </c>
       <c r="B229" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C229"/>
       <c r="D229"/>
       <c r="E229"/>
       <c r="F229"/>
       <c r="G229"/>
       <c r="H229"/>
     </row>
     <row r="230" spans="1:8">
       <c r="A230">
         <v>229</v>
       </c>
       <c r="B230" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C230"/>
       <c r="D230"/>
       <c r="E230"/>
       <c r="F230"/>
       <c r="G230"/>
       <c r="H230"/>
     </row>
     <row r="231" spans="1:8">
       <c r="A231">
         <v>230</v>
       </c>
       <c r="B231" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C231"/>
       <c r="D231"/>
       <c r="E231"/>
       <c r="F231"/>
       <c r="G231"/>
       <c r="H231"/>
     </row>
     <row r="232" spans="1:8">
       <c r="A232">
         <v>231</v>
       </c>
       <c r="B232" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C232"/>
       <c r="D232"/>
       <c r="E232"/>
       <c r="F232"/>
       <c r="G232"/>
       <c r="H232"/>
     </row>
     <row r="233" spans="1:8">
       <c r="A233">
         <v>232</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233"/>
       <c r="D233"/>
       <c r="E233"/>
       <c r="F233"/>
       <c r="G233"/>
       <c r="H233"/>
     </row>
     <row r="234" spans="1:8">
       <c r="A234">
         <v>233</v>
@@ -6035,51 +6025,51 @@
       <c r="D234"/>
       <c r="E234"/>
       <c r="F234"/>
       <c r="G234"/>
       <c r="H234"/>
     </row>
     <row r="235" spans="1:8">
       <c r="A235">
         <v>234</v>
       </c>
       <c r="B235" t="s">
         <v>80</v>
       </c>
       <c r="C235"/>
       <c r="D235"/>
       <c r="E235"/>
       <c r="F235"/>
       <c r="G235"/>
       <c r="H235"/>
     </row>
     <row r="236" spans="1:8">
       <c r="A236">
         <v>235</v>
       </c>
       <c r="B236" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C236"/>
       <c r="D236"/>
       <c r="E236"/>
       <c r="F236"/>
       <c r="G236"/>
       <c r="H236"/>
     </row>
     <row r="237" spans="1:8">
       <c r="A237">
         <v>236</v>
       </c>
       <c r="B237" t="s">
         <v>63</v>
       </c>
       <c r="C237"/>
       <c r="D237"/>
       <c r="E237"/>
       <c r="F237"/>
       <c r="G237"/>
       <c r="H237"/>
     </row>
     <row r="238" spans="1:8">
       <c r="A238">
         <v>237</v>
@@ -6105,6333 +6095,6323 @@
       <c r="D239"/>
       <c r="E239"/>
       <c r="F239"/>
       <c r="G239"/>
       <c r="H239"/>
     </row>
     <row r="240" spans="1:8">
       <c r="A240">
         <v>239</v>
       </c>
       <c r="B240" t="s">
         <v>75</v>
       </c>
       <c r="C240"/>
       <c r="D240"/>
       <c r="E240"/>
       <c r="F240"/>
       <c r="G240"/>
       <c r="H240"/>
     </row>
     <row r="241" spans="1:8">
       <c r="A241">
         <v>240</v>
       </c>
       <c r="B241" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C241"/>
       <c r="D241"/>
       <c r="E241"/>
       <c r="F241"/>
       <c r="G241"/>
       <c r="H241"/>
     </row>
     <row r="242" spans="1:8">
       <c r="A242">
         <v>241</v>
       </c>
       <c r="B242" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C242"/>
       <c r="D242"/>
       <c r="E242"/>
       <c r="F242"/>
       <c r="G242"/>
       <c r="H242"/>
     </row>
     <row r="243" spans="1:8">
       <c r="A243">
         <v>242</v>
       </c>
       <c r="B243" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C243"/>
       <c r="D243"/>
       <c r="E243"/>
       <c r="F243"/>
       <c r="G243"/>
       <c r="H243"/>
     </row>
     <row r="244" spans="1:8">
       <c r="A244">
         <v>243</v>
       </c>
       <c r="B244" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C244"/>
       <c r="D244"/>
       <c r="E244"/>
       <c r="F244"/>
       <c r="G244"/>
       <c r="H244"/>
     </row>
     <row r="245" spans="1:8">
       <c r="A245">
         <v>244</v>
       </c>
       <c r="B245" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C245" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="D245" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="E245" t="s">
         <v>58</v>
       </c>
       <c r="F245"/>
       <c r="G245"/>
       <c r="H245" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246">
         <v>245</v>
       </c>
       <c r="B246" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C246"/>
       <c r="D246"/>
       <c r="E246"/>
       <c r="F246"/>
       <c r="G246"/>
       <c r="H246"/>
     </row>
     <row r="247" spans="1:8">
       <c r="A247">
         <v>246</v>
       </c>
       <c r="B247" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C247"/>
       <c r="D247"/>
       <c r="E247"/>
       <c r="F247"/>
       <c r="G247"/>
       <c r="H247"/>
     </row>
     <row r="248" spans="1:8">
       <c r="A248">
         <v>247</v>
       </c>
       <c r="B248" t="s">
         <v>81</v>
       </c>
       <c r="C248"/>
       <c r="D248"/>
       <c r="E248"/>
       <c r="F248"/>
       <c r="G248"/>
       <c r="H248"/>
     </row>
     <row r="249" spans="1:8">
       <c r="A249">
         <v>248</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249"/>
       <c r="D249"/>
       <c r="E249"/>
       <c r="F249"/>
       <c r="G249"/>
       <c r="H249"/>
     </row>
     <row r="250" spans="1:8">
       <c r="A250">
         <v>249</v>
       </c>
       <c r="B250" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C250"/>
       <c r="D250"/>
       <c r="E250"/>
       <c r="F250"/>
       <c r="G250"/>
       <c r="H250"/>
     </row>
     <row r="251" spans="1:8">
       <c r="A251">
         <v>250</v>
       </c>
       <c r="B251" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C251"/>
       <c r="D251"/>
       <c r="E251"/>
       <c r="F251"/>
       <c r="G251"/>
       <c r="H251"/>
     </row>
     <row r="252" spans="1:8">
       <c r="A252">
         <v>251</v>
       </c>
       <c r="B252" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="C252"/>
       <c r="D252"/>
       <c r="E252"/>
       <c r="F252"/>
       <c r="G252"/>
       <c r="H252"/>
     </row>
     <row r="253" spans="1:8">
       <c r="A253">
         <v>252</v>
       </c>
       <c r="B253" t="s">
+        <v>250</v>
+      </c>
+      <c r="C253" t="s">
+        <v>251</v>
+      </c>
+      <c r="D253" t="s">
         <v>252</v>
       </c>
-      <c r="C253" t="s">
+      <c r="E253" t="s">
         <v>253</v>
-      </c>
-[...4 lines deleted...]
-        <v>255</v>
       </c>
       <c r="F253"/>
       <c r="G253"/>
       <c r="H253" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254">
         <v>253</v>
       </c>
       <c r="B254" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C254" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
       <c r="D254" t="s">
         <v>67</v>
       </c>
       <c r="E254" t="s">
         <v>27</v>
       </c>
       <c r="F254"/>
       <c r="G254"/>
       <c r="H254" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255">
         <v>254</v>
       </c>
       <c r="B255" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C255" t="s">
+        <v>255</v>
+      </c>
+      <c r="D255" t="s">
+        <v>256</v>
+      </c>
+      <c r="E255" t="s">
         <v>257</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="F255"/>
       <c r="G255" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="H255" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256">
         <v>255</v>
       </c>
       <c r="B256" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C256"/>
       <c r="D256"/>
       <c r="E256"/>
       <c r="F256"/>
       <c r="G256"/>
       <c r="H256"/>
     </row>
     <row r="257" spans="1:8">
       <c r="A257">
         <v>256</v>
       </c>
       <c r="B257" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C257" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="D257" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="E257" t="s">
         <v>72</v>
       </c>
       <c r="F257"/>
       <c r="G257"/>
       <c r="H257" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258">
         <v>257</v>
       </c>
       <c r="B258" t="s">
         <v>31</v>
       </c>
       <c r="C258"/>
       <c r="D258"/>
       <c r="E258"/>
       <c r="F258"/>
       <c r="G258"/>
       <c r="H258"/>
     </row>
     <row r="259" spans="1:8">
       <c r="A259">
         <v>258</v>
       </c>
       <c r="B259" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C259"/>
       <c r="D259"/>
       <c r="E259"/>
       <c r="F259"/>
       <c r="G259"/>
       <c r="H259"/>
     </row>
     <row r="260" spans="1:8">
       <c r="A260">
         <v>259</v>
       </c>
       <c r="B260" t="s">
         <v>44</v>
       </c>
       <c r="C260"/>
       <c r="D260"/>
       <c r="E260"/>
       <c r="F260"/>
       <c r="G260"/>
       <c r="H260"/>
     </row>
     <row r="261" spans="1:8">
       <c r="A261">
         <v>260</v>
       </c>
       <c r="B261" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C261"/>
       <c r="D261"/>
       <c r="E261"/>
       <c r="F261"/>
       <c r="G261"/>
       <c r="H261"/>
     </row>
     <row r="262" spans="1:8">
       <c r="A262">
         <v>261</v>
       </c>
       <c r="B262" t="s">
         <v>8</v>
       </c>
       <c r="C262"/>
       <c r="D262"/>
       <c r="E262"/>
       <c r="F262"/>
       <c r="G262"/>
       <c r="H262"/>
     </row>
     <row r="263" spans="1:8">
       <c r="A263">
         <v>262</v>
       </c>
       <c r="B263" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C263"/>
       <c r="D263"/>
       <c r="E263"/>
       <c r="F263"/>
       <c r="G263"/>
       <c r="H263"/>
     </row>
     <row r="264" spans="1:8">
       <c r="A264">
         <v>263</v>
       </c>
       <c r="B264" t="s">
         <v>48</v>
       </c>
       <c r="C264" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="D264" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="E264" t="s">
         <v>30</v>
       </c>
       <c r="F264"/>
       <c r="G264"/>
       <c r="H264" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265">
         <v>264</v>
       </c>
       <c r="B265" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C265"/>
       <c r="D265"/>
       <c r="E265"/>
       <c r="F265"/>
       <c r="G265"/>
       <c r="H265"/>
     </row>
     <row r="266" spans="1:8">
       <c r="A266">
         <v>265</v>
       </c>
       <c r="B266" t="s">
         <v>64</v>
       </c>
       <c r="C266" t="s">
         <v>73</v>
       </c>
       <c r="D266" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="E266" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="F266"/>
       <c r="G266"/>
       <c r="H266" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267">
         <v>266</v>
       </c>
       <c r="B267" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C267"/>
       <c r="D267"/>
       <c r="E267"/>
       <c r="F267"/>
       <c r="G267"/>
       <c r="H267"/>
     </row>
     <row r="268" spans="1:8">
       <c r="A268">
         <v>267</v>
       </c>
       <c r="B268" t="s">
         <v>85</v>
       </c>
       <c r="C268"/>
       <c r="D268"/>
       <c r="E268"/>
       <c r="F268"/>
       <c r="G268"/>
       <c r="H268"/>
     </row>
     <row r="269" spans="1:8">
       <c r="A269">
         <v>268</v>
       </c>
       <c r="B269" t="s">
         <v>81</v>
       </c>
       <c r="C269" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="D269" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="E269" t="s">
         <v>39</v>
       </c>
       <c r="F269"/>
       <c r="G269"/>
       <c r="H269" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270">
         <v>269</v>
       </c>
       <c r="B270" t="s">
         <v>75</v>
       </c>
       <c r="C270"/>
       <c r="D270"/>
       <c r="E270"/>
       <c r="F270"/>
       <c r="G270"/>
       <c r="H270"/>
     </row>
     <row r="271" spans="1:8">
       <c r="A271">
         <v>270</v>
       </c>
       <c r="B271" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C271"/>
       <c r="D271"/>
       <c r="E271"/>
       <c r="F271"/>
       <c r="G271"/>
       <c r="H271"/>
     </row>
     <row r="272" spans="1:8">
       <c r="A272">
         <v>271</v>
       </c>
       <c r="B272" t="s">
+        <v>265</v>
+      </c>
+      <c r="C272" t="s">
+        <v>266</v>
+      </c>
+      <c r="D272" t="s">
+        <v>115</v>
+      </c>
+      <c r="E272" t="s">
         <v>267</v>
-      </c>
-[...7 lines deleted...]
-        <v>269</v>
       </c>
       <c r="F272"/>
       <c r="G272" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="H272" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273">
         <v>272</v>
       </c>
       <c r="B273" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C273" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="D273" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E273" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="F273"/>
       <c r="G273"/>
       <c r="H273" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274">
         <v>273</v>
       </c>
       <c r="B274" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C274" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="D274" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="E274" t="s">
         <v>30</v>
       </c>
       <c r="F274"/>
       <c r="G274"/>
       <c r="H274" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275">
         <v>274</v>
       </c>
       <c r="B275" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="C275"/>
       <c r="D275"/>
       <c r="E275"/>
       <c r="F275"/>
       <c r="G275"/>
       <c r="H275"/>
     </row>
     <row r="276" spans="1:8">
       <c r="A276">
         <v>275</v>
       </c>
       <c r="B276" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C276"/>
       <c r="D276"/>
       <c r="E276"/>
       <c r="F276"/>
       <c r="G276"/>
       <c r="H276"/>
     </row>
     <row r="277" spans="1:8">
       <c r="A277">
         <v>276</v>
       </c>
       <c r="B277" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C277"/>
       <c r="D277"/>
       <c r="E277"/>
       <c r="F277"/>
       <c r="G277"/>
       <c r="H277"/>
     </row>
     <row r="278" spans="1:8">
       <c r="A278">
         <v>277</v>
       </c>
       <c r="B278" t="s">
         <v>31</v>
       </c>
       <c r="C278" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="D278" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="E278" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="F278"/>
       <c r="G278"/>
       <c r="H278" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279">
         <v>278</v>
       </c>
       <c r="B279" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="C279"/>
       <c r="D279"/>
       <c r="E279"/>
       <c r="F279"/>
       <c r="G279"/>
       <c r="H279"/>
     </row>
     <row r="280" spans="1:8">
       <c r="A280">
         <v>279</v>
       </c>
       <c r="B280" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C280"/>
       <c r="D280"/>
       <c r="E280"/>
       <c r="F280"/>
       <c r="G280"/>
       <c r="H280"/>
     </row>
     <row r="281" spans="1:8">
       <c r="A281">
         <v>280</v>
       </c>
       <c r="B281" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C281"/>
       <c r="D281"/>
       <c r="E281"/>
       <c r="F281"/>
       <c r="G281"/>
       <c r="H281"/>
     </row>
     <row r="282" spans="1:8">
       <c r="A282">
         <v>281</v>
       </c>
       <c r="B282" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C282"/>
       <c r="D282"/>
       <c r="E282"/>
       <c r="F282"/>
       <c r="G282"/>
       <c r="H282"/>
     </row>
     <row r="283" spans="1:8">
       <c r="A283">
         <v>282</v>
       </c>
       <c r="B283" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C283"/>
       <c r="D283"/>
       <c r="E283"/>
       <c r="F283"/>
       <c r="G283"/>
       <c r="H283"/>
     </row>
     <row r="284" spans="1:8">
       <c r="A284">
         <v>283</v>
       </c>
       <c r="B284" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C284"/>
       <c r="D284"/>
       <c r="E284"/>
       <c r="F284"/>
       <c r="G284"/>
       <c r="H284"/>
     </row>
     <row r="285" spans="1:8">
       <c r="A285">
         <v>284</v>
       </c>
       <c r="B285" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C285"/>
       <c r="D285"/>
       <c r="E285"/>
       <c r="F285"/>
       <c r="G285"/>
       <c r="H285"/>
     </row>
     <row r="286" spans="1:8">
       <c r="A286">
         <v>285</v>
       </c>
       <c r="B286" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C286"/>
       <c r="D286"/>
       <c r="E286"/>
       <c r="F286"/>
       <c r="G286"/>
       <c r="H286"/>
     </row>
     <row r="287" spans="1:8">
       <c r="A287">
         <v>286</v>
       </c>
       <c r="B287" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C287"/>
       <c r="D287"/>
       <c r="E287"/>
       <c r="F287"/>
       <c r="G287"/>
       <c r="H287"/>
     </row>
     <row r="288" spans="1:8">
       <c r="A288">
         <v>287</v>
       </c>
       <c r="B288" t="s">
+        <v>274</v>
+      </c>
+      <c r="C288" t="s">
+        <v>275</v>
+      </c>
+      <c r="D288" t="s">
         <v>276</v>
       </c>
-      <c r="C288" t="s">
+      <c r="E288" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>279</v>
       </c>
       <c r="F288"/>
       <c r="G288"/>
       <c r="H288" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289">
         <v>288</v>
       </c>
       <c r="B289" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C289" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="D289" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E289" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F289"/>
       <c r="G289"/>
       <c r="H289" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290">
         <v>289</v>
       </c>
       <c r="B290" t="s">
-        <v>281</v>
-[...9 lines deleted...]
-      </c>
+        <v>279</v>
+      </c>
+      <c r="C290"/>
+      <c r="D290"/>
+      <c r="E290"/>
       <c r="F290"/>
       <c r="G290"/>
-      <c r="H290" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H290"/>
     </row>
     <row r="291" spans="1:8">
       <c r="A291">
         <v>290</v>
       </c>
       <c r="B291" t="s">
+        <v>279</v>
+      </c>
+      <c r="C291" t="s">
+        <v>280</v>
+      </c>
+      <c r="D291" t="s">
         <v>281</v>
       </c>
-      <c r="C291" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E291" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="F291"/>
       <c r="G291"/>
       <c r="H291" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292">
         <v>291</v>
       </c>
       <c r="B292" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C292"/>
       <c r="D292"/>
       <c r="E292"/>
       <c r="F292"/>
       <c r="G292"/>
       <c r="H292"/>
     </row>
     <row r="293" spans="1:8">
       <c r="A293">
         <v>292</v>
       </c>
       <c r="B293" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C293"/>
       <c r="D293"/>
       <c r="E293"/>
       <c r="F293"/>
       <c r="G293"/>
       <c r="H293"/>
     </row>
     <row r="294" spans="1:8">
       <c r="A294">
         <v>293</v>
       </c>
       <c r="B294" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C294"/>
       <c r="D294"/>
       <c r="E294"/>
       <c r="F294"/>
       <c r="G294"/>
       <c r="H294"/>
     </row>
     <row r="295" spans="1:8">
       <c r="A295">
         <v>294</v>
       </c>
       <c r="B295" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C295"/>
       <c r="D295"/>
       <c r="E295"/>
       <c r="F295"/>
       <c r="G295"/>
       <c r="H295"/>
     </row>
     <row r="296" spans="1:8">
       <c r="A296">
         <v>295</v>
       </c>
       <c r="B296" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C296"/>
       <c r="D296"/>
       <c r="E296"/>
       <c r="F296"/>
       <c r="G296"/>
       <c r="H296"/>
     </row>
     <row r="297" spans="1:8">
       <c r="A297">
         <v>296</v>
       </c>
       <c r="B297" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C297"/>
       <c r="D297"/>
       <c r="E297"/>
       <c r="F297"/>
       <c r="G297"/>
       <c r="H297"/>
     </row>
     <row r="298" spans="1:8">
       <c r="A298">
         <v>297</v>
       </c>
       <c r="B298" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C298"/>
       <c r="D298"/>
       <c r="E298"/>
       <c r="F298"/>
       <c r="G298"/>
       <c r="H298"/>
     </row>
     <row r="299" spans="1:8">
       <c r="A299">
         <v>298</v>
       </c>
       <c r="B299" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C299"/>
       <c r="D299"/>
       <c r="E299"/>
       <c r="F299"/>
       <c r="G299"/>
       <c r="H299"/>
     </row>
     <row r="300" spans="1:8">
       <c r="A300">
         <v>299</v>
       </c>
       <c r="B300" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C300"/>
       <c r="D300"/>
       <c r="E300"/>
       <c r="F300"/>
       <c r="G300"/>
       <c r="H300"/>
     </row>
     <row r="301" spans="1:8">
       <c r="A301">
         <v>300</v>
       </c>
       <c r="B301" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C301"/>
       <c r="D301"/>
       <c r="E301"/>
       <c r="F301"/>
       <c r="G301"/>
       <c r="H301"/>
     </row>
     <row r="302" spans="1:8">
       <c r="A302">
         <v>301</v>
       </c>
       <c r="B302" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C302" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="D302" t="s">
-        <v>290</v>
+        <v>286</v>
       </c>
       <c r="E302" t="s">
         <v>30</v>
       </c>
       <c r="F302"/>
       <c r="G302"/>
       <c r="H302" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303">
         <v>302</v>
       </c>
       <c r="B303" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C303" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="D303" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="E303" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F303"/>
       <c r="G303"/>
       <c r="H303" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304">
         <v>303</v>
       </c>
       <c r="B304" t="s">
+        <v>284</v>
+      </c>
+      <c r="C304" t="s">
         <v>288</v>
       </c>
-      <c r="C304" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D304" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="E304" t="s">
         <v>30</v>
       </c>
       <c r="F304"/>
       <c r="G304"/>
       <c r="H304" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305">
         <v>304</v>
       </c>
       <c r="B305" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C305" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
       <c r="D305" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="E305" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="F305"/>
       <c r="G305"/>
       <c r="H305" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306">
         <v>305</v>
       </c>
       <c r="B306" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C306" t="s">
         <v>12</v>
       </c>
       <c r="D306" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="E306" t="s">
         <v>13</v>
       </c>
       <c r="F306"/>
       <c r="G306"/>
       <c r="H306" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307">
         <v>306</v>
       </c>
       <c r="B307" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C307"/>
       <c r="D307"/>
       <c r="E307"/>
       <c r="F307"/>
       <c r="G307"/>
       <c r="H307"/>
     </row>
     <row r="308" spans="1:8">
       <c r="A308">
         <v>307</v>
       </c>
       <c r="B308" t="s">
+        <v>290</v>
+      </c>
+      <c r="C308" t="s">
         <v>294</v>
       </c>
-      <c r="C308" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D308" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="E308" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="F308"/>
       <c r="G308"/>
       <c r="H308" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309">
         <v>308</v>
       </c>
       <c r="B309" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C309"/>
       <c r="D309"/>
       <c r="E309"/>
       <c r="F309"/>
       <c r="G309"/>
       <c r="H309"/>
     </row>
     <row r="310" spans="1:8">
       <c r="A310">
         <v>309</v>
       </c>
       <c r="B310" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C310"/>
       <c r="D310"/>
       <c r="E310"/>
       <c r="F310"/>
       <c r="G310"/>
       <c r="H310"/>
     </row>
     <row r="311" spans="1:8">
       <c r="A311">
         <v>310</v>
       </c>
       <c r="B311" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C311"/>
       <c r="D311"/>
       <c r="E311"/>
       <c r="F311"/>
       <c r="G311"/>
       <c r="H311"/>
     </row>
     <row r="312" spans="1:8">
       <c r="A312">
         <v>311</v>
       </c>
       <c r="B312" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C312"/>
       <c r="D312"/>
       <c r="E312"/>
       <c r="F312"/>
       <c r="G312"/>
       <c r="H312"/>
     </row>
     <row r="313" spans="1:8">
       <c r="A313">
         <v>312</v>
       </c>
       <c r="B313" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C313" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D313" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="E313" t="s">
         <v>72</v>
       </c>
       <c r="F313"/>
       <c r="G313"/>
       <c r="H313" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314">
         <v>313</v>
       </c>
       <c r="B314" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C314"/>
       <c r="D314"/>
       <c r="E314"/>
       <c r="F314"/>
       <c r="G314"/>
       <c r="H314"/>
     </row>
     <row r="315" spans="1:8">
       <c r="A315">
         <v>314</v>
       </c>
       <c r="B315" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C315" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="D315" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E315" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F315"/>
       <c r="G315"/>
       <c r="H315" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316">
         <v>315</v>
       </c>
       <c r="B316" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C316" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="D316" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="E316" t="s">
         <v>27</v>
       </c>
       <c r="F316"/>
       <c r="G316"/>
       <c r="H316" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317">
         <v>316</v>
       </c>
       <c r="B317" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C317" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="D317" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="E317" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F317"/>
       <c r="G317"/>
       <c r="H317" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318">
         <v>317</v>
       </c>
       <c r="B318" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C318"/>
       <c r="D318"/>
       <c r="E318"/>
       <c r="F318"/>
       <c r="G318"/>
       <c r="H318"/>
     </row>
     <row r="319" spans="1:8">
       <c r="A319">
         <v>318</v>
       </c>
       <c r="B319" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C319"/>
       <c r="D319"/>
       <c r="E319"/>
       <c r="F319"/>
       <c r="G319"/>
       <c r="H319"/>
     </row>
     <row r="320" spans="1:8">
       <c r="A320">
         <v>319</v>
       </c>
       <c r="B320" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C320"/>
       <c r="D320"/>
       <c r="E320"/>
       <c r="F320"/>
       <c r="G320"/>
       <c r="H320"/>
     </row>
     <row r="321" spans="1:8">
       <c r="A321">
         <v>320</v>
       </c>
       <c r="B321" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C321"/>
       <c r="D321"/>
       <c r="E321"/>
       <c r="F321"/>
       <c r="G321"/>
       <c r="H321"/>
     </row>
     <row r="322" spans="1:8">
       <c r="A322">
         <v>321</v>
       </c>
       <c r="B322" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C322" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="D322" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="E322" t="s">
         <v>67</v>
       </c>
       <c r="F322"/>
       <c r="G322"/>
       <c r="H322" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323">
         <v>322</v>
       </c>
       <c r="B323" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C323"/>
       <c r="D323"/>
       <c r="E323"/>
       <c r="F323"/>
       <c r="G323"/>
       <c r="H323"/>
     </row>
     <row r="324" spans="1:8">
       <c r="A324">
         <v>323</v>
       </c>
       <c r="B324" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C324"/>
       <c r="D324"/>
       <c r="E324"/>
       <c r="F324"/>
       <c r="G324"/>
       <c r="H324"/>
     </row>
     <row r="325" spans="1:8">
       <c r="A325">
         <v>324</v>
       </c>
       <c r="B325" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C325"/>
       <c r="D325"/>
       <c r="E325"/>
       <c r="F325"/>
       <c r="G325"/>
       <c r="H325"/>
     </row>
     <row r="326" spans="1:8">
       <c r="A326">
         <v>325</v>
       </c>
       <c r="B326" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C326"/>
       <c r="D326"/>
       <c r="E326"/>
       <c r="F326"/>
       <c r="G326"/>
       <c r="H326"/>
     </row>
     <row r="327" spans="1:8">
       <c r="A327">
         <v>326</v>
       </c>
       <c r="B327" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C327"/>
       <c r="D327"/>
       <c r="E327"/>
       <c r="F327"/>
       <c r="G327"/>
       <c r="H327"/>
     </row>
     <row r="328" spans="1:8">
       <c r="A328">
         <v>327</v>
       </c>
       <c r="B328" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C328"/>
       <c r="D328"/>
       <c r="E328"/>
       <c r="F328"/>
       <c r="G328"/>
       <c r="H328"/>
     </row>
     <row r="329" spans="1:8">
       <c r="A329">
         <v>328</v>
       </c>
       <c r="B329" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C329"/>
       <c r="D329"/>
       <c r="E329"/>
       <c r="F329"/>
       <c r="G329"/>
       <c r="H329"/>
     </row>
     <row r="330" spans="1:8">
       <c r="A330">
         <v>329</v>
       </c>
       <c r="B330" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C330"/>
       <c r="D330"/>
       <c r="E330"/>
       <c r="F330"/>
       <c r="G330"/>
       <c r="H330"/>
     </row>
     <row r="331" spans="1:8">
       <c r="A331">
         <v>330</v>
       </c>
       <c r="B331" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C331"/>
       <c r="D331"/>
       <c r="E331"/>
       <c r="F331"/>
       <c r="G331"/>
       <c r="H331"/>
     </row>
     <row r="332" spans="1:8">
       <c r="A332">
         <v>331</v>
       </c>
       <c r="B332" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C332"/>
       <c r="D332"/>
       <c r="E332"/>
       <c r="F332"/>
       <c r="G332"/>
       <c r="H332"/>
     </row>
     <row r="333" spans="1:8">
       <c r="A333">
         <v>332</v>
       </c>
       <c r="B333" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C333"/>
       <c r="D333"/>
       <c r="E333"/>
       <c r="F333"/>
       <c r="G333"/>
       <c r="H333"/>
     </row>
     <row r="334" spans="1:8">
       <c r="A334">
         <v>333</v>
       </c>
       <c r="B334" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C334" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="D334" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="E334" t="s">
         <v>51</v>
       </c>
       <c r="F334"/>
       <c r="G334"/>
       <c r="H334" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335">
         <v>334</v>
       </c>
       <c r="B335" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C335"/>
       <c r="D335"/>
       <c r="E335"/>
       <c r="F335"/>
       <c r="G335"/>
       <c r="H335"/>
     </row>
     <row r="336" spans="1:8">
       <c r="A336">
         <v>335</v>
       </c>
       <c r="B336" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C336" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="D336" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E336" t="s">
         <v>58</v>
       </c>
       <c r="F336"/>
       <c r="G336" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="H336" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337">
         <v>336</v>
       </c>
       <c r="B337" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C337"/>
       <c r="D337"/>
       <c r="E337"/>
       <c r="F337"/>
       <c r="G337"/>
       <c r="H337"/>
     </row>
     <row r="338" spans="1:8">
       <c r="A338">
         <v>337</v>
       </c>
       <c r="B338" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C338"/>
       <c r="D338"/>
       <c r="E338"/>
       <c r="F338"/>
       <c r="G338"/>
       <c r="H338"/>
     </row>
     <row r="339" spans="1:8">
       <c r="A339">
         <v>338</v>
       </c>
       <c r="B339" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C339" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D339" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="E339" t="s">
         <v>78</v>
       </c>
       <c r="F339"/>
       <c r="G339"/>
       <c r="H339" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340">
         <v>339</v>
       </c>
       <c r="B340" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C340"/>
       <c r="D340"/>
       <c r="E340"/>
       <c r="F340"/>
       <c r="G340"/>
       <c r="H340"/>
     </row>
     <row r="341" spans="1:8">
       <c r="A341">
         <v>340</v>
       </c>
       <c r="B341" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="C341"/>
       <c r="D341"/>
       <c r="E341"/>
       <c r="F341"/>
       <c r="G341"/>
       <c r="H341"/>
     </row>
     <row r="342" spans="1:8">
       <c r="A342">
         <v>341</v>
       </c>
       <c r="B342" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C342"/>
       <c r="D342"/>
       <c r="E342"/>
       <c r="F342"/>
       <c r="G342"/>
       <c r="H342"/>
     </row>
     <row r="343" spans="1:8">
       <c r="A343">
         <v>342</v>
       </c>
       <c r="B343" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C343" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="D343" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="E343" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="F343"/>
       <c r="G343"/>
       <c r="H343" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344">
         <v>343</v>
       </c>
       <c r="B344" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C344" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="D344" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="E344"/>
       <c r="F344"/>
       <c r="G344"/>
       <c r="H344" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345">
         <v>344</v>
       </c>
       <c r="B345" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C345" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="D345" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="E345" t="s">
         <v>39</v>
       </c>
       <c r="F345"/>
       <c r="G345"/>
       <c r="H345" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346">
         <v>345</v>
       </c>
       <c r="B346" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C346"/>
       <c r="D346"/>
       <c r="E346"/>
       <c r="F346"/>
       <c r="G346"/>
       <c r="H346"/>
     </row>
     <row r="347" spans="1:8">
       <c r="A347">
         <v>346</v>
       </c>
       <c r="B347" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="C347"/>
       <c r="D347"/>
       <c r="E347"/>
       <c r="F347"/>
       <c r="G347"/>
       <c r="H347"/>
     </row>
     <row r="348" spans="1:8">
       <c r="A348">
         <v>347</v>
       </c>
       <c r="B348" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C348"/>
       <c r="D348"/>
       <c r="E348"/>
       <c r="F348"/>
       <c r="G348"/>
       <c r="H348"/>
     </row>
     <row r="349" spans="1:8">
       <c r="A349">
         <v>348</v>
       </c>
       <c r="B349" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="C349" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="D349" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
       <c r="E349" t="s">
         <v>36</v>
       </c>
       <c r="F349"/>
       <c r="G349"/>
       <c r="H349" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350">
         <v>349</v>
       </c>
       <c r="B350" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C350"/>
       <c r="D350"/>
       <c r="E350"/>
       <c r="F350"/>
       <c r="G350"/>
       <c r="H350"/>
     </row>
     <row r="351" spans="1:8">
       <c r="A351">
         <v>350</v>
       </c>
       <c r="B351" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C351"/>
       <c r="D351"/>
       <c r="E351"/>
       <c r="F351"/>
       <c r="G351"/>
       <c r="H351"/>
     </row>
     <row r="352" spans="1:8">
       <c r="A352">
         <v>351</v>
       </c>
       <c r="B352" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C352"/>
       <c r="D352"/>
       <c r="E352"/>
       <c r="F352"/>
       <c r="G352"/>
       <c r="H352"/>
     </row>
     <row r="353" spans="1:8">
       <c r="A353">
         <v>352</v>
       </c>
       <c r="B353" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C353" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="D353" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="E353" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="F353"/>
       <c r="G353"/>
       <c r="H353" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354">
         <v>353</v>
       </c>
       <c r="B354" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C354"/>
       <c r="D354"/>
       <c r="E354"/>
       <c r="F354"/>
       <c r="G354"/>
       <c r="H354"/>
     </row>
     <row r="355" spans="1:8">
       <c r="A355">
         <v>354</v>
       </c>
       <c r="B355" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C355" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="D355" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="E355" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="F355"/>
       <c r="G355"/>
       <c r="H355" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356">
         <v>355</v>
       </c>
       <c r="B356" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C356" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="D356" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="E356" t="s">
         <v>58</v>
       </c>
       <c r="F356"/>
       <c r="G356"/>
       <c r="H356" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357">
         <v>356</v>
       </c>
       <c r="B357" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C357"/>
       <c r="D357"/>
       <c r="E357"/>
       <c r="F357"/>
       <c r="G357"/>
       <c r="H357"/>
     </row>
     <row r="358" spans="1:8">
       <c r="A358">
         <v>357</v>
       </c>
       <c r="B358" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C358"/>
       <c r="D358"/>
       <c r="E358"/>
       <c r="F358"/>
       <c r="G358"/>
       <c r="H358"/>
     </row>
     <row r="359" spans="1:8">
       <c r="A359">
         <v>358</v>
       </c>
       <c r="B359" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C359"/>
       <c r="D359"/>
       <c r="E359"/>
       <c r="F359"/>
       <c r="G359"/>
       <c r="H359"/>
     </row>
     <row r="360" spans="1:8">
       <c r="A360">
         <v>359</v>
       </c>
       <c r="B360" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C360"/>
       <c r="D360"/>
       <c r="E360"/>
       <c r="F360"/>
       <c r="G360"/>
       <c r="H360"/>
     </row>
     <row r="361" spans="1:8">
       <c r="A361">
         <v>360</v>
       </c>
       <c r="B361" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C361"/>
       <c r="D361"/>
       <c r="E361"/>
       <c r="F361"/>
       <c r="G361"/>
       <c r="H361"/>
     </row>
     <row r="362" spans="1:8">
       <c r="A362">
         <v>361</v>
       </c>
       <c r="B362" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C362"/>
       <c r="D362"/>
       <c r="E362"/>
       <c r="F362"/>
       <c r="G362"/>
       <c r="H362"/>
     </row>
     <row r="363" spans="1:8">
       <c r="A363">
         <v>362</v>
       </c>
       <c r="B363" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C363" t="s">
-        <v>336</v>
+        <v>332</v>
       </c>
       <c r="D363" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E363" t="s">
         <v>51</v>
       </c>
       <c r="F363"/>
       <c r="G363"/>
       <c r="H363" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364">
         <v>363</v>
       </c>
       <c r="B364" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C364"/>
       <c r="D364"/>
       <c r="E364"/>
       <c r="F364"/>
       <c r="G364"/>
       <c r="H364"/>
     </row>
     <row r="365" spans="1:8">
       <c r="A365">
         <v>364</v>
       </c>
       <c r="B365" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C365"/>
       <c r="D365"/>
       <c r="E365"/>
       <c r="F365"/>
       <c r="G365"/>
       <c r="H365"/>
     </row>
     <row r="366" spans="1:8">
       <c r="A366">
         <v>365</v>
       </c>
       <c r="B366" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C366"/>
       <c r="D366"/>
       <c r="E366"/>
       <c r="F366"/>
       <c r="G366"/>
       <c r="H366"/>
     </row>
     <row r="367" spans="1:8">
       <c r="A367">
         <v>366</v>
       </c>
       <c r="B367" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C367"/>
       <c r="D367"/>
       <c r="E367"/>
       <c r="F367"/>
       <c r="G367"/>
       <c r="H367"/>
     </row>
     <row r="368" spans="1:8">
       <c r="A368">
         <v>367</v>
       </c>
       <c r="B368" t="s">
         <v>81</v>
       </c>
       <c r="C368"/>
       <c r="D368"/>
       <c r="E368"/>
       <c r="F368"/>
       <c r="G368"/>
       <c r="H368"/>
     </row>
     <row r="369" spans="1:8">
       <c r="A369">
         <v>368</v>
       </c>
       <c r="B369" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C369"/>
       <c r="D369"/>
       <c r="E369"/>
       <c r="F369"/>
       <c r="G369"/>
       <c r="H369"/>
     </row>
     <row r="370" spans="1:8">
       <c r="A370">
         <v>369</v>
       </c>
       <c r="B370" t="s">
         <v>44</v>
       </c>
       <c r="C370"/>
       <c r="D370"/>
       <c r="E370"/>
       <c r="F370"/>
       <c r="G370"/>
       <c r="H370"/>
     </row>
     <row r="371" spans="1:8">
       <c r="A371">
         <v>370</v>
       </c>
       <c r="B371" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C371"/>
       <c r="D371"/>
       <c r="E371"/>
       <c r="F371"/>
       <c r="G371"/>
       <c r="H371"/>
     </row>
     <row r="372" spans="1:8">
       <c r="A372">
         <v>371</v>
       </c>
       <c r="B372" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C372" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="D372" t="s">
         <v>90</v>
       </c>
       <c r="E372" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F372"/>
       <c r="G372"/>
       <c r="H372" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373">
         <v>372</v>
       </c>
       <c r="B373" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C373" t="s">
-        <v>342</v>
+        <v>338</v>
       </c>
       <c r="D373" t="s">
-        <v>343</v>
+        <v>339</v>
       </c>
       <c r="E373" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="F373"/>
       <c r="G373"/>
       <c r="H373" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374">
         <v>373</v>
       </c>
       <c r="B374" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C374" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="D374" t="s">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="E374" t="s">
         <v>29</v>
       </c>
       <c r="F374"/>
       <c r="G374"/>
       <c r="H374" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375">
         <v>374</v>
       </c>
       <c r="B375" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C375" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="D375" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="E375" t="s">
         <v>39</v>
       </c>
       <c r="F375"/>
       <c r="G375"/>
       <c r="H375" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376">
         <v>375</v>
       </c>
       <c r="B376" t="s">
         <v>40</v>
       </c>
       <c r="C376" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="D376" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="E376" t="s">
-        <v>351</v>
+        <v>347</v>
       </c>
       <c r="F376"/>
       <c r="G376"/>
       <c r="H376" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377">
         <v>376</v>
       </c>
       <c r="B377" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C377"/>
       <c r="D377"/>
       <c r="E377"/>
       <c r="F377"/>
       <c r="G377"/>
       <c r="H377"/>
     </row>
     <row r="378" spans="1:8">
       <c r="A378">
         <v>377</v>
       </c>
       <c r="B378" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C378" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="D378" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="E378" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
       <c r="F378"/>
       <c r="G378"/>
       <c r="H378" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379">
         <v>378</v>
       </c>
       <c r="B379" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C379"/>
       <c r="D379"/>
       <c r="E379"/>
       <c r="F379"/>
       <c r="G379"/>
       <c r="H379"/>
     </row>
     <row r="380" spans="1:8">
       <c r="A380">
         <v>379</v>
       </c>
       <c r="B380" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C380"/>
       <c r="D380"/>
       <c r="E380"/>
       <c r="F380"/>
       <c r="G380"/>
       <c r="H380"/>
     </row>
     <row r="381" spans="1:8">
       <c r="A381">
         <v>380</v>
       </c>
       <c r="B381" t="s">
-        <v>339</v>
-[...9 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="C381"/>
+      <c r="D381"/>
+      <c r="E381"/>
       <c r="F381"/>
-      <c r="G381" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G381"/>
+      <c r="H381"/>
     </row>
     <row r="382" spans="1:8">
       <c r="A382">
         <v>381</v>
       </c>
       <c r="B382" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="C382"/>
       <c r="D382"/>
       <c r="E382"/>
       <c r="F382"/>
       <c r="G382"/>
       <c r="H382"/>
     </row>
     <row r="383" spans="1:8">
       <c r="A383">
         <v>382</v>
       </c>
       <c r="B383" t="s">
-        <v>237</v>
-[...3 lines deleted...]
-      <c r="E383"/>
+        <v>235</v>
+      </c>
+      <c r="C383" t="s">
+        <v>351</v>
+      </c>
+      <c r="D383" t="s">
+        <v>324</v>
+      </c>
+      <c r="E383" t="s">
+        <v>352</v>
+      </c>
       <c r="F383"/>
       <c r="G383"/>
-      <c r="H383"/>
+      <c r="H383" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384">
         <v>383</v>
       </c>
       <c r="B384" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C384"/>
       <c r="D384"/>
       <c r="E384"/>
       <c r="F384"/>
       <c r="G384"/>
       <c r="H384"/>
     </row>
     <row r="385" spans="1:8">
       <c r="A385">
         <v>384</v>
       </c>
       <c r="B385" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C385" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="D385" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="E385" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="F385"/>
       <c r="G385"/>
       <c r="H385" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386">
         <v>385</v>
       </c>
       <c r="B386" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C386" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="D386" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="E386" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="F386"/>
       <c r="G386"/>
       <c r="H386" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387">
         <v>386</v>
       </c>
       <c r="B387" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C387" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="D387" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="E387" t="s">
         <v>39</v>
       </c>
       <c r="F387"/>
       <c r="G387"/>
       <c r="H387" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388">
         <v>387</v>
       </c>
       <c r="B388" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="C388" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D388" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="E388" t="s">
         <v>71</v>
       </c>
       <c r="F388" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="G388" t="s">
-        <v>366</v>
+        <v>362</v>
       </c>
       <c r="H388" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389">
         <v>388</v>
       </c>
       <c r="B389" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C389"/>
       <c r="D389"/>
       <c r="E389"/>
       <c r="F389"/>
       <c r="G389"/>
       <c r="H389"/>
     </row>
     <row r="390" spans="1:8">
       <c r="A390">
         <v>389</v>
       </c>
       <c r="B390" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C390"/>
       <c r="D390"/>
       <c r="E390"/>
       <c r="F390"/>
       <c r="G390"/>
       <c r="H390"/>
     </row>
     <row r="391" spans="1:8">
       <c r="A391">
         <v>390</v>
       </c>
       <c r="B391" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C391"/>
       <c r="D391"/>
       <c r="E391"/>
       <c r="F391"/>
       <c r="G391"/>
       <c r="H391"/>
     </row>
     <row r="392" spans="1:8">
       <c r="A392">
         <v>391</v>
       </c>
       <c r="B392" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C392" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="D392" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="E392" t="s">
         <v>39</v>
       </c>
       <c r="F392"/>
       <c r="G392"/>
       <c r="H392" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393">
         <v>392</v>
       </c>
       <c r="B393" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C393" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="D393" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="E393" t="s">
         <v>36</v>
       </c>
       <c r="F393"/>
       <c r="G393" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="H393" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394">
         <v>393</v>
       </c>
       <c r="B394" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C394"/>
       <c r="D394"/>
       <c r="E394"/>
       <c r="F394"/>
       <c r="G394"/>
       <c r="H394"/>
     </row>
     <row r="395" spans="1:8">
       <c r="A395">
         <v>394</v>
       </c>
       <c r="B395" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C395" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="D395" t="s">
-        <v>373</v>
+        <v>154</v>
       </c>
       <c r="E395"/>
       <c r="F395"/>
       <c r="G395"/>
       <c r="H395" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396">
         <v>395</v>
       </c>
       <c r="B396" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C396" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="D396" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="E396" t="s">
         <v>51</v>
       </c>
       <c r="F396"/>
       <c r="G396"/>
       <c r="H396" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397">
         <v>396</v>
       </c>
       <c r="B397" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C397" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
       <c r="D397" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="E397" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="F397"/>
       <c r="G397"/>
       <c r="H397" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398">
         <v>397</v>
       </c>
       <c r="B398" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C398" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="D398" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
       <c r="E398" t="s">
         <v>39</v>
       </c>
       <c r="F398"/>
       <c r="G398"/>
       <c r="H398" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399">
         <v>398</v>
       </c>
       <c r="B399" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C399"/>
       <c r="D399"/>
       <c r="E399"/>
       <c r="F399"/>
       <c r="G399"/>
       <c r="H399"/>
     </row>
     <row r="400" spans="1:8">
       <c r="A400">
         <v>399</v>
       </c>
       <c r="B400" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C400" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="D400" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="E400" t="s">
         <v>43</v>
       </c>
       <c r="F400"/>
       <c r="G400"/>
       <c r="H400" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401">
         <v>400</v>
       </c>
       <c r="B401" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C401" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="D401" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="E401" t="s">
         <v>72</v>
       </c>
       <c r="F401"/>
       <c r="G401"/>
       <c r="H401" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402">
         <v>401</v>
       </c>
       <c r="B402" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C402"/>
       <c r="D402"/>
       <c r="E402"/>
       <c r="F402"/>
       <c r="G402"/>
       <c r="H402"/>
     </row>
     <row r="403" spans="1:8">
       <c r="A403">
         <v>402</v>
       </c>
       <c r="B403" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C403"/>
       <c r="D403"/>
       <c r="E403"/>
       <c r="F403"/>
       <c r="G403"/>
       <c r="H403"/>
     </row>
     <row r="404" spans="1:8">
       <c r="A404">
         <v>403</v>
       </c>
       <c r="B404" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C404" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="D404" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="E404" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="F404"/>
       <c r="G404"/>
       <c r="H404" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405">
         <v>404</v>
       </c>
       <c r="B405" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C405" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="D405" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="E405" t="s">
         <v>78</v>
       </c>
       <c r="F405"/>
       <c r="G405"/>
       <c r="H405" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406">
         <v>405</v>
       </c>
       <c r="B406" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C406" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="D406" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="E406" t="s">
         <v>30</v>
       </c>
       <c r="F406"/>
       <c r="G406"/>
       <c r="H406" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407">
         <v>406</v>
       </c>
       <c r="B407" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C407"/>
       <c r="D407"/>
       <c r="E407"/>
       <c r="F407"/>
       <c r="G407"/>
       <c r="H407"/>
     </row>
     <row r="408" spans="1:8">
       <c r="A408">
         <v>407</v>
       </c>
       <c r="B408" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="C408"/>
       <c r="D408"/>
       <c r="E408"/>
       <c r="F408"/>
       <c r="G408"/>
       <c r="H408"/>
     </row>
     <row r="409" spans="1:8">
       <c r="A409">
         <v>408</v>
       </c>
       <c r="B409" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C409" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
       <c r="D409" t="s">
         <v>57</v>
       </c>
       <c r="E409" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="F409"/>
       <c r="G409"/>
       <c r="H409" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410">
         <v>409</v>
       </c>
       <c r="B410" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C410"/>
       <c r="D410"/>
       <c r="E410"/>
       <c r="F410"/>
       <c r="G410"/>
       <c r="H410"/>
     </row>
     <row r="411" spans="1:8">
       <c r="A411">
         <v>410</v>
       </c>
       <c r="B411" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C411"/>
       <c r="D411"/>
       <c r="E411"/>
       <c r="F411"/>
       <c r="G411"/>
       <c r="H411"/>
     </row>
     <row r="412" spans="1:8">
       <c r="A412">
         <v>411</v>
       </c>
       <c r="B412" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C412"/>
       <c r="D412"/>
       <c r="E412"/>
       <c r="F412"/>
       <c r="G412"/>
       <c r="H412"/>
     </row>
     <row r="413" spans="1:8">
       <c r="A413">
         <v>412</v>
       </c>
       <c r="B413" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C413"/>
       <c r="D413"/>
       <c r="E413"/>
       <c r="F413"/>
       <c r="G413"/>
       <c r="H413"/>
     </row>
     <row r="414" spans="1:8">
       <c r="A414">
         <v>413</v>
       </c>
       <c r="B414" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C414"/>
       <c r="D414"/>
       <c r="E414"/>
       <c r="F414"/>
       <c r="G414"/>
       <c r="H414"/>
     </row>
     <row r="415" spans="1:8">
       <c r="A415">
         <v>414</v>
       </c>
       <c r="B415" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C415" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="D415" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="E415" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F415"/>
       <c r="G415"/>
       <c r="H415" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416">
         <v>415</v>
       </c>
       <c r="B416" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C416"/>
       <c r="D416"/>
       <c r="E416"/>
       <c r="F416"/>
       <c r="G416"/>
       <c r="H416"/>
     </row>
     <row r="417" spans="1:8">
       <c r="A417">
         <v>416</v>
       </c>
       <c r="B417" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C417"/>
       <c r="D417"/>
       <c r="E417"/>
       <c r="F417"/>
       <c r="G417"/>
       <c r="H417"/>
     </row>
     <row r="418" spans="1:8">
       <c r="A418">
         <v>417</v>
       </c>
       <c r="B418" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C418"/>
       <c r="D418"/>
       <c r="E418"/>
       <c r="F418"/>
       <c r="G418"/>
       <c r="H418"/>
     </row>
     <row r="419" spans="1:8">
       <c r="A419">
         <v>418</v>
       </c>
       <c r="B419" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C419" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
       <c r="D419" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="E419" t="s">
         <v>39</v>
       </c>
       <c r="F419"/>
       <c r="G419"/>
       <c r="H419" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420">
         <v>419</v>
       </c>
       <c r="B420" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C420"/>
       <c r="D420"/>
       <c r="E420"/>
       <c r="F420"/>
       <c r="G420"/>
       <c r="H420"/>
     </row>
     <row r="421" spans="1:8">
       <c r="A421">
         <v>420</v>
       </c>
       <c r="B421" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C421"/>
       <c r="D421"/>
       <c r="E421"/>
       <c r="F421"/>
       <c r="G421"/>
       <c r="H421"/>
     </row>
     <row r="422" spans="1:8">
       <c r="A422">
         <v>421</v>
       </c>
       <c r="B422" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C422"/>
       <c r="D422"/>
       <c r="E422"/>
       <c r="F422"/>
       <c r="G422"/>
       <c r="H422"/>
     </row>
     <row r="423" spans="1:8">
       <c r="A423">
         <v>422</v>
       </c>
       <c r="B423" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C423"/>
       <c r="D423"/>
       <c r="E423"/>
       <c r="F423"/>
       <c r="G423"/>
       <c r="H423"/>
     </row>
     <row r="424" spans="1:8">
       <c r="A424">
         <v>423</v>
       </c>
       <c r="B424" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C424"/>
       <c r="D424"/>
       <c r="E424"/>
       <c r="F424"/>
       <c r="G424"/>
       <c r="H424"/>
     </row>
     <row r="425" spans="1:8">
       <c r="A425">
         <v>424</v>
       </c>
       <c r="B425" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C425"/>
       <c r="D425"/>
       <c r="E425"/>
       <c r="F425"/>
       <c r="G425"/>
       <c r="H425"/>
     </row>
     <row r="426" spans="1:8">
       <c r="A426">
         <v>425</v>
       </c>
       <c r="B426" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C426"/>
       <c r="D426"/>
       <c r="E426"/>
       <c r="F426"/>
       <c r="G426"/>
       <c r="H426"/>
     </row>
     <row r="427" spans="1:8">
       <c r="A427">
         <v>426</v>
       </c>
       <c r="B427" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C427"/>
       <c r="D427"/>
       <c r="E427"/>
       <c r="F427"/>
       <c r="G427"/>
       <c r="H427"/>
     </row>
     <row r="428" spans="1:8">
       <c r="A428">
         <v>427</v>
       </c>
       <c r="B428" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C428"/>
       <c r="D428"/>
       <c r="E428"/>
       <c r="F428"/>
       <c r="G428"/>
       <c r="H428"/>
     </row>
     <row r="429" spans="1:8">
       <c r="A429">
         <v>428</v>
       </c>
       <c r="B429" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C429" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="D429" t="s">
         <v>21</v>
       </c>
       <c r="E429" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="F429"/>
       <c r="G429" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="H429" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430">
         <v>429</v>
       </c>
       <c r="B430" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C430" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="D430" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="E430" t="s">
         <v>58</v>
       </c>
       <c r="F430"/>
       <c r="G430"/>
       <c r="H430" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431">
         <v>430</v>
       </c>
       <c r="B431" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C431"/>
       <c r="D431"/>
       <c r="E431"/>
       <c r="F431"/>
       <c r="G431"/>
       <c r="H431"/>
     </row>
     <row r="432" spans="1:8">
       <c r="A432">
         <v>431</v>
       </c>
       <c r="B432" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C432"/>
       <c r="D432"/>
       <c r="E432"/>
       <c r="F432"/>
       <c r="G432"/>
       <c r="H432"/>
     </row>
     <row r="433" spans="1:8">
       <c r="A433">
         <v>432</v>
       </c>
       <c r="B433" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C433"/>
       <c r="D433"/>
       <c r="E433"/>
       <c r="F433"/>
       <c r="G433"/>
       <c r="H433"/>
     </row>
     <row r="434" spans="1:8">
       <c r="A434">
         <v>433</v>
       </c>
       <c r="B434" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C434"/>
       <c r="D434"/>
       <c r="E434"/>
       <c r="F434"/>
       <c r="G434"/>
       <c r="H434"/>
     </row>
     <row r="435" spans="1:8">
       <c r="A435">
         <v>434</v>
       </c>
       <c r="B435" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C435"/>
       <c r="D435"/>
       <c r="E435"/>
       <c r="F435"/>
       <c r="G435"/>
       <c r="H435"/>
     </row>
     <row r="436" spans="1:8">
       <c r="A436">
         <v>435</v>
       </c>
       <c r="B436" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C436" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="D436" t="s">
         <v>33</v>
       </c>
       <c r="E436" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="F436"/>
       <c r="G436"/>
       <c r="H436" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437">
         <v>436</v>
       </c>
       <c r="B437" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C437" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
       <c r="D437" t="s">
-        <v>266</v>
+        <v>264</v>
       </c>
       <c r="E437" t="s">
         <v>39</v>
       </c>
       <c r="F437"/>
       <c r="G437"/>
       <c r="H437" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438">
         <v>437</v>
       </c>
       <c r="B438" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="C438" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="D438" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="E438" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="F438"/>
       <c r="G438"/>
       <c r="H438" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439">
         <v>438</v>
       </c>
       <c r="B439" t="s">
         <v>40</v>
       </c>
       <c r="C439"/>
       <c r="D439"/>
       <c r="E439"/>
       <c r="F439"/>
       <c r="G439"/>
       <c r="H439"/>
     </row>
     <row r="440" spans="1:8">
       <c r="A440">
         <v>439</v>
       </c>
       <c r="B440" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C440" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="D440" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="E440" t="s">
         <v>90</v>
       </c>
       <c r="F440"/>
       <c r="G440" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="H440" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441">
         <v>440</v>
       </c>
       <c r="B441" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C441"/>
       <c r="D441"/>
       <c r="E441"/>
       <c r="F441"/>
       <c r="G441"/>
       <c r="H441"/>
     </row>
     <row r="442" spans="1:8">
       <c r="A442">
         <v>441</v>
       </c>
       <c r="B442" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C442"/>
       <c r="D442"/>
       <c r="E442"/>
       <c r="F442"/>
       <c r="G442"/>
       <c r="H442"/>
     </row>
     <row r="443" spans="1:8">
       <c r="A443">
         <v>442</v>
       </c>
       <c r="B443" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C443"/>
       <c r="D443"/>
       <c r="E443"/>
       <c r="F443"/>
       <c r="G443"/>
       <c r="H443"/>
     </row>
     <row r="444" spans="1:8">
       <c r="A444">
         <v>443</v>
       </c>
       <c r="B444" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C444"/>
       <c r="D444"/>
       <c r="E444"/>
       <c r="F444"/>
       <c r="G444"/>
       <c r="H444"/>
     </row>
     <row r="445" spans="1:8">
       <c r="A445">
         <v>444</v>
       </c>
       <c r="B445" t="s">
-        <v>347</v>
+        <v>343</v>
       </c>
       <c r="C445"/>
       <c r="D445"/>
       <c r="E445"/>
       <c r="F445"/>
       <c r="G445"/>
       <c r="H445"/>
     </row>
     <row r="446" spans="1:8">
       <c r="A446">
         <v>445</v>
       </c>
       <c r="B446" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C446" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="D446" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="E446" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="F446"/>
       <c r="G446"/>
       <c r="H446" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447">
         <v>446</v>
       </c>
       <c r="B447" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="C447" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="D447" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="E447" t="s">
         <v>78</v>
       </c>
       <c r="F447"/>
       <c r="G447"/>
       <c r="H447" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448">
         <v>447</v>
       </c>
       <c r="B448" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C448" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
       <c r="D448" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="E448" t="s">
         <v>73</v>
       </c>
       <c r="F448"/>
       <c r="G448"/>
       <c r="H448" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449">
         <v>448</v>
       </c>
       <c r="B449" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C449"/>
       <c r="D449"/>
       <c r="E449"/>
       <c r="F449"/>
       <c r="G449"/>
       <c r="H449"/>
     </row>
     <row r="450" spans="1:8">
       <c r="A450">
         <v>449</v>
       </c>
       <c r="B450" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C450"/>
       <c r="D450"/>
       <c r="E450"/>
       <c r="F450"/>
       <c r="G450"/>
       <c r="H450"/>
     </row>
     <row r="451" spans="1:8">
       <c r="A451">
         <v>450</v>
       </c>
       <c r="B451" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C451" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="D451" t="s">
         <v>90</v>
       </c>
       <c r="E451" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="F451"/>
       <c r="G451"/>
       <c r="H451" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452">
         <v>451</v>
       </c>
       <c r="B452" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C452"/>
       <c r="D452"/>
       <c r="E452"/>
       <c r="F452"/>
       <c r="G452"/>
       <c r="H452"/>
     </row>
     <row r="453" spans="1:8">
       <c r="A453">
         <v>452</v>
       </c>
       <c r="B453" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C453" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="D453" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="E453" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
       <c r="F453"/>
       <c r="G453"/>
       <c r="H453" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454">
         <v>453</v>
       </c>
       <c r="B454" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C454"/>
       <c r="D454"/>
       <c r="E454"/>
       <c r="F454"/>
       <c r="G454"/>
       <c r="H454"/>
     </row>
     <row r="455" spans="1:8">
       <c r="A455">
         <v>454</v>
       </c>
       <c r="B455" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C455"/>
       <c r="D455"/>
       <c r="E455"/>
       <c r="F455"/>
       <c r="G455"/>
       <c r="H455"/>
     </row>
     <row r="456" spans="1:8">
       <c r="A456">
         <v>455</v>
       </c>
       <c r="B456" t="s">
         <v>44</v>
       </c>
       <c r="C456"/>
       <c r="D456"/>
       <c r="E456"/>
       <c r="F456"/>
       <c r="G456"/>
       <c r="H456"/>
     </row>
     <row r="457" spans="1:8">
       <c r="A457">
         <v>456</v>
       </c>
       <c r="B457" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C457"/>
       <c r="D457"/>
       <c r="E457"/>
       <c r="F457"/>
       <c r="G457"/>
       <c r="H457"/>
     </row>
     <row r="458" spans="1:8">
       <c r="A458">
         <v>457</v>
       </c>
       <c r="B458" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C458"/>
       <c r="D458"/>
       <c r="E458"/>
       <c r="F458"/>
       <c r="G458"/>
       <c r="H458"/>
     </row>
     <row r="459" spans="1:8">
       <c r="A459">
         <v>458</v>
       </c>
       <c r="B459" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C459"/>
       <c r="D459"/>
       <c r="E459"/>
       <c r="F459"/>
       <c r="G459"/>
       <c r="H459"/>
     </row>
     <row r="460" spans="1:8">
       <c r="A460">
         <v>459</v>
       </c>
       <c r="B460" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C460"/>
       <c r="D460"/>
       <c r="E460"/>
       <c r="F460"/>
       <c r="G460"/>
       <c r="H460"/>
     </row>
     <row r="461" spans="1:8">
       <c r="A461">
         <v>460</v>
       </c>
       <c r="B461" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C461" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D461" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="E461" t="s">
         <v>39</v>
       </c>
       <c r="F461"/>
       <c r="G461"/>
       <c r="H461" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462">
         <v>461</v>
       </c>
       <c r="B462" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C462"/>
       <c r="D462"/>
       <c r="E462"/>
       <c r="F462"/>
       <c r="G462"/>
       <c r="H462"/>
     </row>
     <row r="463" spans="1:8">
       <c r="A463">
         <v>462</v>
       </c>
       <c r="B463" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C463"/>
       <c r="D463"/>
       <c r="E463"/>
       <c r="F463"/>
       <c r="G463"/>
       <c r="H463"/>
     </row>
     <row r="464" spans="1:8">
       <c r="A464">
         <v>463</v>
       </c>
       <c r="B464" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C464"/>
       <c r="D464"/>
       <c r="E464"/>
       <c r="F464"/>
       <c r="G464"/>
       <c r="H464"/>
     </row>
     <row r="465" spans="1:8">
       <c r="A465">
         <v>464</v>
       </c>
       <c r="B465" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C465"/>
       <c r="D465"/>
       <c r="E465"/>
       <c r="F465"/>
       <c r="G465"/>
       <c r="H465"/>
     </row>
     <row r="466" spans="1:8">
       <c r="A466">
         <v>465</v>
       </c>
       <c r="B466" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C466"/>
       <c r="D466"/>
       <c r="E466"/>
       <c r="F466"/>
       <c r="G466"/>
       <c r="H466"/>
     </row>
     <row r="467" spans="1:8">
       <c r="A467">
         <v>466</v>
       </c>
       <c r="B467" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C467" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
       <c r="D467" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="E467" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="F467"/>
       <c r="G467"/>
       <c r="H467" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468">
         <v>467</v>
       </c>
       <c r="B468" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C468"/>
       <c r="D468"/>
       <c r="E468"/>
       <c r="F468"/>
       <c r="G468"/>
       <c r="H468"/>
     </row>
     <row r="469" spans="1:8">
       <c r="A469">
         <v>468</v>
       </c>
       <c r="B469" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C469" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="D469" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
       <c r="E469" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="F469"/>
       <c r="G469"/>
       <c r="H469" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470">
         <v>469</v>
       </c>
       <c r="B470" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C470"/>
       <c r="D470"/>
       <c r="E470"/>
       <c r="F470"/>
       <c r="G470"/>
       <c r="H470"/>
     </row>
     <row r="471" spans="1:8">
       <c r="A471">
         <v>470</v>
       </c>
       <c r="B471" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C471"/>
       <c r="D471"/>
       <c r="E471"/>
       <c r="F471"/>
       <c r="G471"/>
       <c r="H471"/>
     </row>
     <row r="472" spans="1:8">
       <c r="A472">
         <v>471</v>
       </c>
       <c r="B472" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C472" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="D472" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
       <c r="E472" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="F472"/>
       <c r="G472"/>
       <c r="H472" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473">
         <v>472</v>
       </c>
       <c r="B473" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C473"/>
       <c r="D473"/>
       <c r="E473"/>
       <c r="F473"/>
       <c r="G473"/>
       <c r="H473"/>
     </row>
     <row r="474" spans="1:8">
       <c r="A474">
         <v>473</v>
       </c>
       <c r="B474" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C474"/>
       <c r="D474"/>
       <c r="E474"/>
       <c r="F474"/>
       <c r="G474"/>
       <c r="H474"/>
     </row>
     <row r="475" spans="1:8">
       <c r="A475">
         <v>474</v>
       </c>
       <c r="B475" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C475"/>
       <c r="D475"/>
       <c r="E475"/>
       <c r="F475"/>
       <c r="G475"/>
       <c r="H475"/>
     </row>
     <row r="476" spans="1:8">
       <c r="A476">
         <v>475</v>
       </c>
       <c r="B476" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C476"/>
       <c r="D476"/>
       <c r="E476"/>
       <c r="F476"/>
       <c r="G476"/>
       <c r="H476"/>
     </row>
     <row r="477" spans="1:8">
       <c r="A477">
         <v>476</v>
       </c>
       <c r="B477" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C477"/>
       <c r="D477"/>
       <c r="E477"/>
       <c r="F477"/>
       <c r="G477"/>
       <c r="H477"/>
     </row>
     <row r="478" spans="1:8">
       <c r="A478">
         <v>477</v>
       </c>
       <c r="B478" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C478"/>
       <c r="D478"/>
       <c r="E478"/>
       <c r="F478"/>
       <c r="G478"/>
       <c r="H478"/>
     </row>
     <row r="479" spans="1:8">
       <c r="A479">
         <v>478</v>
       </c>
       <c r="B479" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C479"/>
       <c r="D479"/>
       <c r="E479"/>
       <c r="F479"/>
       <c r="G479"/>
       <c r="H479"/>
     </row>
     <row r="480" spans="1:8">
       <c r="A480">
         <v>479</v>
       </c>
       <c r="B480" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C480"/>
       <c r="D480"/>
       <c r="E480"/>
       <c r="F480"/>
       <c r="G480"/>
       <c r="H480"/>
     </row>
     <row r="481" spans="1:8">
       <c r="A481">
         <v>480</v>
       </c>
       <c r="B481" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C481"/>
       <c r="D481"/>
       <c r="E481"/>
       <c r="F481"/>
       <c r="G481"/>
       <c r="H481"/>
     </row>
     <row r="482" spans="1:8">
       <c r="A482">
         <v>481</v>
       </c>
       <c r="B482" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C482"/>
       <c r="D482"/>
       <c r="E482"/>
       <c r="F482"/>
       <c r="G482"/>
       <c r="H482"/>
     </row>
     <row r="483" spans="1:8">
       <c r="A483">
         <v>482</v>
       </c>
       <c r="B483" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C483" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="D483" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="E483" t="s">
         <v>27</v>
       </c>
       <c r="F483"/>
       <c r="G483"/>
       <c r="H483" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484">
         <v>483</v>
       </c>
       <c r="B484" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C484"/>
       <c r="D484"/>
       <c r="E484"/>
       <c r="F484"/>
       <c r="G484"/>
       <c r="H484"/>
     </row>
     <row r="485" spans="1:8">
       <c r="A485">
         <v>484</v>
       </c>
       <c r="B485" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C485"/>
       <c r="D485"/>
       <c r="E485"/>
       <c r="F485"/>
       <c r="G485"/>
       <c r="H485"/>
     </row>
     <row r="486" spans="1:8">
       <c r="A486">
         <v>485</v>
       </c>
       <c r="B486" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C486"/>
       <c r="D486"/>
       <c r="E486"/>
       <c r="F486"/>
       <c r="G486"/>
       <c r="H486"/>
     </row>
     <row r="487" spans="1:8">
       <c r="A487">
         <v>486</v>
       </c>
       <c r="B487" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C487"/>
       <c r="D487"/>
       <c r="E487"/>
       <c r="F487"/>
       <c r="G487"/>
       <c r="H487"/>
     </row>
     <row r="488" spans="1:8">
       <c r="A488">
         <v>487</v>
       </c>
       <c r="B488" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C488"/>
       <c r="D488"/>
       <c r="E488"/>
       <c r="F488"/>
       <c r="G488"/>
       <c r="H488"/>
     </row>
     <row r="489" spans="1:8">
       <c r="A489">
         <v>488</v>
       </c>
       <c r="B489" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="C489"/>
       <c r="D489"/>
       <c r="E489"/>
       <c r="F489"/>
       <c r="G489"/>
       <c r="H489"/>
     </row>
     <row r="490" spans="1:8">
       <c r="A490">
         <v>489</v>
       </c>
       <c r="B490" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="C490"/>
       <c r="D490"/>
       <c r="E490"/>
       <c r="F490"/>
       <c r="G490"/>
       <c r="H490"/>
     </row>
     <row r="491" spans="1:8">
       <c r="A491">
         <v>490</v>
       </c>
       <c r="B491" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="C491"/>
       <c r="D491"/>
       <c r="E491"/>
       <c r="F491"/>
       <c r="G491"/>
       <c r="H491"/>
     </row>
     <row r="492" spans="1:8">
       <c r="A492">
         <v>491</v>
       </c>
       <c r="B492" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C492" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="D492" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="E492" t="s">
         <v>51</v>
       </c>
       <c r="F492"/>
       <c r="G492"/>
       <c r="H492" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493">
         <v>492</v>
       </c>
       <c r="B493" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C493" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="D493" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="E493" t="s">
         <v>30</v>
       </c>
       <c r="F493"/>
       <c r="G493"/>
       <c r="H493" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494">
         <v>493</v>
       </c>
       <c r="B494" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C494"/>
       <c r="D494"/>
       <c r="E494"/>
       <c r="F494"/>
       <c r="G494"/>
       <c r="H494"/>
     </row>
     <row r="495" spans="1:8">
       <c r="A495">
         <v>494</v>
       </c>
       <c r="B495" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C495" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="D495" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="E495" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="F495"/>
       <c r="G495"/>
       <c r="H495" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496">
         <v>495</v>
       </c>
       <c r="B496" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C496" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="D496" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="E496" t="s">
         <v>67</v>
       </c>
       <c r="F496"/>
       <c r="G496"/>
       <c r="H496" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497">
         <v>496</v>
       </c>
       <c r="B497" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C497" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
       <c r="D497" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="E497" t="s">
         <v>38</v>
       </c>
       <c r="F497"/>
       <c r="G497"/>
       <c r="H497" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498">
         <v>497</v>
       </c>
       <c r="B498" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="C498"/>
       <c r="D498"/>
       <c r="E498"/>
       <c r="F498"/>
       <c r="G498"/>
       <c r="H498"/>
     </row>
     <row r="499" spans="1:8">
       <c r="A499">
         <v>498</v>
       </c>
       <c r="B499" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C499"/>
       <c r="D499"/>
       <c r="E499"/>
       <c r="F499"/>
       <c r="G499"/>
       <c r="H499"/>
     </row>
     <row r="500" spans="1:8">
       <c r="A500">
         <v>499</v>
       </c>
       <c r="B500" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C500" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D500" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="E500" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="F500"/>
       <c r="G500"/>
       <c r="H500" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501">
         <v>500</v>
       </c>
       <c r="B501" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C501"/>
       <c r="D501"/>
       <c r="E501"/>
       <c r="F501"/>
       <c r="G501"/>
       <c r="H501"/>
     </row>
     <row r="502" spans="1:8">
       <c r="A502">
         <v>501</v>
       </c>
       <c r="B502" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C502" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="D502" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="E502" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F502"/>
       <c r="G502"/>
       <c r="H502" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503">
         <v>502</v>
       </c>
       <c r="B503" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C503"/>
       <c r="D503"/>
       <c r="E503"/>
       <c r="F503"/>
       <c r="G503"/>
       <c r="H503"/>
     </row>
     <row r="504" spans="1:8">
       <c r="A504">
         <v>503</v>
       </c>
       <c r="B504" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C504"/>
       <c r="D504"/>
       <c r="E504"/>
       <c r="F504"/>
       <c r="G504"/>
       <c r="H504"/>
     </row>
     <row r="505" spans="1:8">
       <c r="A505">
         <v>504</v>
       </c>
       <c r="B505" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C505"/>
       <c r="D505"/>
       <c r="E505"/>
       <c r="F505"/>
       <c r="G505"/>
       <c r="H505"/>
     </row>
     <row r="506" spans="1:8">
       <c r="A506">
         <v>505</v>
       </c>
       <c r="B506" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C506"/>
       <c r="D506"/>
       <c r="E506"/>
       <c r="F506"/>
       <c r="G506"/>
       <c r="H506"/>
     </row>
     <row r="507" spans="1:8">
       <c r="A507">
         <v>506</v>
       </c>
       <c r="B507" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C507" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="D507" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="E507" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="F507"/>
       <c r="G507"/>
       <c r="H507" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508">
         <v>507</v>
       </c>
       <c r="B508" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C508"/>
       <c r="D508"/>
       <c r="E508"/>
       <c r="F508"/>
       <c r="G508"/>
       <c r="H508"/>
     </row>
     <row r="509" spans="1:8">
       <c r="A509">
         <v>508</v>
       </c>
       <c r="B509" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C509"/>
       <c r="D509"/>
       <c r="E509"/>
       <c r="F509"/>
       <c r="G509"/>
       <c r="H509"/>
     </row>
     <row r="510" spans="1:8">
       <c r="A510">
         <v>509</v>
       </c>
       <c r="B510" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C510"/>
       <c r="D510"/>
       <c r="E510"/>
       <c r="F510"/>
       <c r="G510"/>
       <c r="H510"/>
     </row>
     <row r="511" spans="1:8">
       <c r="A511">
         <v>510</v>
       </c>
       <c r="B511" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C511"/>
       <c r="D511"/>
       <c r="E511"/>
       <c r="F511"/>
       <c r="G511"/>
       <c r="H511"/>
     </row>
     <row r="512" spans="1:8">
       <c r="A512">
         <v>511</v>
       </c>
       <c r="B512" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C512"/>
       <c r="D512"/>
       <c r="E512"/>
       <c r="F512"/>
       <c r="G512"/>
       <c r="H512"/>
     </row>
     <row r="513" spans="1:8">
       <c r="A513">
         <v>512</v>
       </c>
       <c r="B513" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C513"/>
       <c r="D513"/>
       <c r="E513"/>
       <c r="F513"/>
       <c r="G513"/>
       <c r="H513"/>
     </row>
     <row r="514" spans="1:8">
       <c r="A514">
         <v>513</v>
       </c>
       <c r="B514" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C514"/>
       <c r="D514"/>
       <c r="E514"/>
       <c r="F514"/>
       <c r="G514"/>
       <c r="H514"/>
     </row>
     <row r="515" spans="1:8">
       <c r="A515">
         <v>514</v>
       </c>
       <c r="B515" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C515"/>
       <c r="D515"/>
       <c r="E515"/>
       <c r="F515"/>
       <c r="G515"/>
       <c r="H515"/>
     </row>
     <row r="516" spans="1:8">
       <c r="A516">
         <v>515</v>
       </c>
       <c r="B516" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C516"/>
       <c r="D516"/>
       <c r="E516"/>
       <c r="F516"/>
       <c r="G516"/>
       <c r="H516"/>
     </row>
     <row r="517" spans="1:8">
       <c r="A517">
         <v>516</v>
       </c>
       <c r="B517" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C517"/>
       <c r="D517"/>
       <c r="E517"/>
       <c r="F517"/>
       <c r="G517"/>
       <c r="H517"/>
     </row>
     <row r="518" spans="1:8">
       <c r="A518">
         <v>517</v>
       </c>
       <c r="B518" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C518"/>
       <c r="D518"/>
       <c r="E518"/>
       <c r="F518"/>
       <c r="G518"/>
       <c r="H518"/>
     </row>
     <row r="519" spans="1:8">
       <c r="A519">
         <v>518</v>
       </c>
       <c r="B519" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C519"/>
       <c r="D519"/>
       <c r="E519"/>
       <c r="F519"/>
       <c r="G519"/>
       <c r="H519"/>
     </row>
     <row r="520" spans="1:8">
       <c r="A520">
         <v>519</v>
       </c>
       <c r="B520" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C520"/>
       <c r="D520"/>
       <c r="E520"/>
       <c r="F520"/>
       <c r="G520"/>
       <c r="H520"/>
     </row>
     <row r="521" spans="1:8">
       <c r="A521">
         <v>520</v>
       </c>
       <c r="B521" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C521" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="D521" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="E521" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
       <c r="F521"/>
       <c r="G521"/>
       <c r="H521" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522">
         <v>521</v>
       </c>
       <c r="B522" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C522"/>
       <c r="D522"/>
       <c r="E522"/>
       <c r="F522"/>
       <c r="G522"/>
       <c r="H522"/>
     </row>
     <row r="523" spans="1:8">
       <c r="A523">
         <v>522</v>
       </c>
       <c r="B523" t="s">
-        <v>338</v>
+        <v>334</v>
       </c>
       <c r="C523" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="D523" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="E523" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="F523"/>
       <c r="G523" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="H523" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524">
         <v>523</v>
       </c>
       <c r="B524" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C524" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="D524" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="E524" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="F524"/>
-      <c r="G524"/>
+      <c r="G524" t="s">
+        <v>452</v>
+      </c>
       <c r="H524" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525">
         <v>524</v>
       </c>
       <c r="B525" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C525"/>
       <c r="D525"/>
       <c r="E525"/>
       <c r="F525"/>
       <c r="G525"/>
       <c r="H525"/>
     </row>
     <row r="526" spans="1:8">
       <c r="A526">
         <v>525</v>
       </c>
       <c r="B526" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C526"/>
       <c r="D526"/>
       <c r="E526"/>
       <c r="F526"/>
       <c r="G526"/>
       <c r="H526"/>
     </row>
     <row r="527" spans="1:8">
       <c r="A527">
         <v>526</v>
       </c>
       <c r="B527" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C527" t="s">
-        <v>457</v>
+        <v>453</v>
       </c>
       <c r="D527" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="E527" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="F527"/>
       <c r="G527"/>
       <c r="H527" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528">
         <v>527</v>
       </c>
       <c r="B528" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C528"/>
       <c r="D528"/>
       <c r="E528"/>
       <c r="F528"/>
       <c r="G528"/>
       <c r="H528"/>
     </row>
     <row r="529" spans="1:8">
       <c r="A529">
         <v>528</v>
       </c>
       <c r="B529" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
       <c r="C529"/>
       <c r="D529"/>
       <c r="E529"/>
       <c r="F529"/>
       <c r="G529"/>
       <c r="H529"/>
     </row>
     <row r="530" spans="1:8">
       <c r="A530">
         <v>529</v>
       </c>
       <c r="B530" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="C530"/>
       <c r="D530"/>
       <c r="E530"/>
       <c r="F530"/>
       <c r="G530"/>
       <c r="H530"/>
     </row>
     <row r="531" spans="1:8">
       <c r="A531">
         <v>530</v>
       </c>
       <c r="B531" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C531" t="s">
-        <v>459</v>
+        <v>455</v>
       </c>
       <c r="D531" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="E531" t="s">
-        <v>461</v>
+        <v>457</v>
       </c>
       <c r="F531"/>
       <c r="G531"/>
       <c r="H531" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532">
         <v>531</v>
       </c>
       <c r="B532" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C532"/>
       <c r="D532"/>
       <c r="E532"/>
       <c r="F532"/>
       <c r="G532"/>
       <c r="H532"/>
     </row>
     <row r="533" spans="1:8">
       <c r="A533">
         <v>532</v>
       </c>
       <c r="B533" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C533"/>
       <c r="D533"/>
       <c r="E533"/>
       <c r="F533"/>
       <c r="G533"/>
       <c r="H533"/>
     </row>
     <row r="534" spans="1:8">
       <c r="A534">
         <v>533</v>
       </c>
       <c r="B534" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C534" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D534" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="E534" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="F534"/>
       <c r="G534"/>
       <c r="H534" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535">
         <v>534</v>
       </c>
       <c r="B535" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C535"/>
       <c r="D535"/>
       <c r="E535"/>
       <c r="F535"/>
       <c r="G535"/>
       <c r="H535"/>
     </row>
     <row r="536" spans="1:8">
       <c r="A536">
         <v>535</v>
       </c>
       <c r="B536" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C536"/>
       <c r="D536"/>
       <c r="E536"/>
       <c r="F536"/>
       <c r="G536"/>
       <c r="H536"/>
     </row>
     <row r="537" spans="1:8">
       <c r="A537">
         <v>536</v>
       </c>
       <c r="B537" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C537" t="s">
-        <v>462</v>
+        <v>458</v>
       </c>
       <c r="D537" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="E537" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="F537"/>
       <c r="G537"/>
       <c r="H537" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538">
         <v>537</v>
       </c>
       <c r="B538" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C538" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="D538" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="E538" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F538"/>
       <c r="G538"/>
       <c r="H538" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539">
         <v>538</v>
       </c>
       <c r="B539" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C539" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="D539" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
       <c r="E539" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F539"/>
       <c r="G539"/>
       <c r="H539" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540">
         <v>539</v>
       </c>
       <c r="B540" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C540" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="D540" t="s">
-        <v>160</v>
+        <v>156</v>
       </c>
       <c r="E540" t="s">
         <v>39</v>
       </c>
       <c r="F540"/>
       <c r="G540"/>
       <c r="H540" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541">
         <v>540</v>
       </c>
       <c r="B541" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C541" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="D541" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="E541" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="F541"/>
       <c r="G541" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="H541" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542">
         <v>541</v>
       </c>
       <c r="B542" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C542" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="D542" t="s">
         <v>17</v>
       </c>
       <c r="E542" t="s">
-        <v>158</v>
+        <v>468</v>
       </c>
       <c r="F542"/>
       <c r="G542"/>
       <c r="H542" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543">
         <v>542</v>
       </c>
       <c r="B543" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C543"/>
       <c r="D543"/>
       <c r="E543"/>
       <c r="F543"/>
       <c r="G543"/>
       <c r="H543"/>
     </row>
     <row r="544" spans="1:8">
       <c r="A544">
         <v>543</v>
       </c>
       <c r="B544" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C544"/>
       <c r="D544"/>
       <c r="E544"/>
       <c r="F544"/>
       <c r="G544"/>
       <c r="H544"/>
     </row>
     <row r="545" spans="1:8">
       <c r="A545">
         <v>544</v>
       </c>
       <c r="B545" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C545"/>
       <c r="D545"/>
       <c r="E545"/>
       <c r="F545"/>
       <c r="G545"/>
       <c r="H545"/>
     </row>
     <row r="546" spans="1:8">
       <c r="A546">
         <v>545</v>
       </c>
       <c r="B546" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C546" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="D546" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="E546" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="F546"/>
       <c r="G546"/>
       <c r="H546" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547">
         <v>546</v>
       </c>
       <c r="B547" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C547" t="s">
-        <v>475</v>
+        <v>472</v>
       </c>
       <c r="D547" t="s">
-        <v>476</v>
+        <v>473</v>
       </c>
       <c r="E547" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F547"/>
       <c r="G547" t="s">
-        <v>477</v>
+        <v>474</v>
       </c>
       <c r="H547" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548">
         <v>547</v>
       </c>
       <c r="B548" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C548" t="s">
-        <v>478</v>
+        <v>475</v>
       </c>
       <c r="D548" t="s">
-        <v>479</v>
+        <v>476</v>
       </c>
       <c r="E548" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="F548"/>
       <c r="G548"/>
       <c r="H548" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549">
         <v>548</v>
       </c>
       <c r="B549" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C549"/>
       <c r="D549"/>
       <c r="E549"/>
       <c r="F549"/>
       <c r="G549"/>
       <c r="H549"/>
     </row>
     <row r="550" spans="1:8">
       <c r="A550">
         <v>549</v>
       </c>
       <c r="B550" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C550" t="s">
-        <v>480</v>
+        <v>477</v>
       </c>
       <c r="D550" t="s">
-        <v>481</v>
+        <v>478</v>
       </c>
       <c r="E550"/>
       <c r="F550" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>116</v>
+      </c>
+      <c r="G550"/>
       <c r="H550" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551">
         <v>550</v>
       </c>
       <c r="B551" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C551" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="D551" t="s">
         <v>89</v>
       </c>
       <c r="E551" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="F551"/>
       <c r="G551"/>
       <c r="H551" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552">
         <v>551</v>
       </c>
       <c r="B552" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C552"/>
       <c r="D552"/>
       <c r="E552"/>
       <c r="F552"/>
       <c r="G552"/>
       <c r="H552"/>
     </row>
     <row r="553" spans="1:8">
       <c r="A553">
         <v>552</v>
       </c>
       <c r="B553" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C553" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="D553" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="E553" t="s">
-        <v>158</v>
+        <v>468</v>
       </c>
       <c r="F553"/>
       <c r="G553"/>
       <c r="H553" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554">
         <v>553</v>
       </c>
       <c r="B554" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C554"/>
       <c r="D554"/>
       <c r="E554"/>
       <c r="F554"/>
       <c r="G554"/>
       <c r="H554"/>
     </row>
     <row r="555" spans="1:8">
       <c r="A555">
         <v>554</v>
       </c>
       <c r="B555" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C555" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="D555" t="s">
-        <v>487</v>
+        <v>483</v>
       </c>
       <c r="E555" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="F555"/>
       <c r="G555"/>
       <c r="H555" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556">
         <v>555</v>
       </c>
       <c r="B556" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C556" t="s">
-        <v>489</v>
+        <v>485</v>
       </c>
       <c r="D556" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="E556" t="s">
-        <v>491</v>
+        <v>487</v>
       </c>
       <c r="F556"/>
       <c r="G556"/>
       <c r="H556" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557">
         <v>556</v>
       </c>
       <c r="B557" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C557"/>
       <c r="D557"/>
       <c r="E557"/>
       <c r="F557"/>
       <c r="G557"/>
       <c r="H557"/>
     </row>
     <row r="558" spans="1:8">
       <c r="A558">
         <v>557</v>
       </c>
       <c r="B558" t="s">
+        <v>484</v>
+      </c>
+      <c r="C558" t="s">
         <v>488</v>
       </c>
-      <c r="C558" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D558" t="s">
-        <v>493</v>
+        <v>489</v>
       </c>
       <c r="E558" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="F558"/>
       <c r="G558"/>
       <c r="H558" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559">
         <v>558</v>
       </c>
       <c r="B559" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C559" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="D559" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="E559" t="s">
-        <v>496</v>
+        <v>492</v>
       </c>
       <c r="F559"/>
       <c r="G559" t="s">
-        <v>497</v>
+        <v>493</v>
       </c>
       <c r="H559" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560">
         <v>559</v>
       </c>
       <c r="B560" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C560"/>
       <c r="D560"/>
       <c r="E560"/>
       <c r="F560"/>
       <c r="G560"/>
       <c r="H560"/>
     </row>
     <row r="561" spans="1:8">
       <c r="A561">
         <v>560</v>
       </c>
       <c r="B561" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C561" t="s">
-        <v>499</v>
+        <v>495</v>
       </c>
       <c r="D561" t="s">
-        <v>500</v>
+        <v>496</v>
       </c>
       <c r="E561" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="F561"/>
       <c r="G561"/>
       <c r="H561" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562">
         <v>561</v>
       </c>
       <c r="B562" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C562"/>
       <c r="D562"/>
       <c r="E562"/>
       <c r="F562"/>
       <c r="G562"/>
       <c r="H562"/>
     </row>
     <row r="563" spans="1:8">
       <c r="A563">
         <v>562</v>
       </c>
       <c r="B563" t="s">
-        <v>339</v>
+        <v>335</v>
       </c>
       <c r="C563"/>
       <c r="D563"/>
       <c r="E563"/>
       <c r="F563"/>
       <c r="G563"/>
       <c r="H563"/>
     </row>
     <row r="564" spans="1:8">
       <c r="A564">
         <v>563</v>
       </c>
       <c r="B564" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C564"/>
       <c r="D564"/>
       <c r="E564"/>
       <c r="F564"/>
       <c r="G564"/>
       <c r="H564"/>
     </row>
     <row r="565" spans="1:8">
       <c r="A565">
         <v>564</v>
       </c>
       <c r="B565" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C565" t="s">
-        <v>501</v>
+        <v>497</v>
       </c>
       <c r="D565" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="E565" t="s">
         <v>36</v>
       </c>
       <c r="F565"/>
       <c r="G565" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="H565" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566">
         <v>565</v>
       </c>
       <c r="B566" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C566" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="D566" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="E566"/>
       <c r="F566"/>
       <c r="G566"/>
       <c r="H566" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567">
         <v>566</v>
       </c>
       <c r="B567" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C567"/>
       <c r="D567"/>
       <c r="E567"/>
       <c r="F567"/>
       <c r="G567"/>
       <c r="H567"/>
     </row>
     <row r="568" spans="1:8">
       <c r="A568">
         <v>567</v>
       </c>
       <c r="B568" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C568"/>
       <c r="D568"/>
       <c r="E568"/>
       <c r="F568"/>
       <c r="G568"/>
       <c r="H568"/>
     </row>
     <row r="569" spans="1:8">
       <c r="A569">
         <v>568</v>
       </c>
       <c r="B569" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C569"/>
       <c r="D569"/>
       <c r="E569"/>
       <c r="F569"/>
       <c r="G569"/>
       <c r="H569"/>
     </row>
     <row r="570" spans="1:8">
       <c r="A570">
         <v>569</v>
       </c>
       <c r="B570" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C570" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="D570" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="E570" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
       <c r="F570"/>
       <c r="G570"/>
       <c r="H570" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571">
         <v>570</v>
       </c>
       <c r="B571" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C571" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="D571" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="E571" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="F571"/>
       <c r="G571"/>
       <c r="H571" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572">
         <v>571</v>
       </c>
       <c r="B572" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C572"/>
       <c r="D572"/>
       <c r="E572"/>
       <c r="F572"/>
       <c r="G572"/>
       <c r="H572"/>
     </row>
     <row r="573" spans="1:8">
       <c r="A573">
         <v>572</v>
       </c>
       <c r="B573" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C573"/>
       <c r="D573"/>
       <c r="E573"/>
       <c r="F573"/>
       <c r="G573"/>
       <c r="H573"/>
     </row>
     <row r="574" spans="1:8">
       <c r="A574">
         <v>573</v>
       </c>
       <c r="B574" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C574"/>
       <c r="D574"/>
       <c r="E574"/>
       <c r="F574"/>
       <c r="G574"/>
       <c r="H574"/>
     </row>
     <row r="575" spans="1:8">
       <c r="A575">
         <v>574</v>
       </c>
       <c r="B575" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C575" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
       <c r="D575" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="E575" t="s">
         <v>39</v>
       </c>
       <c r="F575"/>
       <c r="G575"/>
       <c r="H575" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576">
         <v>575</v>
       </c>
       <c r="B576" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C576" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="D576" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="E576" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F576"/>
       <c r="G576" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
       <c r="H576" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577">
         <v>576</v>
       </c>
       <c r="B577" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C577"/>
       <c r="D577"/>
       <c r="E577"/>
       <c r="F577"/>
       <c r="G577"/>
       <c r="H577"/>
     </row>
     <row r="578" spans="1:8">
       <c r="A578">
         <v>577</v>
       </c>
       <c r="B578" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C578"/>
       <c r="D578"/>
       <c r="E578"/>
       <c r="F578"/>
       <c r="G578"/>
       <c r="H578"/>
     </row>
     <row r="579" spans="1:8">
       <c r="A579">
         <v>578</v>
       </c>
       <c r="B579" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C579"/>
       <c r="D579"/>
       <c r="E579"/>
       <c r="F579"/>
       <c r="G579"/>
       <c r="H579"/>
     </row>
     <row r="580" spans="1:8">
       <c r="A580">
         <v>579</v>
       </c>
       <c r="B580" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C580"/>
       <c r="D580"/>
       <c r="E580"/>
       <c r="F580"/>
       <c r="G580"/>
       <c r="H580"/>
     </row>
     <row r="581" spans="1:8">
       <c r="A581">
         <v>580</v>
       </c>
       <c r="B581" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C581"/>
       <c r="D581"/>
       <c r="E581"/>
       <c r="F581"/>
       <c r="G581"/>
       <c r="H581"/>
     </row>
     <row r="582" spans="1:8">
       <c r="A582">
         <v>581</v>
       </c>
       <c r="B582" t="s">
         <v>40</v>
       </c>
       <c r="C582"/>
       <c r="D582"/>
       <c r="E582"/>
       <c r="F582"/>
       <c r="G582"/>
       <c r="H582"/>
     </row>
     <row r="583" spans="1:8">
       <c r="A583">
         <v>582</v>
       </c>
       <c r="B583" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C583"/>
       <c r="D583"/>
       <c r="E583"/>
       <c r="F583"/>
       <c r="G583"/>
       <c r="H583"/>
     </row>
     <row r="584" spans="1:8">
       <c r="A584">
         <v>583</v>
       </c>
       <c r="B584" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C584" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="D584" t="s">
         <v>57</v>
       </c>
       <c r="E584" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="F584"/>
       <c r="G584"/>
       <c r="H584" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585">
         <v>584</v>
       </c>
       <c r="B585" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C585"/>
       <c r="D585"/>
       <c r="E585"/>
       <c r="F585"/>
       <c r="G585"/>
       <c r="H585"/>
     </row>
     <row r="586" spans="1:8">
       <c r="A586">
         <v>585</v>
       </c>
       <c r="B586" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C586" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
       <c r="D586" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="E586" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F586"/>
       <c r="G586"/>
       <c r="H586" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587">
         <v>586</v>
       </c>
       <c r="B587" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C587" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="D587" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="E587" t="s">
         <v>39</v>
       </c>
       <c r="F587"/>
       <c r="G587"/>
       <c r="H587" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588">
         <v>587</v>
       </c>
       <c r="B588" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C588"/>
       <c r="D588"/>
       <c r="E588"/>
       <c r="F588"/>
       <c r="G588"/>
       <c r="H588"/>
     </row>
     <row r="589" spans="1:8">
       <c r="A589">
         <v>588</v>
       </c>
       <c r="B589" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C589" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="D589" t="s">
         <v>35</v>
       </c>
       <c r="E589" t="s">
         <v>58</v>
       </c>
       <c r="F589"/>
       <c r="G589"/>
       <c r="H589" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590">
         <v>589</v>
       </c>
       <c r="B590" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C590"/>
       <c r="D590"/>
       <c r="E590"/>
       <c r="F590"/>
       <c r="G590"/>
       <c r="H590"/>
     </row>
     <row r="591" spans="1:8">
       <c r="A591">
         <v>590</v>
       </c>
       <c r="B591" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C591" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="D591" t="s">
-        <v>524</v>
+        <v>520</v>
       </c>
       <c r="E591" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="F591"/>
       <c r="G591"/>
       <c r="H591" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592">
         <v>591</v>
       </c>
       <c r="B592" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="C592"/>
       <c r="D592"/>
       <c r="E592"/>
       <c r="F592"/>
       <c r="G592"/>
       <c r="H592"/>
     </row>
     <row r="593" spans="1:8">
       <c r="A593">
         <v>592</v>
       </c>
       <c r="B593" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C593" t="s">
-        <v>525</v>
+        <v>521</v>
       </c>
       <c r="D593" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="E593" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="F593"/>
       <c r="G593"/>
       <c r="H593" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594">
         <v>593</v>
       </c>
       <c r="B594" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C594" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="D594" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="E594" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="F594"/>
       <c r="G594" t="s">
-        <v>527</v>
+        <v>523</v>
       </c>
       <c r="H594" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595">
         <v>594</v>
       </c>
       <c r="B595" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C595" t="s">
-        <v>528</v>
+        <v>524</v>
       </c>
       <c r="D595" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="E595" t="s">
         <v>43</v>
       </c>
       <c r="F595"/>
       <c r="G595"/>
       <c r="H595" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596">
         <v>595</v>
       </c>
       <c r="B596" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C596" t="s">
-        <v>529</v>
+        <v>525</v>
       </c>
       <c r="D596" t="s">
         <v>67</v>
       </c>
       <c r="E596" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="F596"/>
       <c r="G596"/>
       <c r="H596" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597">
         <v>596</v>
       </c>
       <c r="B597" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C597"/>
       <c r="D597"/>
       <c r="E597"/>
       <c r="F597"/>
       <c r="G597"/>
       <c r="H597"/>
     </row>
     <row r="598" spans="1:8">
       <c r="A598">
         <v>597</v>
       </c>
       <c r="B598" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C598"/>
       <c r="D598"/>
       <c r="E598"/>
       <c r="F598"/>
       <c r="G598"/>
       <c r="H598"/>
     </row>
     <row r="599" spans="1:8">
       <c r="A599">
         <v>598</v>
       </c>
       <c r="B599" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C599" t="s">
-        <v>531</v>
+        <v>527</v>
       </c>
       <c r="D599" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="E599" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="F599"/>
       <c r="G599"/>
       <c r="H599" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600">
         <v>599</v>
       </c>
       <c r="B600" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="C600"/>
       <c r="D600"/>
       <c r="E600"/>
       <c r="F600"/>
       <c r="G600"/>
       <c r="H600"/>
     </row>
     <row r="601" spans="1:8">
       <c r="A601">
         <v>600</v>
       </c>
       <c r="B601" t="s">
         <v>81</v>
       </c>
       <c r="C601"/>
       <c r="D601"/>
       <c r="E601"/>
       <c r="F601"/>
       <c r="G601"/>
       <c r="H601"/>
     </row>
     <row r="602" spans="1:8">
       <c r="A602">
         <v>601</v>
       </c>
       <c r="B602" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C602" t="s">
-        <v>533</v>
+        <v>529</v>
       </c>
       <c r="D602" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="E602" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="F602"/>
       <c r="G602"/>
       <c r="H602" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603">
         <v>602</v>
       </c>
       <c r="B603" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="C603" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="D603" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="E603" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="F603"/>
       <c r="G603"/>
       <c r="H603" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604">
         <v>603</v>
       </c>
       <c r="B604" t="s">
-        <v>488</v>
+        <v>484</v>
       </c>
       <c r="C604"/>
       <c r="D604"/>
       <c r="E604"/>
       <c r="F604"/>
       <c r="G604"/>
       <c r="H604"/>
     </row>
     <row r="605" spans="1:8">
       <c r="A605">
         <v>604</v>
       </c>
       <c r="B605" t="s">
         <v>75</v>
       </c>
       <c r="C605"/>
       <c r="D605"/>
       <c r="E605"/>
       <c r="F605"/>
       <c r="G605"/>
       <c r="H605"/>
     </row>
     <row r="606" spans="1:8">
       <c r="A606">
         <v>605</v>
       </c>
       <c r="B606" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C606" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="D606" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="E606" t="s">
         <v>58</v>
       </c>
       <c r="F606"/>
       <c r="G606"/>
       <c r="H606" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607">
         <v>606</v>
       </c>
       <c r="B607" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C607"/>
       <c r="D607"/>
       <c r="E607"/>
       <c r="F607"/>
       <c r="G607"/>
       <c r="H607"/>
     </row>
     <row r="608" spans="1:8">
       <c r="A608">
         <v>607</v>
       </c>
       <c r="B608" t="s">
         <v>65</v>
       </c>
       <c r="C608"/>
       <c r="D608"/>
       <c r="E608"/>
       <c r="F608"/>
       <c r="G608"/>
       <c r="H608"/>
     </row>
     <row r="609" spans="1:8">
       <c r="A609">
         <v>608</v>
       </c>
       <c r="B609" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C609"/>
       <c r="D609"/>
       <c r="E609"/>
       <c r="F609"/>
       <c r="G609"/>
       <c r="H609"/>
     </row>
     <row r="610" spans="1:8">
       <c r="A610">
         <v>609</v>
       </c>
       <c r="B610" t="s">
         <v>52</v>
       </c>
       <c r="C610"/>
       <c r="D610"/>
       <c r="E610"/>
       <c r="F610"/>
       <c r="G610"/>
       <c r="H610"/>
     </row>
     <row r="611" spans="1:8">
       <c r="A611">
         <v>610</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611"/>
       <c r="D611"/>
       <c r="E611"/>
       <c r="F611"/>
       <c r="G611"/>
       <c r="H611"/>
     </row>
     <row r="612" spans="1:8">
       <c r="A612">
         <v>611</v>
       </c>
       <c r="B612" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C612"/>
       <c r="D612"/>
       <c r="E612"/>
       <c r="F612"/>
       <c r="G612"/>
       <c r="H612"/>
     </row>
     <row r="613" spans="1:8">
       <c r="A613">
         <v>612</v>
       </c>
       <c r="B613" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C613"/>
       <c r="D613"/>
       <c r="E613"/>
       <c r="F613"/>
       <c r="G613"/>
       <c r="H613"/>
     </row>
     <row r="614" spans="1:8">
       <c r="A614">
         <v>613</v>
       </c>
       <c r="B614" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="C614"/>
       <c r="D614"/>
       <c r="E614"/>
       <c r="F614"/>
       <c r="G614"/>
       <c r="H614"/>
     </row>
     <row r="615" spans="1:8">
       <c r="A615">
         <v>614</v>
       </c>
       <c r="B615" t="s">
         <v>47</v>
       </c>
       <c r="C615"/>
       <c r="D615"/>
       <c r="E615"/>
       <c r="F615"/>
       <c r="G615"/>
       <c r="H615"/>
     </row>
     <row r="616" spans="1:8">
       <c r="A616">
         <v>615</v>
@@ -12488,492 +12468,492 @@
       <c r="G619"/>
       <c r="H619"/>
     </row>
     <row r="620" spans="1:8">
       <c r="A620">
         <v>619</v>
       </c>
       <c r="B620" t="s">
         <v>63</v>
       </c>
       <c r="C620"/>
       <c r="D620"/>
       <c r="E620"/>
       <c r="F620"/>
       <c r="G620"/>
       <c r="H620"/>
     </row>
     <row r="621" spans="1:8">
       <c r="A621">
         <v>620</v>
       </c>
       <c r="B621" t="s">
         <v>81</v>
       </c>
       <c r="C621" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="D621" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="E621" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="F621"/>
       <c r="G621"/>
       <c r="H621" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622">
         <v>621</v>
       </c>
       <c r="B622" t="s">
         <v>59</v>
       </c>
       <c r="C622" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="D622" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="E622"/>
       <c r="F622"/>
       <c r="G622"/>
       <c r="H622" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623">
         <v>622</v>
       </c>
       <c r="B623" t="s">
         <v>52</v>
       </c>
       <c r="C623" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="D623" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="E623" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="F623"/>
       <c r="G623"/>
       <c r="H623" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624">
         <v>623</v>
       </c>
       <c r="B624" t="s">
         <v>45</v>
       </c>
       <c r="C624"/>
       <c r="D624"/>
       <c r="E624"/>
       <c r="F624"/>
       <c r="G624"/>
       <c r="H624"/>
     </row>
     <row r="625" spans="1:8">
       <c r="A625">
         <v>624</v>
       </c>
       <c r="B625" t="s">
         <v>10</v>
       </c>
       <c r="C625"/>
       <c r="D625"/>
       <c r="E625"/>
       <c r="F625"/>
       <c r="G625"/>
       <c r="H625"/>
     </row>
     <row r="626" spans="1:8">
       <c r="A626">
         <v>625</v>
       </c>
       <c r="B626" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C626"/>
       <c r="D626"/>
       <c r="E626"/>
       <c r="F626"/>
       <c r="G626"/>
       <c r="H626"/>
     </row>
     <row r="627" spans="1:8">
       <c r="A627">
         <v>626</v>
       </c>
       <c r="B627" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C627"/>
       <c r="D627"/>
       <c r="E627"/>
       <c r="F627"/>
       <c r="G627"/>
       <c r="H627"/>
     </row>
     <row r="628" spans="1:8">
       <c r="A628">
         <v>627</v>
       </c>
       <c r="B628" t="s">
         <v>10</v>
       </c>
       <c r="C628"/>
       <c r="D628"/>
       <c r="E628"/>
       <c r="F628"/>
       <c r="G628"/>
       <c r="H628"/>
     </row>
     <row r="629" spans="1:8">
       <c r="A629">
         <v>628</v>
       </c>
       <c r="B629" t="s">
         <v>45</v>
       </c>
       <c r="C629"/>
       <c r="D629"/>
       <c r="E629"/>
       <c r="F629"/>
       <c r="G629"/>
       <c r="H629"/>
     </row>
     <row r="630" spans="1:8">
       <c r="A630">
         <v>629</v>
       </c>
       <c r="B630" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="C630"/>
       <c r="D630"/>
       <c r="E630"/>
       <c r="F630"/>
       <c r="G630"/>
       <c r="H630"/>
     </row>
     <row r="631" spans="1:8">
       <c r="A631">
         <v>630</v>
       </c>
       <c r="B631" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="C631"/>
       <c r="D631"/>
       <c r="E631"/>
       <c r="F631"/>
       <c r="G631"/>
       <c r="H631"/>
     </row>
     <row r="632" spans="1:8">
       <c r="A632">
         <v>631</v>
       </c>
       <c r="B632" t="s">
         <v>8</v>
       </c>
       <c r="C632"/>
       <c r="D632"/>
       <c r="E632"/>
       <c r="F632"/>
       <c r="G632"/>
       <c r="H632"/>
     </row>
     <row r="633" spans="1:8">
       <c r="A633">
         <v>632</v>
       </c>
       <c r="B633" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C633"/>
       <c r="D633"/>
       <c r="E633"/>
       <c r="F633"/>
       <c r="G633"/>
       <c r="H633"/>
     </row>
     <row r="634" spans="1:8">
       <c r="A634">
         <v>633</v>
       </c>
       <c r="B634" t="s">
         <v>65</v>
       </c>
       <c r="C634"/>
       <c r="D634"/>
       <c r="E634"/>
       <c r="F634"/>
       <c r="G634"/>
       <c r="H634"/>
     </row>
     <row r="635" spans="1:8">
       <c r="A635">
         <v>634</v>
       </c>
       <c r="B635" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="C635"/>
       <c r="D635"/>
       <c r="E635"/>
       <c r="F635"/>
       <c r="G635"/>
       <c r="H635"/>
     </row>
     <row r="636" spans="1:8">
       <c r="A636">
         <v>635</v>
       </c>
       <c r="B636" t="s">
         <v>45</v>
       </c>
       <c r="C636"/>
       <c r="D636"/>
       <c r="E636"/>
       <c r="F636"/>
       <c r="G636"/>
       <c r="H636"/>
     </row>
     <row r="637" spans="1:8">
       <c r="A637">
         <v>636</v>
       </c>
       <c r="B637" t="s">
         <v>45</v>
       </c>
       <c r="C637"/>
       <c r="D637"/>
       <c r="E637"/>
       <c r="F637"/>
       <c r="G637"/>
       <c r="H637"/>
     </row>
     <row r="638" spans="1:8">
       <c r="A638">
         <v>637</v>
       </c>
       <c r="B638" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="C638"/>
       <c r="D638"/>
       <c r="E638"/>
       <c r="F638"/>
       <c r="G638"/>
       <c r="H638"/>
     </row>
     <row r="639" spans="1:8">
       <c r="A639">
         <v>638</v>
       </c>
       <c r="B639" t="s">
         <v>81</v>
       </c>
       <c r="C639" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="D639" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="E639" t="s">
-        <v>97</v>
+        <v>543</v>
       </c>
       <c r="F639"/>
       <c r="G639"/>
       <c r="H639" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640">
         <v>639</v>
       </c>
       <c r="B640" t="s">
         <v>52</v>
       </c>
       <c r="C640"/>
       <c r="D640"/>
       <c r="E640"/>
       <c r="F640"/>
       <c r="G640"/>
       <c r="H640"/>
     </row>
     <row r="641" spans="1:8">
       <c r="A641">
         <v>640</v>
       </c>
       <c r="B641" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="C641" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="D641" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E641" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F641" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="G641" t="s">
-        <v>548</v>
+        <v>545</v>
       </c>
       <c r="H641" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642">
         <v>641</v>
       </c>
       <c r="B642" t="s">
         <v>8</v>
       </c>
       <c r="C642" t="s">
-        <v>549</v>
+        <v>546</v>
       </c>
       <c r="D642" t="s">
-        <v>550</v>
+        <v>547</v>
       </c>
       <c r="E642"/>
       <c r="F642"/>
       <c r="G642"/>
       <c r="H642" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643">
         <v>642</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>551</v>
+        <v>548</v>
       </c>
       <c r="D643" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="E643" t="s">
-        <v>552</v>
+        <v>549</v>
       </c>
       <c r="F643"/>
       <c r="G643" t="s">
-        <v>553</v>
+        <v>550</v>
       </c>
       <c r="H643" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644">
         <v>643</v>
       </c>
       <c r="B644" t="s">
         <v>8</v>
       </c>
       <c r="C644"/>
       <c r="D644"/>
       <c r="E644"/>
       <c r="F644"/>
       <c r="G644"/>
       <c r="H644"/>
     </row>
     <row r="645" spans="1:8">
       <c r="A645">
         <v>644</v>
       </c>
       <c r="B645" t="s">
         <v>45</v>
       </c>
       <c r="C645"/>
       <c r="D645"/>
       <c r="E645"/>
       <c r="F645"/>
       <c r="G645"/>
       <c r="H645"/>
     </row>
     <row r="646" spans="1:8">
       <c r="A646">
         <v>645</v>
       </c>
       <c r="B646" t="s">
         <v>10</v>
       </c>
       <c r="C646" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="D646" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="E646" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="F646"/>
       <c r="G646"/>
       <c r="H646" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647">
         <v>646</v>
       </c>
       <c r="B647" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C647"/>
       <c r="D647"/>
       <c r="E647"/>
       <c r="F647"/>
       <c r="G647"/>
       <c r="H647"/>
     </row>
     <row r="648" spans="1:8">
       <c r="A648">
         <v>647</v>
       </c>
       <c r="B648" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="C648"/>
       <c r="D648"/>
       <c r="E648"/>
       <c r="F648"/>
       <c r="G648"/>
       <c r="H648"/>
     </row>
     <row r="649" spans="1:8">
       <c r="A649">
         <v>648</v>
       </c>
       <c r="B649" t="s">
         <v>46</v>
       </c>
       <c r="C649"/>
       <c r="D649"/>
       <c r="E649"/>
       <c r="F649"/>
       <c r="G649"/>
       <c r="H649"/>
     </row>
     <row r="650" spans="1:8">
       <c r="A650">
         <v>649</v>
@@ -12999,51 +12979,51 @@
       <c r="D651"/>
       <c r="E651"/>
       <c r="F651"/>
       <c r="G651"/>
       <c r="H651"/>
     </row>
     <row r="652" spans="1:8">
       <c r="A652">
         <v>651</v>
       </c>
       <c r="B652" t="s">
         <v>40</v>
       </c>
       <c r="C652"/>
       <c r="D652"/>
       <c r="E652"/>
       <c r="F652"/>
       <c r="G652"/>
       <c r="H652"/>
     </row>
     <row r="653" spans="1:8">
       <c r="A653">
         <v>652</v>
       </c>
       <c r="B653" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="C653"/>
       <c r="D653"/>
       <c r="E653"/>
       <c r="F653"/>
       <c r="G653"/>
       <c r="H653"/>
     </row>
     <row r="654" spans="1:8">
       <c r="A654">
         <v>653</v>
       </c>
       <c r="B654" t="s">
         <v>64</v>
       </c>
       <c r="C654"/>
       <c r="D654"/>
       <c r="E654"/>
       <c r="F654"/>
       <c r="G654"/>
       <c r="H654"/>
     </row>
     <row r="655" spans="1:8">
       <c r="A655">
         <v>654</v>
@@ -13055,546 +13035,724 @@
       <c r="D655"/>
       <c r="E655"/>
       <c r="F655"/>
       <c r="G655"/>
       <c r="H655"/>
     </row>
     <row r="656" spans="1:8">
       <c r="A656">
         <v>655</v>
       </c>
       <c r="B656" t="s">
         <v>81</v>
       </c>
       <c r="C656"/>
       <c r="D656"/>
       <c r="E656"/>
       <c r="F656"/>
       <c r="G656"/>
       <c r="H656"/>
     </row>
     <row r="657" spans="1:8">
       <c r="A657">
         <v>656</v>
       </c>
       <c r="B657" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C657" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="D657" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="E657" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="F657"/>
       <c r="G657"/>
       <c r="H657" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658">
         <v>657</v>
       </c>
       <c r="B658" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C658" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="D658" t="s">
         <v>26</v>
       </c>
       <c r="E658" t="s">
         <v>58</v>
       </c>
       <c r="F658"/>
       <c r="G658" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="H658" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659">
         <v>658</v>
       </c>
       <c r="B659" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C659"/>
       <c r="D659"/>
       <c r="E659"/>
       <c r="F659"/>
       <c r="G659"/>
       <c r="H659"/>
     </row>
     <row r="660" spans="1:8">
       <c r="A660">
         <v>659</v>
       </c>
       <c r="B660" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="C660"/>
       <c r="D660"/>
       <c r="E660"/>
       <c r="F660"/>
       <c r="G660"/>
       <c r="H660"/>
     </row>
     <row r="661" spans="1:8">
       <c r="A661">
         <v>660</v>
       </c>
       <c r="B661" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="C661"/>
       <c r="D661"/>
       <c r="E661"/>
       <c r="F661"/>
       <c r="G661"/>
       <c r="H661"/>
     </row>
     <row r="662" spans="1:8">
       <c r="A662">
         <v>661</v>
       </c>
       <c r="B662" t="s">
         <v>44</v>
       </c>
       <c r="C662"/>
       <c r="D662"/>
       <c r="E662"/>
       <c r="F662"/>
       <c r="G662"/>
       <c r="H662"/>
     </row>
     <row r="663" spans="1:8">
       <c r="A663">
         <v>662</v>
       </c>
       <c r="B663" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="C663"/>
       <c r="D663"/>
       <c r="E663"/>
       <c r="F663"/>
       <c r="G663"/>
       <c r="H663"/>
     </row>
     <row r="664" spans="1:8">
       <c r="A664">
         <v>663</v>
       </c>
       <c r="B664" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="C664"/>
       <c r="D664"/>
       <c r="E664"/>
       <c r="F664"/>
       <c r="G664"/>
       <c r="H664"/>
     </row>
     <row r="665" spans="1:8">
       <c r="A665">
         <v>664</v>
       </c>
       <c r="B665" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C665"/>
       <c r="D665"/>
       <c r="E665"/>
       <c r="F665"/>
       <c r="G665"/>
       <c r="H665"/>
     </row>
     <row r="666" spans="1:8">
       <c r="A666">
         <v>665</v>
       </c>
       <c r="B666" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C666" t="s">
-        <v>558</v>
+        <v>555</v>
       </c>
       <c r="D666" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="E666" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="F666"/>
       <c r="G666"/>
       <c r="H666" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667">
         <v>666</v>
       </c>
       <c r="B667" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="C667"/>
       <c r="D667"/>
       <c r="E667"/>
       <c r="F667"/>
       <c r="G667"/>
       <c r="H667"/>
     </row>
     <row r="668" spans="1:8">
       <c r="A668">
         <v>667</v>
       </c>
       <c r="B668" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C668"/>
       <c r="D668"/>
       <c r="E668"/>
       <c r="F668"/>
       <c r="G668"/>
       <c r="H668"/>
     </row>
     <row r="669" spans="1:8">
       <c r="A669">
         <v>668</v>
       </c>
       <c r="B669" t="s">
         <v>44</v>
       </c>
       <c r="C669"/>
       <c r="D669"/>
       <c r="E669"/>
       <c r="F669"/>
       <c r="G669"/>
       <c r="H669"/>
     </row>
     <row r="670" spans="1:8">
       <c r="A670">
         <v>669</v>
       </c>
       <c r="B670" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C670"/>
       <c r="D670"/>
       <c r="E670"/>
       <c r="F670"/>
       <c r="G670"/>
       <c r="H670"/>
     </row>
     <row r="671" spans="1:8">
       <c r="A671">
         <v>670</v>
       </c>
       <c r="B671" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="C671"/>
       <c r="D671"/>
       <c r="E671"/>
       <c r="F671"/>
       <c r="G671"/>
       <c r="H671"/>
     </row>
     <row r="672" spans="1:8">
       <c r="A672">
         <v>671</v>
       </c>
       <c r="B672" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="C672"/>
       <c r="D672"/>
       <c r="E672"/>
       <c r="F672"/>
       <c r="G672"/>
       <c r="H672"/>
     </row>
     <row r="673" spans="1:8">
       <c r="A673">
         <v>672</v>
       </c>
       <c r="B673" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C673"/>
       <c r="D673"/>
       <c r="E673"/>
       <c r="F673"/>
       <c r="G673"/>
       <c r="H673"/>
     </row>
     <row r="674" spans="1:8">
       <c r="A674">
         <v>673</v>
       </c>
       <c r="B674" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="C674"/>
       <c r="D674"/>
       <c r="E674"/>
       <c r="F674"/>
       <c r="G674"/>
       <c r="H674"/>
     </row>
     <row r="675" spans="1:8">
       <c r="A675">
         <v>674</v>
       </c>
       <c r="B675" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="C675" t="s">
-        <v>559</v>
+        <v>556</v>
       </c>
       <c r="D675" t="s">
-        <v>560</v>
+        <v>557</v>
       </c>
       <c r="E675" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="F675"/>
       <c r="G675" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="H675" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676">
         <v>675</v>
       </c>
       <c r="B676" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="C676"/>
       <c r="D676"/>
       <c r="E676"/>
       <c r="F676"/>
       <c r="G676"/>
       <c r="H676"/>
     </row>
     <row r="677" spans="1:8">
       <c r="A677">
         <v>676</v>
       </c>
       <c r="B677" t="s">
-        <v>367</v>
+        <v>363</v>
       </c>
       <c r="C677"/>
       <c r="D677"/>
       <c r="E677"/>
       <c r="F677"/>
       <c r="G677"/>
       <c r="H677"/>
     </row>
     <row r="678" spans="1:8">
       <c r="A678">
         <v>677</v>
       </c>
       <c r="B678" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="C678"/>
       <c r="D678"/>
       <c r="E678"/>
       <c r="F678"/>
       <c r="G678"/>
       <c r="H678"/>
     </row>
     <row r="679" spans="1:8">
       <c r="A679">
         <v>678</v>
       </c>
       <c r="B679" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="C679"/>
       <c r="D679"/>
       <c r="E679"/>
       <c r="F679"/>
       <c r="G679"/>
       <c r="H679"/>
     </row>
     <row r="680" spans="1:8">
       <c r="A680">
         <v>679</v>
       </c>
       <c r="B680" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C680"/>
       <c r="D680"/>
       <c r="E680"/>
       <c r="F680"/>
       <c r="G680"/>
       <c r="H680"/>
     </row>
     <row r="681" spans="1:8">
       <c r="A681">
         <v>680</v>
       </c>
       <c r="B681" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="C681"/>
       <c r="D681"/>
       <c r="E681"/>
       <c r="F681"/>
       <c r="G681"/>
       <c r="H681"/>
     </row>
     <row r="682" spans="1:8">
       <c r="A682">
         <v>681</v>
       </c>
       <c r="B682" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="C682"/>
       <c r="D682"/>
       <c r="E682"/>
       <c r="F682"/>
       <c r="G682"/>
       <c r="H682"/>
     </row>
     <row r="683" spans="1:8">
       <c r="A683">
         <v>682</v>
       </c>
       <c r="B683" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="C683" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="D683" t="s">
-        <v>564</v>
+        <v>561</v>
       </c>
       <c r="E683" t="s">
         <v>39</v>
       </c>
       <c r="F683"/>
       <c r="G683" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="H683" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684">
         <v>683</v>
       </c>
       <c r="B684" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C684" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="D684" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="E684" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="F684"/>
       <c r="G684"/>
       <c r="H684" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685">
         <v>684</v>
       </c>
       <c r="B685" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="C685"/>
       <c r="D685"/>
       <c r="E685"/>
       <c r="F685"/>
       <c r="G685"/>
       <c r="H685"/>
     </row>
     <row r="686" spans="1:8">
       <c r="A686">
         <v>685</v>
       </c>
       <c r="B686" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="C686"/>
       <c r="D686"/>
       <c r="E686"/>
       <c r="F686"/>
       <c r="G686"/>
       <c r="H686"/>
     </row>
     <row r="687" spans="1:8">
       <c r="A687">
         <v>686</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687"/>
       <c r="D687"/>
       <c r="E687"/>
       <c r="F687"/>
       <c r="G687"/>
       <c r="H687"/>
     </row>
     <row r="688" spans="1:8">
       <c r="A688">
         <v>687</v>
       </c>
       <c r="B688" t="s">
         <v>64</v>
       </c>
       <c r="C688"/>
       <c r="D688"/>
       <c r="E688"/>
       <c r="F688"/>
       <c r="G688"/>
       <c r="H688"/>
+    </row>
+    <row r="689" spans="1:8">
+      <c r="A689">
+        <v>688</v>
+      </c>
+      <c r="B689" t="s">
+        <v>81</v>
+      </c>
+      <c r="C689"/>
+      <c r="D689"/>
+      <c r="E689"/>
+      <c r="F689"/>
+      <c r="G689"/>
+      <c r="H689"/>
+    </row>
+    <row r="690" spans="1:8">
+      <c r="A690">
+        <v>689</v>
+      </c>
+      <c r="B690" t="s">
+        <v>52</v>
+      </c>
+      <c r="C690" t="s">
+        <v>565</v>
+      </c>
+      <c r="D690" t="s">
+        <v>21</v>
+      </c>
+      <c r="E690" t="s">
+        <v>36</v>
+      </c>
+      <c r="F690"/>
+      <c r="G690"/>
+      <c r="H690" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="691" spans="1:8">
+      <c r="A691">
+        <v>690</v>
+      </c>
+      <c r="B691" t="s">
+        <v>127</v>
+      </c>
+      <c r="C691" t="s">
+        <v>161</v>
+      </c>
+      <c r="D691" t="s">
+        <v>566</v>
+      </c>
+      <c r="E691" t="s">
+        <v>567</v>
+      </c>
+      <c r="F691"/>
+      <c r="G691"/>
+      <c r="H691" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="692" spans="1:8">
+      <c r="A692">
+        <v>691</v>
+      </c>
+      <c r="B692" t="s">
+        <v>127</v>
+      </c>
+      <c r="C692"/>
+      <c r="D692"/>
+      <c r="E692"/>
+      <c r="F692"/>
+      <c r="G692"/>
+      <c r="H692"/>
+    </row>
+    <row r="693" spans="1:8">
+      <c r="A693">
+        <v>692</v>
+      </c>
+      <c r="B693" t="s">
+        <v>111</v>
+      </c>
+      <c r="C693"/>
+      <c r="D693"/>
+      <c r="E693"/>
+      <c r="F693"/>
+      <c r="G693"/>
+      <c r="H693"/>
+    </row>
+    <row r="694" spans="1:8">
+      <c r="A694">
+        <v>693</v>
+      </c>
+      <c r="B694" t="s">
+        <v>111</v>
+      </c>
+      <c r="C694"/>
+      <c r="D694"/>
+      <c r="E694"/>
+      <c r="F694"/>
+      <c r="G694"/>
+      <c r="H694"/>
+    </row>
+    <row r="695" spans="1:8">
+      <c r="A695">
+        <v>694</v>
+      </c>
+      <c r="B695" t="s">
+        <v>111</v>
+      </c>
+      <c r="C695"/>
+      <c r="D695"/>
+      <c r="E695"/>
+      <c r="F695"/>
+      <c r="G695"/>
+      <c r="H695"/>
+    </row>
+    <row r="696" spans="1:8">
+      <c r="A696">
+        <v>695</v>
+      </c>
+      <c r="B696" t="s">
+        <v>279</v>
+      </c>
+      <c r="C696" t="s">
+        <v>568</v>
+      </c>
+      <c r="D696" t="s">
+        <v>569</v>
+      </c>
+      <c r="E696" t="s">
+        <v>78</v>
+      </c>
+      <c r="F696"/>
+      <c r="G696"/>
+      <c r="H696" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="697" spans="1:8">
+      <c r="A697">
+        <v>696</v>
+      </c>
+      <c r="B697" t="s">
+        <v>343</v>
+      </c>
+      <c r="C697"/>
+      <c r="D697"/>
+      <c r="E697"/>
+      <c r="F697"/>
+      <c r="G697"/>
+      <c r="H697"/>
+    </row>
+    <row r="698" spans="1:8">
+      <c r="A698">
+        <v>697</v>
+      </c>
+      <c r="B698" t="s">
+        <v>364</v>
+      </c>
+      <c r="C698"/>
+      <c r="D698"/>
+      <c r="E698"/>
+      <c r="F698"/>
+      <c r="G698"/>
+      <c r="H698"/>
+    </row>
+    <row r="699" spans="1:8">
+      <c r="A699">
+        <v>698</v>
+      </c>
+      <c r="B699" t="s">
+        <v>484</v>
+      </c>
+      <c r="C699"/>
+      <c r="D699"/>
+      <c r="E699"/>
+      <c r="F699"/>
+      <c r="G699"/>
+      <c r="H699"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>