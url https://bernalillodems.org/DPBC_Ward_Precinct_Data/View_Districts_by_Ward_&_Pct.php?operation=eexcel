--- v0 (2026-01-16)
+++ v1 (2026-03-05)
@@ -32,271 +32,344 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>Precinct</t>
   </si>
   <si>
     <t>Ward</t>
   </si>
   <si>
     <t>State House District</t>
   </si>
   <si>
     <t>State Senate District</t>
   </si>
   <si>
     <t>County Commissioner</t>
   </si>
   <si>
     <t>Congressional District</t>
   </si>
   <si>
-    <t>68A</t>
+    <t xml:space="preserve">68A
+</t>
   </si>
   <si>
-    <t>17A</t>
+    <t xml:space="preserve">17A
+</t>
   </si>
   <si>
     <t xml:space="preserve">9
 </t>
   </si>
   <si>
-    <t>17B</t>
+    <t xml:space="preserve">17B
+</t>
   </si>
   <si>
-    <t>15A</t>
+    <t xml:space="preserve">15A
+</t>
   </si>
   <si>
-    <t>15E</t>
+    <t xml:space="preserve">15E
+</t>
   </si>
   <si>
-    <t>15C</t>
+    <t xml:space="preserve">15C
+</t>
   </si>
   <si>
-    <t>15D</t>
+    <t xml:space="preserve">15D
+</t>
   </si>
   <si>
-    <t>15B</t>
+    <t xml:space="preserve">15B
+</t>
   </si>
   <si>
-    <t>68C</t>
+    <t xml:space="preserve">68C
+</t>
   </si>
   <si>
-    <t>29B</t>
+    <t xml:space="preserve">29B
+</t>
   </si>
   <si>
-    <t>16A</t>
+    <t xml:space="preserve">16A
+</t>
   </si>
   <si>
-    <t>16B</t>
+    <t xml:space="preserve">16B
+</t>
   </si>
   <si>
-    <t>29C</t>
+    <t xml:space="preserve">29C
+</t>
   </si>
   <si>
-    <t>26A</t>
+    <t xml:space="preserve">26A
+</t>
   </si>
   <si>
-    <t>14A</t>
+    <t xml:space="preserve">14A
+</t>
   </si>
   <si>
-    <t>26C</t>
+    <t xml:space="preserve">26C
+</t>
   </si>
   <si>
-    <t>16C</t>
+    <t xml:space="preserve">16C
+</t>
   </si>
   <si>
-    <t>12C</t>
+    <t xml:space="preserve">12C
+</t>
   </si>
   <si>
-    <t>12B</t>
+    <t xml:space="preserve">12B
+</t>
   </si>
   <si>
-    <t>14B</t>
+    <t xml:space="preserve">14B
+</t>
   </si>
   <si>
-    <t>13B</t>
+    <t xml:space="preserve">13B
+</t>
   </si>
   <si>
-    <t>13A</t>
+    <t xml:space="preserve">13A
+</t>
   </si>
   <si>
-    <t>26B</t>
+    <t xml:space="preserve">26B
+</t>
   </si>
   <si>
-    <t>12A</t>
+    <t xml:space="preserve">12A
+</t>
   </si>
   <si>
-    <t>10B</t>
+    <t xml:space="preserve">10B
+</t>
   </si>
   <si>
-    <t>68B</t>
+    <t xml:space="preserve">68B
+</t>
   </si>
   <si>
-    <t>29A</t>
+    <t xml:space="preserve">29A
+</t>
   </si>
   <si>
-    <t>17C</t>
+    <t xml:space="preserve">17C
+</t>
   </si>
   <si>
-    <t>10C</t>
+    <t xml:space="preserve">10C
+</t>
   </si>
   <si>
-    <t>10A</t>
+    <t xml:space="preserve">10A
+</t>
   </si>
   <si>
-    <t>18C</t>
+    <t xml:space="preserve">18C
+</t>
   </si>
   <si>
-    <t>14C</t>
+    <t xml:space="preserve">14C
+</t>
   </si>
   <si>
-    <t>11C</t>
+    <t xml:space="preserve">11C
+</t>
   </si>
   <si>
-    <t>11B</t>
+    <t xml:space="preserve">11B
+</t>
   </si>
   <si>
-    <t>11A</t>
+    <t xml:space="preserve">11A
+</t>
   </si>
   <si>
-    <t>11D</t>
+    <t xml:space="preserve">11D
+</t>
   </si>
   <si>
-    <t>18B</t>
+    <t xml:space="preserve">18B
+</t>
   </si>
   <si>
-    <t>18A</t>
+    <t xml:space="preserve">18A
+</t>
   </si>
   <si>
-    <t>18D</t>
+    <t xml:space="preserve">18D
+</t>
   </si>
   <si>
-    <t>19C</t>
+    <t xml:space="preserve">19C
+</t>
   </si>
   <si>
-    <t>19A</t>
+    <t xml:space="preserve">19A
+</t>
   </si>
   <si>
-    <t>20B</t>
+    <t xml:space="preserve">20B
+</t>
   </si>
   <si>
-    <t>21A</t>
+    <t xml:space="preserve">21A
+</t>
   </si>
   <si>
-    <t>20A</t>
+    <t xml:space="preserve">20A
+</t>
   </si>
   <si>
-    <t>20C</t>
+    <t xml:space="preserve">20C
+</t>
   </si>
   <si>
-    <t>28B</t>
+    <t xml:space="preserve">28B
+</t>
   </si>
   <si>
-    <t>21B</t>
+    <t xml:space="preserve">21B
+</t>
   </si>
   <si>
-    <t>19B</t>
+    <t xml:space="preserve">19B
+</t>
   </si>
   <si>
-    <t>25C</t>
+    <t xml:space="preserve">25C
+</t>
   </si>
   <si>
-    <t>30A</t>
+    <t xml:space="preserve">30A
+</t>
   </si>
   <si>
-    <t>25D</t>
+    <t xml:space="preserve">25D
+</t>
   </si>
   <si>
-    <t>27C</t>
+    <t xml:space="preserve">27C
+</t>
   </si>
   <si>
-    <t>31D</t>
+    <t xml:space="preserve">31D
+</t>
   </si>
   <si>
-    <t>28C</t>
+    <t xml:space="preserve">28C
+</t>
   </si>
   <si>
-    <t>28D</t>
+    <t xml:space="preserve">28D
+</t>
   </si>
   <si>
-    <t>27D</t>
+    <t xml:space="preserve">27D
+</t>
   </si>
   <si>
-    <t>30D</t>
+    <t xml:space="preserve">30D
+</t>
   </si>
   <si>
-    <t>25A</t>
+    <t xml:space="preserve">25A
+</t>
   </si>
   <si>
-    <t>28A</t>
+    <t xml:space="preserve">28A
+</t>
   </si>
   <si>
-    <t>31B</t>
+    <t xml:space="preserve">31B
+</t>
   </si>
   <si>
-    <t>27B</t>
+    <t xml:space="preserve">27B
+</t>
   </si>
   <si>
-    <t>25B</t>
+    <t xml:space="preserve">25B
+</t>
   </si>
   <si>
-    <t>30C</t>
+    <t xml:space="preserve">30C
+</t>
   </si>
   <si>
-    <t>30B</t>
+    <t xml:space="preserve">30B
+</t>
   </si>
   <si>
-    <t>27A</t>
+    <t xml:space="preserve">27A
+</t>
   </si>
   <si>
-    <t>24B</t>
+    <t xml:space="preserve">24B
+</t>
   </si>
   <si>
-    <t>31C</t>
+    <t xml:space="preserve">31C
+</t>
   </si>
   <si>
-    <t>31A</t>
+    <t xml:space="preserve">31A
+</t>
   </si>
   <si>
-    <t>24A</t>
+    <t xml:space="preserve">24A
+</t>
   </si>
   <si>
-    <t>24C</t>
+    <t xml:space="preserve">24C
+</t>
   </si>
   <si>
-    <t>24D</t>
+    <t xml:space="preserve">24D
+</t>
   </si>
   <si>
-    <t>22B</t>
+    <t xml:space="preserve">22B
+</t>
   </si>
   <si>
-    <t>22A</t>
+    <t xml:space="preserve">22A
+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -599,51 +672,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F688"/>
+  <dimension ref="A1:F699"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="10" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="25" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="26" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -14373,50 +14446,270 @@
       <c r="E687">
         <v>4</v>
       </c>
       <c r="F687">
         <v>1</v>
       </c>
     </row>
     <row r="688" spans="1:6">
       <c r="A688">
         <v>687</v>
       </c>
       <c r="B688" t="s">
         <v>22</v>
       </c>
       <c r="C688">
         <v>26</v>
       </c>
       <c r="D688">
         <v>23</v>
       </c>
       <c r="E688">
         <v>2</v>
       </c>
       <c r="F688">
         <v>2</v>
+      </c>
+    </row>
+    <row r="689" spans="1:6">
+      <c r="A689">
+        <v>688</v>
+      </c>
+      <c r="B689" t="s">
+        <v>27</v>
+      </c>
+      <c r="C689">
+        <v>13</v>
+      </c>
+      <c r="D689">
+        <v>14</v>
+      </c>
+      <c r="E689">
+        <v>2</v>
+      </c>
+      <c r="F689">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="690" spans="1:6">
+      <c r="A690">
+        <v>689</v>
+      </c>
+      <c r="B690" t="s">
+        <v>19</v>
+      </c>
+      <c r="C690">
+        <v>29</v>
+      </c>
+      <c r="D690">
+        <v>23</v>
+      </c>
+      <c r="E690">
+        <v>1</v>
+      </c>
+      <c r="F690">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="691" spans="1:6">
+      <c r="A691">
+        <v>690</v>
+      </c>
+      <c r="B691" t="s">
+        <v>35</v>
+      </c>
+      <c r="C691">
+        <v>10</v>
+      </c>
+      <c r="D691">
+        <v>14</v>
+      </c>
+      <c r="E691">
+        <v>2</v>
+      </c>
+      <c r="F691">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="692" spans="1:6">
+      <c r="A692">
+        <v>691</v>
+      </c>
+      <c r="B692" t="s">
+        <v>35</v>
+      </c>
+      <c r="C692">
+        <v>69</v>
+      </c>
+      <c r="D692">
+        <v>30</v>
+      </c>
+      <c r="E692">
+        <v>2</v>
+      </c>
+      <c r="F692">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="693" spans="1:6">
+      <c r="A693">
+        <v>692</v>
+      </c>
+      <c r="B693" t="s">
+        <v>33</v>
+      </c>
+      <c r="C693">
+        <v>29</v>
+      </c>
+      <c r="D693">
+        <v>23</v>
+      </c>
+      <c r="E693">
+        <v>4</v>
+      </c>
+      <c r="F693">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="694" spans="1:6">
+      <c r="A694">
+        <v>693</v>
+      </c>
+      <c r="B694" t="s">
+        <v>33</v>
+      </c>
+      <c r="C694">
+        <v>29</v>
+      </c>
+      <c r="D694">
+        <v>10</v>
+      </c>
+      <c r="E694">
+        <v>1</v>
+      </c>
+      <c r="F694">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="695" spans="1:6">
+      <c r="A695">
+        <v>694</v>
+      </c>
+      <c r="B695" t="s">
+        <v>33</v>
+      </c>
+      <c r="C695">
+        <v>29</v>
+      </c>
+      <c r="D695">
+        <v>23</v>
+      </c>
+      <c r="E695">
+        <v>1</v>
+      </c>
+      <c r="F695">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="696" spans="1:6">
+      <c r="A696">
+        <v>695</v>
+      </c>
+      <c r="B696" t="s">
+        <v>48</v>
+      </c>
+      <c r="C696">
+        <v>20</v>
+      </c>
+      <c r="D696">
+        <v>16</v>
+      </c>
+      <c r="E696">
+        <v>5</v>
+      </c>
+      <c r="F696">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="697" spans="1:6">
+      <c r="A697">
+        <v>696</v>
+      </c>
+      <c r="B697" t="s">
+        <v>64</v>
+      </c>
+      <c r="C697">
+        <v>25</v>
+      </c>
+      <c r="D697">
+        <v>16</v>
+      </c>
+      <c r="E697">
+        <v>3</v>
+      </c>
+      <c r="F697">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="698" spans="1:6">
+      <c r="A698">
+        <v>697</v>
+      </c>
+      <c r="B698" t="s">
+        <v>66</v>
+      </c>
+      <c r="C698">
+        <v>31</v>
+      </c>
+      <c r="D698">
+        <v>21</v>
+      </c>
+      <c r="E698">
+        <v>4</v>
+      </c>
+      <c r="F698">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="699" spans="1:6">
+      <c r="A699">
+        <v>698</v>
+      </c>
+      <c r="B699" t="s">
+        <v>79</v>
+      </c>
+      <c r="C699">
+        <v>22</v>
+      </c>
+      <c r="D699">
+        <v>19</v>
+      </c>
+      <c r="E699">
+        <v>5</v>
+      </c>
+      <c r="F699">
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">